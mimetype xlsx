--- v0 (2026-01-14)
+++ v1 (2026-03-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbe92128b8be420f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc523ae7386943f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R6515c597c2be445c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rc66d11a787c740b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts>
     <x:font>
       <x:sz val="10"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:b/>
       <x:color rgb="FFFFFF"/>
     </x:font>
   </x:fonts>
   <x:fills>
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="solid">
@@ -56,51 +56,51 @@
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs>
     <x:xf/>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="1" fillId="2" borderId="1" applyFill="1" applyAlignment="1">
       <x:alignment horizontal="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="right" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6515c597c2be445c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1af70938d8ee443a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc66d11a787c740b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d251e4cc96e4fad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="22.7109375" bestFit="1" customWidth="1"/>
     <x:col min="2" max="2" width="24.7109375" bestFit="1" customWidth="1"/>
     <x:col min="3" max="3" width="10.7109375" bestFit="1" customWidth="1"/>
     <x:col min="4" max="4" width="110.7109375" bestFit="1" customWidth="1"/>
     <x:col min="5" max="5" width="12.7109375" bestFit="1" customWidth="1"/>
     <x:col min="6" max="6" width="18.7109375" bestFit="1" customWidth="1"/>
     <x:col min="7" max="7" width="8.7109375" bestFit="1" customWidth="1"/>
     <x:col min="8" max="8" width="18.7109375" bestFit="1" customWidth="1"/>
     <x:col min="9" max="9" width="100.7109375" bestFit="1" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" s="2" t="str">
         <x:v>브랜드</x:v>
       </x:c>
       <x:c r="B1" s="2" t="str">
         <x:v>상품코드</x:v>
       </x:c>
       <x:c r="C1" s="2" t="str">
         <x:v>상품형태</x:v>
@@ -2221,35708 +2221,36956 @@
       </x:c>
       <x:c r="C74" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D74" s="1" t="str">
         <x:v>[농협모바일금액권] 5천원</x:v>
       </x:c>
       <x:c r="E74" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F74" s="4" t="str">
         <x:v>5,000원</x:v>
       </x:c>
       <x:c r="G74" s="3" t="str">
         <x:v/>
       </x:c>
       <x:c r="H74" s="4" t="str">
         <x:v>5,000원</x:v>
       </x:c>
       <x:c r="I74" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="75">
       <x:c r="A75" s="3" t="str">
-        <x:v>던킨</x:v>
+        <x:v>당근페이</x:v>
       </x:c>
       <x:c r="B75" s="3" t="str">
-        <x:v>G0000009768</x:v>
+        <x:v>G0000009897</x:v>
       </x:c>
       <x:c r="C75" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D75" s="1" t="str">
-        <x:v>[던킨] 5천원권</x:v>
+        <x:v>[당근페이] 당근포인트 쿠폰 1,000원</x:v>
       </x:c>
       <x:c r="E75" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F75" s="4" t="str">
-        <x:v>5,000원</x:v>
+        <x:v>1,000원</x:v>
       </x:c>
       <x:c r="G75" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H75" s="4" t="str">
-        <x:v>4,500원</x:v>
+        <x:v>1,000원</x:v>
       </x:c>
       <x:c r="I75" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="76">
       <x:c r="A76" s="3" t="str">
-        <x:v>던킨</x:v>
+        <x:v>당근페이</x:v>
       </x:c>
       <x:c r="B76" s="3" t="str">
-        <x:v>G0000009765</x:v>
+        <x:v>G0000009894</x:v>
       </x:c>
       <x:c r="C76" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D76" s="1" t="str">
-        <x:v>[던킨] 교환권 1만원</x:v>
+        <x:v>[당근페이] 당근포인트 쿠폰 10,000원</x:v>
       </x:c>
       <x:c r="E76" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F76" s="4" t="str">
         <x:v>10,000원</x:v>
       </x:c>
       <x:c r="G76" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H76" s="4" t="str">
-        <x:v>9,000원</x:v>
+        <x:v>10,000원</x:v>
       </x:c>
       <x:c r="I76" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="77">
       <x:c r="A77" s="3" t="str">
-        <x:v>던킨</x:v>
+        <x:v>당근페이</x:v>
       </x:c>
       <x:c r="B77" s="3" t="str">
-        <x:v>G0000009786</x:v>
+        <x:v>G0000009890</x:v>
       </x:c>
       <x:c r="C77" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D77" s="1" t="str">
-        <x:v>[던킨] 그린애플 키위 리프레셔</x:v>
+        <x:v>[당근페이] 당근포인트 쿠폰 100,000원</x:v>
       </x:c>
       <x:c r="E77" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F77" s="4" t="str">
-        <x:v>3,900원</x:v>
+        <x:v>100,000원</x:v>
       </x:c>
       <x:c r="G77" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H77" s="4" t="str">
-        <x:v>3,432원</x:v>
+        <x:v>100,000원</x:v>
       </x:c>
       <x:c r="I77" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="78">
       <x:c r="A78" s="3" t="str">
-        <x:v>던킨</x:v>
+        <x:v>당근페이</x:v>
       </x:c>
       <x:c r="B78" s="3" t="str">
-        <x:v>G0000009789</x:v>
+        <x:v>G0000009893</x:v>
       </x:c>
       <x:c r="C78" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D78" s="1" t="str">
-        <x:v>[던킨] 그린티라떼(S)</x:v>
+        <x:v>[당근페이] 당근포인트 쿠폰 20,000원</x:v>
       </x:c>
       <x:c r="E78" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F78" s="4" t="str">
-        <x:v>4,000원</x:v>
+        <x:v>20,000원</x:v>
       </x:c>
       <x:c r="G78" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H78" s="4" t="str">
-        <x:v>3,520원</x:v>
+        <x:v>20,000원</x:v>
       </x:c>
       <x:c r="I78" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="79">
       <x:c r="A79" s="3" t="str">
-        <x:v>던킨</x:v>
+        <x:v>당근페이</x:v>
       </x:c>
       <x:c r="B79" s="3" t="str">
-        <x:v>G0000009766</x:v>
+        <x:v>G0000009896</x:v>
       </x:c>
       <x:c r="C79" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D79" s="1" t="str">
-        <x:v>[던킨] 금액권 1만원권</x:v>
+        <x:v>[당근페이] 당근포인트 쿠폰 3,000원</x:v>
       </x:c>
       <x:c r="E79" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F79" s="4" t="str">
-        <x:v>10,000원</x:v>
+        <x:v>3,000원</x:v>
       </x:c>
       <x:c r="G79" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H79" s="4" t="str">
-        <x:v>9,000원</x:v>
+        <x:v>3,000원</x:v>
       </x:c>
       <x:c r="I79" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="80">
       <x:c r="A80" s="3" t="str">
-        <x:v>던킨</x:v>
+        <x:v>당근페이</x:v>
       </x:c>
       <x:c r="B80" s="3" t="str">
-        <x:v>G0000009767</x:v>
+        <x:v>G0000009892</x:v>
       </x:c>
       <x:c r="C80" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D80" s="1" t="str">
-        <x:v>[던킨] 금액권 2만원권</x:v>
+        <x:v>[당근페이] 당근포인트 쿠폰 30,000원</x:v>
       </x:c>
       <x:c r="E80" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F80" s="4" t="str">
-        <x:v>20,000원</x:v>
+        <x:v>30,000원</x:v>
       </x:c>
       <x:c r="G80" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H80" s="4" t="str">
-        <x:v>18,000원</x:v>
+        <x:v>30,000원</x:v>
       </x:c>
       <x:c r="I80" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="81">
       <x:c r="A81" s="3" t="str">
-        <x:v>던킨</x:v>
+        <x:v>당근페이</x:v>
       </x:c>
       <x:c r="B81" s="3" t="str">
-        <x:v>G0000009771</x:v>
+        <x:v>G0000009895</x:v>
       </x:c>
       <x:c r="C81" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D81" s="1" t="str">
-        <x:v>[던킨] 도너츠 10개팩</x:v>
+        <x:v>[당근페이] 당근포인트 쿠폰 5,000원</x:v>
       </x:c>
       <x:c r="E81" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F81" s="4" t="str">
-        <x:v>19,000원</x:v>
+        <x:v>5,000원</x:v>
       </x:c>
       <x:c r="G81" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H81" s="4" t="str">
-        <x:v>16,720원</x:v>
+        <x:v>5,000원</x:v>
       </x:c>
       <x:c r="I81" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="82">
       <x:c r="A82" s="3" t="str">
-        <x:v>던킨</x:v>
+        <x:v>당근페이</x:v>
       </x:c>
       <x:c r="B82" s="3" t="str">
-        <x:v>G0000009781</x:v>
+        <x:v>G0000009891</x:v>
       </x:c>
       <x:c r="C82" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D82" s="1" t="str">
-        <x:v>[던킨] 도너츠 6개입+도너츠10개입</x:v>
+        <x:v>[당근페이] 당근포인트 쿠폰 50,000원</x:v>
       </x:c>
       <x:c r="E82" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F82" s="4" t="str">
-        <x:v>30,400원</x:v>
+        <x:v>50,000원</x:v>
       </x:c>
       <x:c r="G82" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H82" s="4" t="str">
-        <x:v>26,752원</x:v>
+        <x:v>50,000원</x:v>
       </x:c>
       <x:c r="I82" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="83">
       <x:c r="A83" s="3" t="str">
         <x:v>던킨</x:v>
       </x:c>
       <x:c r="B83" s="3" t="str">
-        <x:v>G0000009782</x:v>
+        <x:v>G0000009768</x:v>
       </x:c>
       <x:c r="C83" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D83" s="1" t="str">
-        <x:v>[던킨] 도너츠 6개입+먼치킨 10개입</x:v>
+        <x:v>[던킨] 5천원권</x:v>
       </x:c>
       <x:c r="E83" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F83" s="4" t="str">
-        <x:v>16,400원</x:v>
+        <x:v>5,000원</x:v>
       </x:c>
       <x:c r="G83" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H83" s="4" t="str">
-        <x:v>14,432원</x:v>
+        <x:v>4,500원</x:v>
       </x:c>
       <x:c r="I83" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="84">
       <x:c r="A84" s="3" t="str">
         <x:v>던킨</x:v>
       </x:c>
       <x:c r="B84" s="3" t="str">
-        <x:v>G0000009776</x:v>
+        <x:v>G0000009786</x:v>
       </x:c>
       <x:c r="C84" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D84" s="1" t="str">
-        <x:v>[던킨] 도너츠 6개팩</x:v>
+        <x:v>[던킨] 그린애플 키위 리프레셔</x:v>
       </x:c>
       <x:c r="E84" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F84" s="4" t="str">
-        <x:v>11,400원</x:v>
+        <x:v>3,900원</x:v>
       </x:c>
       <x:c r="G84" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H84" s="4" t="str">
-        <x:v>10,032원</x:v>
+        <x:v>3,432원</x:v>
       </x:c>
       <x:c r="I84" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="85">
       <x:c r="A85" s="3" t="str">
         <x:v>던킨</x:v>
       </x:c>
       <x:c r="B85" s="3" t="str">
-        <x:v>G0000009785</x:v>
+        <x:v>G0000009789</x:v>
       </x:c>
       <x:c r="C85" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D85" s="1" t="str">
-        <x:v>[던킨] 망고 피치 리프레셔</x:v>
+        <x:v>[던킨] 그린티라떼(S)</x:v>
       </x:c>
       <x:c r="E85" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F85" s="4" t="str">
-        <x:v>3,900원</x:v>
+        <x:v>4,000원</x:v>
       </x:c>
       <x:c r="G85" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H85" s="4" t="str">
-        <x:v>3,432원</x:v>
+        <x:v>3,520원</x:v>
       </x:c>
       <x:c r="I85" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="86">
       <x:c r="A86" s="3" t="str">
         <x:v>던킨</x:v>
       </x:c>
       <x:c r="B86" s="3" t="str">
-        <x:v>G0000009773</x:v>
+        <x:v>G0000009766</x:v>
       </x:c>
       <x:c r="C86" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D86" s="1" t="str">
-        <x:v>[던킨] 먼치킨 10개팩</x:v>
+        <x:v>[던킨] 금액권 1만원권</x:v>
       </x:c>
       <x:c r="E86" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F86" s="4" t="str">
-        <x:v>5,000원</x:v>
+        <x:v>10,000원</x:v>
       </x:c>
       <x:c r="G86" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H86" s="4" t="str">
-        <x:v>4,400원</x:v>
+        <x:v>9,000원</x:v>
       </x:c>
       <x:c r="I86" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="87">
       <x:c r="A87" s="3" t="str">
         <x:v>던킨</x:v>
       </x:c>
       <x:c r="B87" s="3" t="str">
-        <x:v>G0000009772</x:v>
+        <x:v>G0000009767</x:v>
       </x:c>
       <x:c r="C87" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D87" s="1" t="str">
-        <x:v>[던킨] 먼치킨 10개팩 3ea</x:v>
+        <x:v>[던킨] 금액권 2만원권</x:v>
       </x:c>
       <x:c r="E87" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F87" s="4" t="str">
-        <x:v>15,000원</x:v>
+        <x:v>20,000원</x:v>
       </x:c>
       <x:c r="G87" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H87" s="4" t="str">
-        <x:v>13,200원</x:v>
+        <x:v>18,000원</x:v>
       </x:c>
       <x:c r="I87" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="88">
       <x:c r="A88" s="3" t="str">
         <x:v>던킨</x:v>
       </x:c>
       <x:c r="B88" s="3" t="str">
-        <x:v>G0000009769</x:v>
+        <x:v>G0000009771</x:v>
       </x:c>
       <x:c r="C88" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D88" s="1" t="str">
-        <x:v>[던킨] 모바일 금액권 3만원권</x:v>
+        <x:v>[던킨] 도너츠 10개팩</x:v>
       </x:c>
       <x:c r="E88" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F88" s="4" t="str">
-        <x:v>30,000원</x:v>
+        <x:v>19,000원</x:v>
       </x:c>
       <x:c r="G88" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H88" s="4" t="str">
-        <x:v>27,000원</x:v>
+        <x:v>16,720원</x:v>
       </x:c>
       <x:c r="I88" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="89">
       <x:c r="A89" s="3" t="str">
         <x:v>던킨</x:v>
       </x:c>
       <x:c r="B89" s="3" t="str">
-        <x:v>G0000009770</x:v>
+        <x:v>G0000009781</x:v>
       </x:c>
       <x:c r="C89" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D89" s="1" t="str">
-        <x:v>[던킨] 모바일 금액권 5만원권</x:v>
+        <x:v>[던킨] 도너츠 6개입+도너츠10개입</x:v>
       </x:c>
       <x:c r="E89" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F89" s="4" t="str">
-        <x:v>50,000원</x:v>
+        <x:v>30,400원</x:v>
       </x:c>
       <x:c r="G89" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H89" s="4" t="str">
-        <x:v>45,000원</x:v>
+        <x:v>26,752원</x:v>
       </x:c>
       <x:c r="I89" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="90">
       <x:c r="A90" s="3" t="str">
         <x:v>던킨</x:v>
       </x:c>
       <x:c r="B90" s="3" t="str">
-        <x:v>G0000009788</x:v>
+        <x:v>G0000009782</x:v>
       </x:c>
       <x:c r="C90" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D90" s="1" t="str">
-        <x:v>[던킨] 밀크티[S]</x:v>
+        <x:v>[던킨] 도너츠 6개입+먼치킨 10개입</x:v>
       </x:c>
       <x:c r="E90" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F90" s="4" t="str">
-        <x:v>4,000원</x:v>
+        <x:v>16,400원</x:v>
       </x:c>
       <x:c r="G90" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H90" s="4" t="str">
-        <x:v>3,520원</x:v>
+        <x:v>14,432원</x:v>
       </x:c>
       <x:c r="I90" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="91">
       <x:c r="A91" s="3" t="str">
         <x:v>던킨</x:v>
       </x:c>
       <x:c r="B91" s="3" t="str">
-        <x:v>G0000009780</x:v>
+        <x:v>G0000009776</x:v>
       </x:c>
       <x:c r="C91" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D91" s="1" t="str">
-        <x:v>[던킨] 샤인머스캣 쿨라타[S]</x:v>
+        <x:v>[던킨] 도너츠 6개팩</x:v>
       </x:c>
       <x:c r="E91" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F91" s="4" t="str">
-        <x:v>4,500원</x:v>
+        <x:v>11,400원</x:v>
       </x:c>
       <x:c r="G91" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H91" s="4" t="str">
-        <x:v>3,960원</x:v>
+        <x:v>10,032원</x:v>
       </x:c>
       <x:c r="I91" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="92">
       <x:c r="A92" s="3" t="str">
         <x:v>던킨</x:v>
       </x:c>
       <x:c r="B92" s="3" t="str">
-        <x:v>G0000009775</x:v>
+        <x:v>G0000009785</x:v>
       </x:c>
       <x:c r="C92" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D92" s="1" t="str">
-        <x:v>[던킨] 아메리카노[S]+도너츠 1개</x:v>
+        <x:v>[던킨] 망고 피치 리프레셔</x:v>
       </x:c>
       <x:c r="E92" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F92" s="4" t="str">
-        <x:v>5,800원</x:v>
+        <x:v>3,900원</x:v>
       </x:c>
       <x:c r="G92" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H92" s="4" t="str">
-        <x:v>5,104원</x:v>
+        <x:v>3,432원</x:v>
       </x:c>
       <x:c r="I92" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="93">
       <x:c r="A93" s="3" t="str">
         <x:v>던킨</x:v>
       </x:c>
       <x:c r="B93" s="3" t="str">
-        <x:v>G0000009790</x:v>
+        <x:v>G0000009773</x:v>
       </x:c>
       <x:c r="C93" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D93" s="1" t="str">
-        <x:v>[던킨] 아이스 그린티라떼(S)</x:v>
+        <x:v>[던킨] 먼치킨 10개팩</x:v>
       </x:c>
       <x:c r="E93" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F93" s="4" t="str">
-        <x:v>4,000원</x:v>
+        <x:v>5,000원</x:v>
       </x:c>
       <x:c r="G93" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H93" s="4" t="str">
-        <x:v>3,520원</x:v>
+        <x:v>4,400원</x:v>
       </x:c>
       <x:c r="I93" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="94">
       <x:c r="A94" s="3" t="str">
         <x:v>던킨</x:v>
       </x:c>
       <x:c r="B94" s="3" t="str">
-        <x:v>G0000009787</x:v>
+        <x:v>G0000009772</x:v>
       </x:c>
       <x:c r="C94" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D94" s="1" t="str">
-        <x:v>[던킨] 아이스 밀크티[S]</x:v>
+        <x:v>[던킨] 먼치킨 10개팩 3ea</x:v>
       </x:c>
       <x:c r="E94" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F94" s="4" t="str">
-        <x:v>4,000원</x:v>
+        <x:v>15,000원</x:v>
       </x:c>
       <x:c r="G94" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H94" s="4" t="str">
-        <x:v>3,520원</x:v>
+        <x:v>13,200원</x:v>
       </x:c>
       <x:c r="I94" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="95">
       <x:c r="A95" s="3" t="str">
         <x:v>던킨</x:v>
       </x:c>
       <x:c r="B95" s="3" t="str">
-        <x:v>G0000009777</x:v>
+        <x:v>G0000009769</x:v>
       </x:c>
       <x:c r="C95" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D95" s="1" t="str">
-        <x:v>[던킨] 아이스 초코[S]</x:v>
+        <x:v>[던킨] 모바일 금액권 3만원권</x:v>
       </x:c>
       <x:c r="E95" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F95" s="4" t="str">
-        <x:v>4,000원</x:v>
+        <x:v>30,000원</x:v>
       </x:c>
       <x:c r="G95" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H95" s="4" t="str">
-        <x:v>3,520원</x:v>
+        <x:v>27,000원</x:v>
       </x:c>
       <x:c r="I95" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="96">
       <x:c r="A96" s="3" t="str">
         <x:v>던킨</x:v>
       </x:c>
       <x:c r="B96" s="3" t="str">
-        <x:v>G0000009774</x:v>
+        <x:v>G0000009770</x:v>
       </x:c>
       <x:c r="C96" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D96" s="1" t="str">
-        <x:v>[던킨] 치킨보다 먼~치킨(먼치킨 10개팩 2ea)</x:v>
+        <x:v>[던킨] 모바일 금액권 5만원권</x:v>
       </x:c>
       <x:c r="E96" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F96" s="4" t="str">
-        <x:v>10,000원</x:v>
+        <x:v>50,000원</x:v>
       </x:c>
       <x:c r="G96" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H96" s="4" t="str">
-        <x:v>8,800원</x:v>
+        <x:v>45,000원</x:v>
       </x:c>
       <x:c r="I96" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="97">
       <x:c r="A97" s="3" t="str">
         <x:v>던킨</x:v>
       </x:c>
       <x:c r="B97" s="3" t="str">
-        <x:v>G0000009783</x:v>
+        <x:v>G0000009788</x:v>
       </x:c>
       <x:c r="C97" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D97" s="1" t="str">
-        <x:v>[던킨] 플레인 요거트 쿨라타</x:v>
+        <x:v>[던킨] 밀크티[S]</x:v>
       </x:c>
       <x:c r="E97" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F97" s="4" t="str">
-        <x:v>5,200원</x:v>
+        <x:v>4,000원</x:v>
       </x:c>
       <x:c r="G97" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H97" s="4" t="str">
-        <x:v>4,576원</x:v>
+        <x:v>3,520원</x:v>
       </x:c>
       <x:c r="I97" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="98">
       <x:c r="A98" s="3" t="str">
         <x:v>던킨</x:v>
       </x:c>
       <x:c r="B98" s="3" t="str">
-        <x:v>G0000009778</x:v>
+        <x:v>G0000009780</x:v>
       </x:c>
       <x:c r="C98" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D98" s="1" t="str">
-        <x:v>[던킨] 핫초코[S]</x:v>
+        <x:v>[던킨] 샤인머스캣 쿨라타[S]</x:v>
       </x:c>
       <x:c r="E98" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F98" s="4" t="str">
-        <x:v>4,000원</x:v>
+        <x:v>4,500원</x:v>
       </x:c>
       <x:c r="G98" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H98" s="4" t="str">
-        <x:v>3,520원</x:v>
+        <x:v>3,960원</x:v>
       </x:c>
       <x:c r="I98" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="99">
       <x:c r="A99" s="3" t="str">
         <x:v>던킨</x:v>
       </x:c>
       <x:c r="B99" s="3" t="str">
-        <x:v>G0000009784</x:v>
+        <x:v>G0000009775</x:v>
       </x:c>
       <x:c r="C99" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D99" s="1" t="str">
-        <x:v>[던킨] 허니 애플망고 라떼</x:v>
+        <x:v>[던킨] 아메리카노[S]+도너츠 1개</x:v>
       </x:c>
       <x:c r="E99" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F99" s="4" t="str">
-        <x:v>5,200원</x:v>
+        <x:v>5,800원</x:v>
       </x:c>
       <x:c r="G99" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H99" s="4" t="str">
-        <x:v>4,576원</x:v>
+        <x:v>5,104원</x:v>
       </x:c>
       <x:c r="I99" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="100">
       <x:c r="A100" s="3" t="str">
         <x:v>던킨</x:v>
       </x:c>
       <x:c r="B100" s="3" t="str">
-        <x:v>G0000009779</x:v>
+        <x:v>G0000009790</x:v>
       </x:c>
       <x:c r="C100" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D100" s="1" t="str">
-        <x:v>[던킨] 허니딸기라떼</x:v>
+        <x:v>[던킨] 아이스 그린티라떼(S)</x:v>
       </x:c>
       <x:c r="E100" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F100" s="4" t="str">
-        <x:v>5,200원</x:v>
+        <x:v>4,000원</x:v>
       </x:c>
       <x:c r="G100" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H100" s="4" t="str">
-        <x:v>4,576원</x:v>
+        <x:v>3,520원</x:v>
       </x:c>
       <x:c r="I100" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="101">
       <x:c r="A101" s="3" t="str">
-        <x:v>도미노피자</x:v>
+        <x:v>던킨</x:v>
       </x:c>
       <x:c r="B101" s="3" t="str">
-        <x:v>G0000006739</x:v>
+        <x:v>G0000009787</x:v>
       </x:c>
       <x:c r="C101" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D101" s="1" t="str">
-        <x:v>(도미노피자) (오리지널) 뉴욕오리진 L + 뉴치볼 + 콜라 1.25L</x:v>
+        <x:v>[던킨] 아이스 밀크티[S]</x:v>
       </x:c>
       <x:c r="E101" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F101" s="4" t="str">
-        <x:v>42,000원</x:v>
+        <x:v>4,000원</x:v>
       </x:c>
       <x:c r="G101" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H101" s="4" t="str">
-        <x:v>36,960원</x:v>
+        <x:v>3,520원</x:v>
       </x:c>
       <x:c r="I101" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="102">
       <x:c r="A102" s="3" t="str">
-        <x:v>도미노피자</x:v>
+        <x:v>던킨</x:v>
       </x:c>
       <x:c r="B102" s="3" t="str">
-        <x:v>G0000006737</x:v>
+        <x:v>G0000009777</x:v>
       </x:c>
       <x:c r="C102" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D102" s="1" t="str">
-        <x:v>(도미노피자) (오리지널) 뉴욕오리진 L + 콜라 1.25L</x:v>
+        <x:v>[던킨] 아이스 초코[S]</x:v>
       </x:c>
       <x:c r="E102" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F102" s="4" t="str">
-        <x:v>32,200원</x:v>
+        <x:v>4,000원</x:v>
       </x:c>
       <x:c r="G102" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H102" s="4" t="str">
-        <x:v>28,336원</x:v>
+        <x:v>3,520원</x:v>
       </x:c>
       <x:c r="I102" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="103">
       <x:c r="A103" s="3" t="str">
-        <x:v>도미노피자</x:v>
+        <x:v>던킨</x:v>
       </x:c>
       <x:c r="B103" s="3" t="str">
-        <x:v>G0000006738</x:v>
+        <x:v>G0000009774</x:v>
       </x:c>
       <x:c r="C103" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D103" s="1" t="str">
-        <x:v>(도미노피자) (오리지널) 뉴욕오리진 M + 콜라 1.25L</x:v>
+        <x:v>[던킨] 치킨보다 먼~치킨(먼치킨 10개팩 2ea)</x:v>
       </x:c>
       <x:c r="E103" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F103" s="4" t="str">
-        <x:v>24,800원</x:v>
+        <x:v>10,000원</x:v>
       </x:c>
       <x:c r="G103" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H103" s="4" t="str">
-        <x:v>21,824원</x:v>
+        <x:v>8,800원</x:v>
       </x:c>
       <x:c r="I103" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="104">
       <x:c r="A104" s="3" t="str">
-        <x:v>도미노피자</x:v>
+        <x:v>던킨</x:v>
       </x:c>
       <x:c r="B104" s="3" t="str">
-        <x:v>G0000006730</x:v>
+        <x:v>G0000009783</x:v>
       </x:c>
       <x:c r="C104" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D104" s="1" t="str">
-        <x:v>(도미노피자) (오리지널)리얼불고기 피자 L + 콜라1.25L</x:v>
+        <x:v>[던킨] 플레인 요거트 쿨라타</x:v>
       </x:c>
       <x:c r="E104" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F104" s="4" t="str">
-        <x:v>32,200원</x:v>
+        <x:v>5,200원</x:v>
       </x:c>
       <x:c r="G104" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H104" s="4" t="str">
-        <x:v>28,336원</x:v>
+        <x:v>4,576원</x:v>
       </x:c>
       <x:c r="I104" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="105">
       <x:c r="A105" s="3" t="str">
-        <x:v>도미노피자</x:v>
+        <x:v>던킨</x:v>
       </x:c>
       <x:c r="B105" s="3" t="str">
-        <x:v>G0000006748</x:v>
+        <x:v>G0000009778</x:v>
       </x:c>
       <x:c r="C105" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D105" s="1" t="str">
-        <x:v>(도미노피자) (오리지널)리얼불고기 피자 M + 콜라1.25L</x:v>
+        <x:v>[던킨] 핫초코[S]</x:v>
       </x:c>
       <x:c r="E105" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F105" s="4" t="str">
-        <x:v>24,800원</x:v>
+        <x:v>4,000원</x:v>
       </x:c>
       <x:c r="G105" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H105" s="4" t="str">
-        <x:v>21,824원</x:v>
+        <x:v>3,520원</x:v>
       </x:c>
       <x:c r="I105" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="106">
       <x:c r="A106" s="3" t="str">
-        <x:v>도미노피자</x:v>
+        <x:v>던킨</x:v>
       </x:c>
       <x:c r="B106" s="3" t="str">
-        <x:v>G0000006736</x:v>
+        <x:v>G0000009784</x:v>
       </x:c>
       <x:c r="C106" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D106" s="1" t="str">
-        <x:v>(도미노피자) 베스트콰트로 피자L + 뉴치볼 + 콜라1.25L</x:v>
+        <x:v>[던킨] 허니 애플망고 라떼</x:v>
       </x:c>
       <x:c r="E106" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F106" s="4" t="str">
-        <x:v>49,000원</x:v>
+        <x:v>5,200원</x:v>
       </x:c>
       <x:c r="G106" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H106" s="4" t="str">
-        <x:v>43,120원</x:v>
+        <x:v>4,576원</x:v>
       </x:c>
       <x:c r="I106" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="107">
       <x:c r="A107" s="3" t="str">
-        <x:v>도미노피자</x:v>
+        <x:v>던킨</x:v>
       </x:c>
       <x:c r="B107" s="3" t="str">
-        <x:v>G0000006734</x:v>
+        <x:v>G0000009779</x:v>
       </x:c>
       <x:c r="C107" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D107" s="1" t="str">
-        <x:v>(도미노피자) 베스트콰트로 피자L + 콜라1.25L</x:v>
+        <x:v>[던킨] 허니딸기라떼</x:v>
       </x:c>
       <x:c r="E107" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F107" s="4" t="str">
-        <x:v>39,200원</x:v>
+        <x:v>5,200원</x:v>
       </x:c>
       <x:c r="G107" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H107" s="4" t="str">
-        <x:v>34,496원</x:v>
+        <x:v>4,576원</x:v>
       </x:c>
       <x:c r="I107" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="108">
       <x:c r="A108" s="3" t="str">
         <x:v>도미노피자</x:v>
       </x:c>
       <x:c r="B108" s="3" t="str">
-        <x:v>G0000006735</x:v>
+        <x:v>G0000006739</x:v>
       </x:c>
       <x:c r="C108" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D108" s="1" t="str">
-        <x:v>(도미노피자) 베스트콰트로 피자M + 콜라1.25L</x:v>
+        <x:v>(도미노피자) (오리지널) 뉴욕오리진 L + 뉴치볼 + 콜라 1.25L</x:v>
       </x:c>
       <x:c r="E108" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F108" s="4" t="str">
-        <x:v>31,800원</x:v>
+        <x:v>42,000원</x:v>
       </x:c>
       <x:c r="G108" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H108" s="4" t="str">
-        <x:v>27,984원</x:v>
+        <x:v>36,960원</x:v>
       </x:c>
       <x:c r="I108" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="109">
       <x:c r="A109" s="3" t="str">
         <x:v>도미노피자</x:v>
       </x:c>
       <x:c r="B109" s="3" t="str">
-        <x:v>G0000006746</x:v>
+        <x:v>G0000006737</x:v>
       </x:c>
       <x:c r="C109" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D109" s="1" t="str">
-        <x:v>(도미노피자) 베이컨체더치즈L(씬)+콜라 1.25L</x:v>
+        <x:v>(도미노피자) (오리지널) 뉴욕오리진 L + 콜라 1.25L</x:v>
       </x:c>
       <x:c r="E109" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F109" s="4" t="str">
-        <x:v>30,200원</x:v>
+        <x:v>32,200원</x:v>
       </x:c>
       <x:c r="G109" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H109" s="4" t="str">
-        <x:v>26,576원</x:v>
+        <x:v>28,336원</x:v>
       </x:c>
       <x:c r="I109" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="110">
       <x:c r="A110" s="3" t="str">
         <x:v>도미노피자</x:v>
       </x:c>
       <x:c r="B110" s="3" t="str">
-        <x:v>G0000006747</x:v>
+        <x:v>G0000006738</x:v>
       </x:c>
       <x:c r="C110" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D110" s="1" t="str">
-        <x:v>(도미노피자) 베이컨체더치즈L(오리지널)+콜라 1.25L</x:v>
+        <x:v>(도미노피자) (오리지널) 뉴욕오리진 M + 콜라 1.25L</x:v>
       </x:c>
       <x:c r="E110" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F110" s="4" t="str">
-        <x:v>30,200원</x:v>
+        <x:v>24,800원</x:v>
       </x:c>
       <x:c r="G110" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H110" s="4" t="str">
-        <x:v>26,576원</x:v>
+        <x:v>21,824원</x:v>
       </x:c>
       <x:c r="I110" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="111">
       <x:c r="A111" s="3" t="str">
         <x:v>도미노피자</x:v>
       </x:c>
       <x:c r="B111" s="3" t="str">
-        <x:v>G0000006733</x:v>
+        <x:v>G0000006730</x:v>
       </x:c>
       <x:c r="C111" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D111" s="1" t="str">
-        <x:v>(도미노피자) 블랙타이거슈림프L+치볼+콜라1.25L</x:v>
+        <x:v>(도미노피자) (오리지널)리얼불고기 피자 L + 콜라1.25L</x:v>
       </x:c>
       <x:c r="E111" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F111" s="4" t="str">
-        <x:v>49,000원</x:v>
+        <x:v>32,200원</x:v>
       </x:c>
       <x:c r="G111" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H111" s="4" t="str">
-        <x:v>43,120원</x:v>
+        <x:v>28,336원</x:v>
       </x:c>
       <x:c r="I111" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="112">
       <x:c r="A112" s="3" t="str">
         <x:v>도미노피자</x:v>
       </x:c>
       <x:c r="B112" s="3" t="str">
-        <x:v>G0000006731</x:v>
+        <x:v>G0000006748</x:v>
       </x:c>
       <x:c r="C112" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D112" s="1" t="str">
-        <x:v>(도미노피자) 블랙타이거슈림프L+콜라1.25L</x:v>
+        <x:v>(도미노피자) (오리지널)리얼불고기 피자 M + 콜라1.25L</x:v>
       </x:c>
       <x:c r="E112" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F112" s="4" t="str">
-        <x:v>39,200원</x:v>
+        <x:v>24,800원</x:v>
       </x:c>
       <x:c r="G112" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H112" s="4" t="str">
-        <x:v>34,496원</x:v>
+        <x:v>21,824원</x:v>
       </x:c>
       <x:c r="I112" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="113">
       <x:c r="A113" s="3" t="str">
         <x:v>도미노피자</x:v>
       </x:c>
       <x:c r="B113" s="3" t="str">
-        <x:v>G0000006732</x:v>
+        <x:v>G0000006736</x:v>
       </x:c>
       <x:c r="C113" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D113" s="1" t="str">
-        <x:v>(도미노피자) 블랙타이거슈림프M+콜라1.25L</x:v>
+        <x:v>(도미노피자) 베스트콰트로 피자L + 뉴치볼 + 콜라1.25L</x:v>
       </x:c>
       <x:c r="E113" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F113" s="4" t="str">
-        <x:v>32,300원</x:v>
+        <x:v>49,000원</x:v>
       </x:c>
       <x:c r="G113" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H113" s="4" t="str">
-        <x:v>28,424원</x:v>
+        <x:v>43,120원</x:v>
       </x:c>
       <x:c r="I113" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="114">
       <x:c r="A114" s="3" t="str">
         <x:v>도미노피자</x:v>
       </x:c>
       <x:c r="B114" s="3" t="str">
-        <x:v>G0000006722</x:v>
+        <x:v>G0000006734</x:v>
       </x:c>
       <x:c r="C114" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D114" s="1" t="str">
-        <x:v>(도미노피자) 슈퍼디럭스L(오리지널)+콜라 1.25L</x:v>
+        <x:v>(도미노피자) 베스트콰트로 피자L + 콜라1.25L</x:v>
       </x:c>
       <x:c r="E114" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F114" s="4" t="str">
-        <x:v>31,200원</x:v>
+        <x:v>39,200원</x:v>
       </x:c>
       <x:c r="G114" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H114" s="4" t="str">
-        <x:v>27,456원</x:v>
+        <x:v>34,496원</x:v>
       </x:c>
       <x:c r="I114" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="115">
       <x:c r="A115" s="3" t="str">
         <x:v>도미노피자</x:v>
       </x:c>
       <x:c r="B115" s="3" t="str">
-        <x:v>G0000006723</x:v>
+        <x:v>G0000006735</x:v>
       </x:c>
       <x:c r="C115" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D115" s="1" t="str">
-        <x:v>(도미노피자) 슈퍼디럭스M(씬)+콜라 1.25L</x:v>
+        <x:v>(도미노피자) 베스트콰트로 피자M + 콜라1.25L</x:v>
       </x:c>
       <x:c r="E115" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F115" s="4" t="str">
-        <x:v>23,800원</x:v>
+        <x:v>31,800원</x:v>
       </x:c>
       <x:c r="G115" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H115" s="4" t="str">
-        <x:v>20,944원</x:v>
+        <x:v>27,984원</x:v>
       </x:c>
       <x:c r="I115" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="116">
       <x:c r="A116" s="3" t="str">
         <x:v>도미노피자</x:v>
       </x:c>
       <x:c r="B116" s="3" t="str">
-        <x:v>G0000006724</x:v>
+        <x:v>G0000006746</x:v>
       </x:c>
       <x:c r="C116" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D116" s="1" t="str">
-        <x:v>(도미노피자) 슈퍼디럭스M(오리지널)+콜라 1.25L</x:v>
+        <x:v>(도미노피자) 베이컨체더치즈L(씬)+콜라 1.25L</x:v>
       </x:c>
       <x:c r="E116" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F116" s="4" t="str">
-        <x:v>23,800원</x:v>
+        <x:v>30,200원</x:v>
       </x:c>
       <x:c r="G116" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H116" s="4" t="str">
-        <x:v>20,944원</x:v>
+        <x:v>26,576원</x:v>
       </x:c>
       <x:c r="I116" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="117">
       <x:c r="A117" s="3" t="str">
         <x:v>도미노피자</x:v>
       </x:c>
       <x:c r="B117" s="3" t="str">
-        <x:v>G0000006725</x:v>
+        <x:v>G0000006747</x:v>
       </x:c>
       <x:c r="C117" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D117" s="1" t="str">
-        <x:v>(도미노피자) 슈퍼슈프림L(오리지널)+콜라 1.25L</x:v>
+        <x:v>(도미노피자) 베이컨체더치즈L(오리지널)+콜라 1.25L</x:v>
       </x:c>
       <x:c r="E117" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F117" s="4" t="str">
         <x:v>30,200원</x:v>
       </x:c>
       <x:c r="G117" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H117" s="4" t="str">
         <x:v>26,576원</x:v>
       </x:c>
       <x:c r="I117" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="118">
       <x:c r="A118" s="3" t="str">
         <x:v>도미노피자</x:v>
       </x:c>
       <x:c r="B118" s="3" t="str">
-        <x:v>G0000006726</x:v>
+        <x:v>G0000006733</x:v>
       </x:c>
       <x:c r="C118" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D118" s="1" t="str">
-        <x:v>(도미노피자) 슈퍼슈프림M(씬)+콜라 1.25L</x:v>
+        <x:v>(도미노피자) 블랙타이거슈림프L+치볼+콜라1.25L</x:v>
       </x:c>
       <x:c r="E118" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F118" s="4" t="str">
-        <x:v>22,800원</x:v>
+        <x:v>49,000원</x:v>
       </x:c>
       <x:c r="G118" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H118" s="4" t="str">
-        <x:v>20,064원</x:v>
+        <x:v>43,120원</x:v>
       </x:c>
       <x:c r="I118" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="119">
       <x:c r="A119" s="3" t="str">
         <x:v>도미노피자</x:v>
       </x:c>
       <x:c r="B119" s="3" t="str">
-        <x:v>G0000006727</x:v>
+        <x:v>G0000006731</x:v>
       </x:c>
       <x:c r="C119" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D119" s="1" t="str">
-        <x:v>(도미노피자) 슈퍼슈프림M(오리지널)+콜라 1.25L</x:v>
+        <x:v>(도미노피자) 블랙타이거슈림프L+콜라1.25L</x:v>
       </x:c>
       <x:c r="E119" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F119" s="4" t="str">
-        <x:v>22,800원</x:v>
+        <x:v>39,200원</x:v>
       </x:c>
       <x:c r="G119" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H119" s="4" t="str">
-        <x:v>20,064원</x:v>
+        <x:v>34,496원</x:v>
       </x:c>
       <x:c r="I119" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="120">
       <x:c r="A120" s="3" t="str">
         <x:v>도미노피자</x:v>
       </x:c>
       <x:c r="B120" s="3" t="str">
-        <x:v>G0000006729</x:v>
+        <x:v>G0000006732</x:v>
       </x:c>
       <x:c r="C120" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D120" s="1" t="str">
-        <x:v>(도미노피자) 페퍼로니L(씬)+콜라 1.25L</x:v>
+        <x:v>(도미노피자) 블랙타이거슈림프M+콜라1.25L</x:v>
       </x:c>
       <x:c r="E120" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F120" s="4" t="str">
-        <x:v>28,200원</x:v>
+        <x:v>32,300원</x:v>
       </x:c>
       <x:c r="G120" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H120" s="4" t="str">
-        <x:v>24,816원</x:v>
+        <x:v>28,424원</x:v>
       </x:c>
       <x:c r="I120" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="121">
       <x:c r="A121" s="3" t="str">
         <x:v>도미노피자</x:v>
       </x:c>
       <x:c r="B121" s="3" t="str">
-        <x:v>G0000006728</x:v>
+        <x:v>G0000006722</x:v>
       </x:c>
       <x:c r="C121" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D121" s="1" t="str">
-        <x:v>(도미노피자) 페퍼로니L(오리지널)+콜라 1.25L</x:v>
+        <x:v>(도미노피자) 슈퍼디럭스L(오리지널)+콜라 1.25L</x:v>
       </x:c>
       <x:c r="E121" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F121" s="4" t="str">
-        <x:v>28,200원</x:v>
+        <x:v>31,200원</x:v>
       </x:c>
       <x:c r="G121" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H121" s="4" t="str">
-        <x:v>24,816원</x:v>
+        <x:v>27,456원</x:v>
       </x:c>
       <x:c r="I121" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="122">
       <x:c r="A122" s="3" t="str">
         <x:v>도미노피자</x:v>
       </x:c>
       <x:c r="B122" s="3" t="str">
-        <x:v>G0000006718</x:v>
+        <x:v>G0000006723</x:v>
       </x:c>
       <x:c r="C122" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D122" s="1" t="str">
-        <x:v>(도미노피자) 포테이토(씬)L+ 콜라1.25L</x:v>
+        <x:v>(도미노피자) 슈퍼디럭스M(씬)+콜라 1.25L</x:v>
       </x:c>
       <x:c r="E122" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F122" s="4" t="str">
-        <x:v>30,200원</x:v>
+        <x:v>23,800원</x:v>
       </x:c>
       <x:c r="G122" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H122" s="4" t="str">
-        <x:v>26,576원</x:v>
+        <x:v>20,944원</x:v>
       </x:c>
       <x:c r="I122" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="123">
       <x:c r="A123" s="3" t="str">
         <x:v>도미노피자</x:v>
       </x:c>
       <x:c r="B123" s="3" t="str">
-        <x:v>G0000006720</x:v>
+        <x:v>G0000006724</x:v>
       </x:c>
       <x:c r="C123" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D123" s="1" t="str">
-        <x:v>(도미노피자) 포테이토(씬)M+ 콜라1.25L</x:v>
+        <x:v>(도미노피자) 슈퍼디럭스M(오리지널)+콜라 1.25L</x:v>
       </x:c>
       <x:c r="E123" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F123" s="4" t="str">
-        <x:v>22,800원</x:v>
+        <x:v>23,800원</x:v>
       </x:c>
       <x:c r="G123" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H123" s="4" t="str">
-        <x:v>20,064원</x:v>
+        <x:v>20,944원</x:v>
       </x:c>
       <x:c r="I123" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="124">
       <x:c r="A124" s="3" t="str">
         <x:v>도미노피자</x:v>
       </x:c>
       <x:c r="B124" s="3" t="str">
-        <x:v>G0000006717</x:v>
+        <x:v>G0000006725</x:v>
       </x:c>
       <x:c r="C124" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D124" s="1" t="str">
-        <x:v>(도미노피자) 포테이토(오리지널)L+ 콜라1.25L</x:v>
+        <x:v>(도미노피자) 슈퍼슈프림L(오리지널)+콜라 1.25L</x:v>
       </x:c>
       <x:c r="E124" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F124" s="4" t="str">
         <x:v>30,200원</x:v>
       </x:c>
       <x:c r="G124" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H124" s="4" t="str">
         <x:v>26,576원</x:v>
       </x:c>
       <x:c r="I124" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="125">
       <x:c r="A125" s="3" t="str">
         <x:v>도미노피자</x:v>
       </x:c>
       <x:c r="B125" s="3" t="str">
-        <x:v>G0000006719</x:v>
+        <x:v>G0000006726</x:v>
       </x:c>
       <x:c r="C125" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D125" s="1" t="str">
-        <x:v>(도미노피자) 포테이토(오리지널)M+ 콜라1.25L</x:v>
+        <x:v>(도미노피자) 슈퍼슈프림M(씬)+콜라 1.25L</x:v>
       </x:c>
       <x:c r="E125" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F125" s="4" t="str">
         <x:v>22,800원</x:v>
       </x:c>
       <x:c r="G125" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H125" s="4" t="str">
         <x:v>20,064원</x:v>
       </x:c>
       <x:c r="I125" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="126">
       <x:c r="A126" s="3" t="str">
         <x:v>도미노피자</x:v>
       </x:c>
       <x:c r="B126" s="3" t="str">
-        <x:v>G0000006721</x:v>
+        <x:v>G0000006727</x:v>
       </x:c>
       <x:c r="C126" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D126" s="1" t="str">
-        <x:v>(도미노피자) 포테이토오리지널L+ 뉴치볼스파게티+콜라1.25</x:v>
+        <x:v>(도미노피자) 슈퍼슈프림M(오리지널)+콜라 1.25L</x:v>
       </x:c>
       <x:c r="E126" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F126" s="4" t="str">
-        <x:v>40,000원</x:v>
+        <x:v>22,800원</x:v>
       </x:c>
       <x:c r="G126" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H126" s="4" t="str">
-        <x:v>35,200원</x:v>
+        <x:v>20,064원</x:v>
       </x:c>
       <x:c r="I126" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="127">
       <x:c r="A127" s="3" t="str">
-        <x:v>뚜레쥬르</x:v>
+        <x:v>도미노피자</x:v>
       </x:c>
       <x:c r="B127" s="3" t="str">
-        <x:v>G0000006469</x:v>
+        <x:v>G0000006729</x:v>
       </x:c>
       <x:c r="C127" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D127" s="1" t="str">
-        <x:v>(뚜레쥬르) 1,000원</x:v>
+        <x:v>(도미노피자) 페퍼로니L(씬)+콜라 1.25L</x:v>
       </x:c>
       <x:c r="E127" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F127" s="4" t="str">
-        <x:v>1,000원</x:v>
+        <x:v>28,200원</x:v>
       </x:c>
       <x:c r="G127" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H127" s="4" t="str">
-        <x:v>900원</x:v>
+        <x:v>24,816원</x:v>
       </x:c>
       <x:c r="I127" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="128">
       <x:c r="A128" s="3" t="str">
-        <x:v>뚜레쥬르</x:v>
+        <x:v>도미노피자</x:v>
       </x:c>
       <x:c r="B128" s="3" t="str">
-        <x:v>G0000006471</x:v>
+        <x:v>G0000006728</x:v>
       </x:c>
       <x:c r="C128" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D128" s="1" t="str">
-        <x:v>(뚜레쥬르) 10,000원</x:v>
+        <x:v>(도미노피자) 페퍼로니L(오리지널)+콜라 1.25L</x:v>
       </x:c>
       <x:c r="E128" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F128" s="4" t="str">
-        <x:v>10,000원</x:v>
+        <x:v>28,200원</x:v>
       </x:c>
       <x:c r="G128" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H128" s="4" t="str">
-        <x:v>9,000원</x:v>
+        <x:v>24,816원</x:v>
       </x:c>
       <x:c r="I128" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="129">
       <x:c r="A129" s="3" t="str">
-        <x:v>뚜레쥬르</x:v>
+        <x:v>도미노피자</x:v>
       </x:c>
       <x:c r="B129" s="3" t="str">
-        <x:v>G0000006473</x:v>
+        <x:v>G0000006718</x:v>
       </x:c>
       <x:c r="C129" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D129" s="1" t="str">
-        <x:v>(뚜레쥬르) 20,000원</x:v>
+        <x:v>(도미노피자) 포테이토(씬)L+ 콜라1.25L</x:v>
       </x:c>
       <x:c r="E129" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F129" s="4" t="str">
-        <x:v>20,000원</x:v>
+        <x:v>30,200원</x:v>
       </x:c>
       <x:c r="G129" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H129" s="4" t="str">
-        <x:v>18,000원</x:v>
+        <x:v>26,576원</x:v>
       </x:c>
       <x:c r="I129" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="130">
       <x:c r="A130" s="3" t="str">
-        <x:v>뚜레쥬르</x:v>
+        <x:v>도미노피자</x:v>
       </x:c>
       <x:c r="B130" s="3" t="str">
-        <x:v>G0000007591</x:v>
+        <x:v>G0000006720</x:v>
       </x:c>
       <x:c r="C130" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D130" s="1" t="str">
-        <x:v>(뚜레쥬르) 25,000원권</x:v>
+        <x:v>(도미노피자) 포테이토(씬)M+ 콜라1.25L</x:v>
       </x:c>
       <x:c r="E130" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F130" s="4" t="str">
-        <x:v>25,000원</x:v>
+        <x:v>22,800원</x:v>
       </x:c>
       <x:c r="G130" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H130" s="4" t="str">
-        <x:v>22,500원</x:v>
+        <x:v>20,064원</x:v>
       </x:c>
       <x:c r="I130" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="131">
       <x:c r="A131" s="3" t="str">
-        <x:v>뚜레쥬르</x:v>
+        <x:v>도미노피자</x:v>
       </x:c>
       <x:c r="B131" s="3" t="str">
-        <x:v>G0000006472</x:v>
+        <x:v>G0000006717</x:v>
       </x:c>
       <x:c r="C131" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D131" s="1" t="str">
-        <x:v>(뚜레쥬르) 3만원권</x:v>
+        <x:v>(도미노피자) 포테이토(오리지널)L+ 콜라1.25L</x:v>
       </x:c>
       <x:c r="E131" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F131" s="4" t="str">
-        <x:v>30,000원</x:v>
+        <x:v>30,200원</x:v>
       </x:c>
       <x:c r="G131" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H131" s="4" t="str">
-        <x:v>27,000원</x:v>
+        <x:v>26,576원</x:v>
       </x:c>
       <x:c r="I131" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="132">
       <x:c r="A132" s="3" t="str">
-        <x:v>뚜레쥬르</x:v>
+        <x:v>도미노피자</x:v>
       </x:c>
       <x:c r="B132" s="3" t="str">
-        <x:v>G0000006470</x:v>
+        <x:v>G0000006719</x:v>
       </x:c>
       <x:c r="C132" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D132" s="1" t="str">
-        <x:v>(뚜레쥬르) 5,000원</x:v>
+        <x:v>(도미노피자) 포테이토(오리지널)M+ 콜라1.25L</x:v>
       </x:c>
       <x:c r="E132" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F132" s="4" t="str">
-        <x:v>5,000원</x:v>
+        <x:v>22,800원</x:v>
       </x:c>
       <x:c r="G132" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H132" s="4" t="str">
-        <x:v>4,500원</x:v>
+        <x:v>20,064원</x:v>
       </x:c>
       <x:c r="I132" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="133">
       <x:c r="A133" s="3" t="str">
-        <x:v>뚜레쥬르</x:v>
+        <x:v>도미노피자</x:v>
       </x:c>
       <x:c r="B133" s="3" t="str">
-        <x:v>G0000007098</x:v>
+        <x:v>G0000006721</x:v>
       </x:c>
       <x:c r="C133" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D133" s="1" t="str">
-        <x:v>(뚜레쥬르) 고구마케이크 2호</x:v>
+        <x:v>(도미노피자) 포테이토오리지널L+ 뉴치볼스파게티+콜라1.25</x:v>
       </x:c>
       <x:c r="E133" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F133" s="4" t="str">
-        <x:v>32,000원</x:v>
+        <x:v>40,000원</x:v>
       </x:c>
       <x:c r="G133" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H133" s="4" t="str">
-        <x:v>28,160원</x:v>
+        <x:v>35,200원</x:v>
       </x:c>
       <x:c r="I133" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="134">
       <x:c r="A134" s="3" t="str">
         <x:v>뚜레쥬르</x:v>
       </x:c>
       <x:c r="B134" s="3" t="str">
-        <x:v>G0000007099</x:v>
+        <x:v>G0000006469</x:v>
       </x:c>
       <x:c r="C134" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D134" s="1" t="str">
-        <x:v>(뚜레쥬르) 고구마케이크 3호</x:v>
+        <x:v>(뚜레쥬르) 1,000원</x:v>
       </x:c>
       <x:c r="E134" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F134" s="4" t="str">
-        <x:v>37,000원</x:v>
+        <x:v>1,000원</x:v>
       </x:c>
       <x:c r="G134" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H134" s="4" t="str">
-        <x:v>32,560원</x:v>
+        <x:v>900원</x:v>
       </x:c>
       <x:c r="I134" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="135">
       <x:c r="A135" s="3" t="str">
         <x:v>뚜레쥬르</x:v>
       </x:c>
       <x:c r="B135" s="3" t="str">
-        <x:v>G0000007329</x:v>
+        <x:v>G0000006471</x:v>
       </x:c>
       <x:c r="C135" s="3" t="str">
-        <x:v>특가상품</x:v>
+        <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D135" s="1" t="str">
-        <x:v>(뚜레쥬르) 교환권 10,000원</x:v>
+        <x:v>(뚜레쥬르) 10,000원</x:v>
       </x:c>
       <x:c r="E135" s="3" t="str">
-        <x:v>30일</x:v>
+        <x:v>60일</x:v>
       </x:c>
       <x:c r="F135" s="4" t="str">
         <x:v>10,000원</x:v>
       </x:c>
       <x:c r="G135" s="3" t="str">
-        <x:v>13%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H135" s="4" t="str">
-        <x:v>8,700원</x:v>
+        <x:v>9,000원</x:v>
       </x:c>
       <x:c r="I135" s="1" t="str">
-        <x:v># 최소 수량 100개 이상 발송 가능
-# 동일 수신번호는 3개를 초과할 수 없습니다.</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="136">
       <x:c r="A136" s="3" t="str">
         <x:v>뚜레쥬르</x:v>
       </x:c>
       <x:c r="B136" s="3" t="str">
-        <x:v>G0000006468</x:v>
+        <x:v>G0000006473</x:v>
       </x:c>
       <x:c r="C136" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D136" s="1" t="str">
-        <x:v>(뚜레쥬르) 교환권 2,000원</x:v>
+        <x:v>(뚜레쥬르) 20,000원</x:v>
       </x:c>
       <x:c r="E136" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F136" s="4" t="str">
-        <x:v>2,000원</x:v>
+        <x:v>20,000원</x:v>
       </x:c>
       <x:c r="G136" s="3" t="str">
         <x:v>10%</x:v>
       </x:c>
       <x:c r="H136" s="4" t="str">
-        <x:v>1,800원</x:v>
+        <x:v>18,000원</x:v>
       </x:c>
       <x:c r="I136" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="137">
       <x:c r="A137" s="3" t="str">
         <x:v>뚜레쥬르</x:v>
       </x:c>
       <x:c r="B137" s="3" t="str">
-        <x:v>G0000006467</x:v>
+        <x:v>G0000007591</x:v>
       </x:c>
       <x:c r="C137" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D137" s="1" t="str">
-        <x:v>(뚜레쥬르) 교환권 3,000원</x:v>
+        <x:v>(뚜레쥬르) 25,000원권</x:v>
       </x:c>
       <x:c r="E137" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F137" s="4" t="str">
-        <x:v>3,000원</x:v>
+        <x:v>25,000원</x:v>
       </x:c>
       <x:c r="G137" s="3" t="str">
         <x:v>10%</x:v>
       </x:c>
       <x:c r="H137" s="4" t="str">
-        <x:v>2,700원</x:v>
+        <x:v>22,500원</x:v>
       </x:c>
       <x:c r="I137" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="138">
       <x:c r="A138" s="3" t="str">
         <x:v>뚜레쥬르</x:v>
       </x:c>
       <x:c r="B138" s="3" t="str">
-        <x:v>G0000007330</x:v>
+        <x:v>G0000006472</x:v>
       </x:c>
       <x:c r="C138" s="3" t="str">
-        <x:v>특가상품</x:v>
+        <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D138" s="1" t="str">
-        <x:v>(뚜레쥬르) 교환권 5,000원</x:v>
+        <x:v>(뚜레쥬르) 3만원권</x:v>
       </x:c>
       <x:c r="E138" s="3" t="str">
-        <x:v>30일</x:v>
+        <x:v>60일</x:v>
       </x:c>
       <x:c r="F138" s="4" t="str">
-        <x:v>5,000원</x:v>
+        <x:v>30,000원</x:v>
       </x:c>
       <x:c r="G138" s="3" t="str">
-        <x:v>13%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H138" s="4" t="str">
-        <x:v>4,350원</x:v>
+        <x:v>27,000원</x:v>
       </x:c>
       <x:c r="I138" s="1" t="str">
-        <x:v># 최소 수량 100개 이상 발송 가능
-# 동일 수신번호는 3개를 초과할 수 없습니다.</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="139">
       <x:c r="A139" s="3" t="str">
         <x:v>뚜레쥬르</x:v>
       </x:c>
       <x:c r="B139" s="3" t="str">
-        <x:v>G0000007094</x:v>
+        <x:v>G0000006470</x:v>
       </x:c>
       <x:c r="C139" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D139" s="1" t="str">
-        <x:v>(뚜레쥬르) 생크림버터스콘</x:v>
+        <x:v>(뚜레쥬르) 5,000원</x:v>
       </x:c>
       <x:c r="E139" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F139" s="4" t="str">
-        <x:v>3,600원</x:v>
+        <x:v>5,000원</x:v>
       </x:c>
       <x:c r="G139" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H139" s="4" t="str">
-        <x:v>3,168원</x:v>
+        <x:v>4,500원</x:v>
       </x:c>
       <x:c r="I139" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="140">
       <x:c r="A140" s="3" t="str">
         <x:v>뚜레쥬르</x:v>
       </x:c>
       <x:c r="B140" s="3" t="str">
-        <x:v>G0000007103</x:v>
+        <x:v>G0000007098</x:v>
       </x:c>
       <x:c r="C140" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D140" s="1" t="str">
-        <x:v>(뚜레쥬르) 스윗베리생크림 1호</x:v>
+        <x:v>(뚜레쥬르) 고구마케이크 2호</x:v>
       </x:c>
       <x:c r="E140" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F140" s="4" t="str">
-        <x:v>28,000원</x:v>
+        <x:v>32,000원</x:v>
       </x:c>
       <x:c r="G140" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H140" s="4" t="str">
-        <x:v>24,640원</x:v>
+        <x:v>28,160원</x:v>
       </x:c>
       <x:c r="I140" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="141">
       <x:c r="A141" s="3" t="str">
         <x:v>뚜레쥬르</x:v>
       </x:c>
       <x:c r="B141" s="3" t="str">
-        <x:v>G0000006948</x:v>
+        <x:v>G0000007099</x:v>
       </x:c>
       <x:c r="C141" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D141" s="1" t="str">
-        <x:v>(뚜레쥬르) 진한우유생크림케이크 1호</x:v>
+        <x:v>(뚜레쥬르) 고구마케이크 3호</x:v>
       </x:c>
       <x:c r="E141" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F141" s="4" t="str">
-        <x:v>32,000원</x:v>
+        <x:v>37,000원</x:v>
       </x:c>
       <x:c r="G141" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H141" s="4" t="str">
-        <x:v>28,160원</x:v>
+        <x:v>32,560원</x:v>
       </x:c>
       <x:c r="I141" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="142">
       <x:c r="A142" s="3" t="str">
         <x:v>뚜레쥬르</x:v>
       </x:c>
       <x:c r="B142" s="3" t="str">
-        <x:v>G0000007095</x:v>
+        <x:v>G0000007329</x:v>
       </x:c>
       <x:c r="C142" s="3" t="str">
-        <x:v>일반상품</x:v>
+        <x:v>특가상품</x:v>
       </x:c>
       <x:c r="D142" s="1" t="str">
-        <x:v>(뚜레쥬르) 초코칩스콘</x:v>
+        <x:v>(뚜레쥬르) 교환권 10,000원</x:v>
       </x:c>
       <x:c r="E142" s="3" t="str">
-        <x:v>60일</x:v>
+        <x:v>30일</x:v>
       </x:c>
       <x:c r="F142" s="4" t="str">
-        <x:v>3,800원</x:v>
+        <x:v>10,000원</x:v>
       </x:c>
       <x:c r="G142" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>13%</x:v>
       </x:c>
       <x:c r="H142" s="4" t="str">
-        <x:v>3,344원</x:v>
+        <x:v>8,700원</x:v>
       </x:c>
       <x:c r="I142" s="1" t="str">
-        <x:v/>
+        <x:v># 최소 수량 100개 이상 발송 가능
+# 동일 수신번호는 3개를 초과할 수 없습니다.</x:v>
       </x:c>
     </x:row>
     <x:row r="143">
       <x:c r="A143" s="3" t="str">
         <x:v>뚜레쥬르</x:v>
       </x:c>
       <x:c r="B143" s="3" t="str">
-        <x:v>G0000007096</x:v>
+        <x:v>G0000006468</x:v>
       </x:c>
       <x:c r="C143" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D143" s="1" t="str">
-        <x:v>(뚜레쥬르) 통밀후레쉬샌드위치</x:v>
+        <x:v>(뚜레쥬르) 교환권 2,000원</x:v>
       </x:c>
       <x:c r="E143" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F143" s="4" t="str">
-        <x:v>6,500원</x:v>
+        <x:v>2,000원</x:v>
       </x:c>
       <x:c r="G143" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H143" s="4" t="str">
-        <x:v>5,720원</x:v>
+        <x:v>1,800원</x:v>
       </x:c>
       <x:c r="I143" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="144">
       <x:c r="A144" s="3" t="str">
-        <x:v>롯데리아</x:v>
+        <x:v>뚜레쥬르</x:v>
       </x:c>
       <x:c r="B144" s="3" t="str">
-        <x:v>G0000008529</x:v>
+        <x:v>G0000006467</x:v>
       </x:c>
       <x:c r="C144" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D144" s="1" t="str">
-        <x:v>[롯데GRS금액권] 롯데리아 모바일금액권 1만원권(잔액관리형)</x:v>
+        <x:v>(뚜레쥬르) 교환권 3,000원</x:v>
       </x:c>
       <x:c r="E144" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F144" s="4" t="str">
-        <x:v>10,000원</x:v>
+        <x:v>3,000원</x:v>
       </x:c>
       <x:c r="G144" s="3" t="str">
         <x:v>10%</x:v>
       </x:c>
       <x:c r="H144" s="4" t="str">
-        <x:v>9,000원</x:v>
+        <x:v>2,700원</x:v>
       </x:c>
       <x:c r="I144" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="145">
       <x:c r="A145" s="3" t="str">
-        <x:v>롯데리아</x:v>
+        <x:v>뚜레쥬르</x:v>
       </x:c>
       <x:c r="B145" s="3" t="str">
-        <x:v>G0000008530</x:v>
+        <x:v>G0000007330</x:v>
       </x:c>
       <x:c r="C145" s="3" t="str">
-        <x:v>일반상품</x:v>
+        <x:v>특가상품</x:v>
       </x:c>
       <x:c r="D145" s="1" t="str">
-        <x:v>[롯데GRS금액권] 롯데리아 모바일금액권 2만원권(잔액관리형)</x:v>
+        <x:v>(뚜레쥬르) 교환권 5,000원</x:v>
       </x:c>
       <x:c r="E145" s="3" t="str">
-        <x:v>60일</x:v>
+        <x:v>30일</x:v>
       </x:c>
       <x:c r="F145" s="4" t="str">
-        <x:v>20,000원</x:v>
+        <x:v>5,000원</x:v>
       </x:c>
       <x:c r="G145" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>13%</x:v>
       </x:c>
       <x:c r="H145" s="4" t="str">
-        <x:v>18,000원</x:v>
+        <x:v>4,350원</x:v>
       </x:c>
       <x:c r="I145" s="1" t="str">
-        <x:v/>
+        <x:v># 최소 수량 100개 이상 발송 가능
+# 동일 수신번호는 3개를 초과할 수 없습니다.</x:v>
       </x:c>
     </x:row>
     <x:row r="146">
       <x:c r="A146" s="3" t="str">
-        <x:v>롯데리아</x:v>
+        <x:v>뚜레쥬르</x:v>
       </x:c>
       <x:c r="B146" s="3" t="str">
-        <x:v>G0000008531</x:v>
+        <x:v>G0000007094</x:v>
       </x:c>
       <x:c r="C146" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D146" s="1" t="str">
-        <x:v>[롯데GRS금액권] 롯데리아 모바일금액권 3만원권(잔액관리형)</x:v>
+        <x:v>(뚜레쥬르) 생크림버터스콘</x:v>
       </x:c>
       <x:c r="E146" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F146" s="4" t="str">
-        <x:v>30,000원</x:v>
+        <x:v>3,600원</x:v>
       </x:c>
       <x:c r="G146" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H146" s="4" t="str">
-        <x:v>27,000원</x:v>
+        <x:v>3,168원</x:v>
       </x:c>
       <x:c r="I146" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="147">
       <x:c r="A147" s="3" t="str">
-        <x:v>롯데리아</x:v>
+        <x:v>뚜레쥬르</x:v>
       </x:c>
       <x:c r="B147" s="3" t="str">
-        <x:v>G0000008532</x:v>
+        <x:v>G0000007103</x:v>
       </x:c>
       <x:c r="C147" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D147" s="1" t="str">
-        <x:v>[롯데GRS금액권] 롯데리아 모바일금액권 5만원권(잔액관리형)</x:v>
+        <x:v>(뚜레쥬르) 스윗베리생크림 1호</x:v>
       </x:c>
       <x:c r="E147" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F147" s="4" t="str">
-        <x:v>50,000원</x:v>
+        <x:v>28,000원</x:v>
       </x:c>
       <x:c r="G147" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H147" s="4" t="str">
-        <x:v>45,000원</x:v>
+        <x:v>24,640원</x:v>
       </x:c>
       <x:c r="I147" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="148">
       <x:c r="A148" s="3" t="str">
-        <x:v>롯데리아</x:v>
+        <x:v>뚜레쥬르</x:v>
       </x:c>
       <x:c r="B148" s="3" t="str">
-        <x:v>G0000008533</x:v>
+        <x:v>G0000006948</x:v>
       </x:c>
       <x:c r="C148" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D148" s="1" t="str">
-        <x:v>[롯데GRS금액권] 롯데리아 모바일금액권 5천원권(잔액관리형)</x:v>
+        <x:v>(뚜레쥬르) 진한우유생크림케이크 1호</x:v>
       </x:c>
       <x:c r="E148" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F148" s="4" t="str">
-        <x:v>5,000원</x:v>
+        <x:v>32,000원</x:v>
       </x:c>
       <x:c r="G148" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H148" s="4" t="str">
-        <x:v>4,500원</x:v>
+        <x:v>28,160원</x:v>
       </x:c>
       <x:c r="I148" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="149">
       <x:c r="A149" s="3" t="str">
-        <x:v>롯데리아</x:v>
+        <x:v>뚜레쥬르</x:v>
       </x:c>
       <x:c r="B149" s="3" t="str">
-        <x:v>G0000008998</x:v>
+        <x:v>G0000007095</x:v>
       </x:c>
       <x:c r="C149" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D149" s="1" t="str">
-        <x:v>[롯데GRS롯데리아] 더블 데리버거</x:v>
+        <x:v>(뚜레쥬르) 초코칩스콘</x:v>
       </x:c>
       <x:c r="E149" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F149" s="4" t="str">
-        <x:v>5,000원</x:v>
+        <x:v>3,800원</x:v>
       </x:c>
       <x:c r="G149" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H149" s="4" t="str">
-        <x:v>4,400원</x:v>
+        <x:v>3,344원</x:v>
       </x:c>
       <x:c r="I149" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="150">
       <x:c r="A150" s="3" t="str">
-        <x:v>롯데리아</x:v>
+        <x:v>뚜레쥬르</x:v>
       </x:c>
       <x:c r="B150" s="3" t="str">
-        <x:v>G0000008997</x:v>
+        <x:v>G0000007096</x:v>
       </x:c>
       <x:c r="C150" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D150" s="1" t="str">
-        <x:v>[롯데GRS롯데리아] 더블 치킨버거</x:v>
+        <x:v>(뚜레쥬르) 통밀후레쉬샌드위치</x:v>
       </x:c>
       <x:c r="E150" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F150" s="4" t="str">
-        <x:v>5,800원</x:v>
+        <x:v>6,500원</x:v>
       </x:c>
       <x:c r="G150" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H150" s="4" t="str">
-        <x:v>5,104원</x:v>
+        <x:v>5,720원</x:v>
       </x:c>
       <x:c r="I150" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="151">
       <x:c r="A151" s="3" t="str">
         <x:v>롯데리아</x:v>
       </x:c>
       <x:c r="B151" s="3" t="str">
-        <x:v>G0000008996</x:v>
+        <x:v>G0000008529</x:v>
       </x:c>
       <x:c r="C151" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D151" s="1" t="str">
-        <x:v>[롯데GRS롯데리아] 더블 클래식치즈버거</x:v>
+        <x:v>[롯데GRS금액권] 롯데리아 모바일금액권 1만원권(잔액관리형)</x:v>
       </x:c>
       <x:c r="E151" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F151" s="4" t="str">
-        <x:v>7,200원</x:v>
+        <x:v>10,000원</x:v>
       </x:c>
       <x:c r="G151" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H151" s="4" t="str">
-        <x:v>6,336원</x:v>
+        <x:v>9,000원</x:v>
       </x:c>
       <x:c r="I151" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="152">
       <x:c r="A152" s="3" t="str">
         <x:v>롯데리아</x:v>
       </x:c>
       <x:c r="B152" s="3" t="str">
-        <x:v>G0000008995</x:v>
+        <x:v>G0000008530</x:v>
       </x:c>
       <x:c r="C152" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D152" s="1" t="str">
-        <x:v>[롯데GRS롯데리아] 더블 한우불고기버거</x:v>
+        <x:v>[롯데GRS금액권] 롯데리아 모바일금액권 2만원권(잔액관리형)</x:v>
       </x:c>
       <x:c r="E152" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F152" s="4" t="str">
-        <x:v>13,000원</x:v>
+        <x:v>20,000원</x:v>
       </x:c>
       <x:c r="G152" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H152" s="4" t="str">
-        <x:v>11,440원</x:v>
+        <x:v>18,000원</x:v>
       </x:c>
       <x:c r="I152" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="153">
       <x:c r="A153" s="3" t="str">
         <x:v>롯데리아</x:v>
       </x:c>
       <x:c r="B153" s="3" t="str">
-        <x:v>G0000008994</x:v>
+        <x:v>G0000008531</x:v>
       </x:c>
       <x:c r="C153" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D153" s="1" t="str">
-        <x:v>[롯데GRS롯데리아] 더블 한우불고기버거 세트</x:v>
+        <x:v>[롯데GRS금액권] 롯데리아 모바일금액권 3만원권(잔액관리형)</x:v>
       </x:c>
       <x:c r="E153" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F153" s="4" t="str">
-        <x:v>14,900원</x:v>
+        <x:v>30,000원</x:v>
       </x:c>
       <x:c r="G153" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H153" s="4" t="str">
-        <x:v>13,112원</x:v>
+        <x:v>27,000원</x:v>
       </x:c>
       <x:c r="I153" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="154">
       <x:c r="A154" s="3" t="str">
         <x:v>롯데리아</x:v>
       </x:c>
       <x:c r="B154" s="3" t="str">
-        <x:v>G0000008993</x:v>
+        <x:v>G0000008532</x:v>
       </x:c>
       <x:c r="C154" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D154" s="1" t="str">
-        <x:v>[롯데GRS롯데리아] 더블 한우불고기버거 콤보</x:v>
+        <x:v>[롯데GRS금액권] 롯데리아 모바일금액권 5만원권(잔액관리형)</x:v>
       </x:c>
       <x:c r="E154" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F154" s="4" t="str">
-        <x:v>14,200원</x:v>
+        <x:v>50,000원</x:v>
       </x:c>
       <x:c r="G154" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H154" s="4" t="str">
-        <x:v>12,496원</x:v>
+        <x:v>45,000원</x:v>
       </x:c>
       <x:c r="I154" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="155">
       <x:c r="A155" s="3" t="str">
         <x:v>롯데리아</x:v>
       </x:c>
       <x:c r="B155" s="3" t="str">
-        <x:v>G0000008992</x:v>
+        <x:v>G0000008533</x:v>
       </x:c>
       <x:c r="C155" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D155" s="1" t="str">
-        <x:v>[롯데GRS롯데리아] 더블엑스투버거</x:v>
+        <x:v>[롯데GRS금액권] 롯데리아 모바일금액권 5천원권(잔액관리형)</x:v>
       </x:c>
       <x:c r="E155" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F155" s="4" t="str">
-        <x:v>7,200원</x:v>
+        <x:v>5,000원</x:v>
       </x:c>
       <x:c r="G155" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H155" s="4" t="str">
-        <x:v>6,336원</x:v>
+        <x:v>4,500원</x:v>
       </x:c>
       <x:c r="I155" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="156">
       <x:c r="A156" s="3" t="str">
         <x:v>롯데리아</x:v>
       </x:c>
       <x:c r="B156" s="3" t="str">
-        <x:v>G0000008991</x:v>
+        <x:v>G0000008998</x:v>
       </x:c>
       <x:c r="C156" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D156" s="1" t="str">
-        <x:v>[롯데GRS롯데리아] 더블엑스투버거 세트</x:v>
+        <x:v>[롯데GRS롯데리아] 더블 데리버거</x:v>
       </x:c>
       <x:c r="E156" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F156" s="4" t="str">
-        <x:v>9,200원</x:v>
+        <x:v>5,000원</x:v>
       </x:c>
       <x:c r="G156" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H156" s="4" t="str">
-        <x:v>8,096원</x:v>
+        <x:v>4,400원</x:v>
       </x:c>
       <x:c r="I156" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="157">
       <x:c r="A157" s="3" t="str">
         <x:v>롯데리아</x:v>
       </x:c>
       <x:c r="B157" s="3" t="str">
-        <x:v>G0000008990</x:v>
+        <x:v>G0000008997</x:v>
       </x:c>
       <x:c r="C157" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D157" s="1" t="str">
-        <x:v>[롯데GRS롯데리아] 데리버거</x:v>
+        <x:v>[롯데GRS롯데리아] 더블 치킨버거</x:v>
       </x:c>
       <x:c r="E157" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F157" s="4" t="str">
-        <x:v>3,700원</x:v>
+        <x:v>5,800원</x:v>
       </x:c>
       <x:c r="G157" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H157" s="4" t="str">
-        <x:v>3,256원</x:v>
+        <x:v>5,104원</x:v>
       </x:c>
       <x:c r="I157" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="158">
       <x:c r="A158" s="3" t="str">
         <x:v>롯데리아</x:v>
       </x:c>
       <x:c r="B158" s="3" t="str">
-        <x:v>G0000008989</x:v>
+        <x:v>G0000008996</x:v>
       </x:c>
       <x:c r="C158" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D158" s="1" t="str">
-        <x:v>[롯데GRS롯데리아] 데리버거 세트</x:v>
+        <x:v>[롯데GRS롯데리아] 더블 클래식치즈버거</x:v>
       </x:c>
       <x:c r="E158" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F158" s="4" t="str">
-        <x:v>6,100원</x:v>
+        <x:v>7,200원</x:v>
       </x:c>
       <x:c r="G158" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H158" s="4" t="str">
-        <x:v>5,368원</x:v>
+        <x:v>6,336원</x:v>
       </x:c>
       <x:c r="I158" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="159">
       <x:c r="A159" s="3" t="str">
         <x:v>롯데리아</x:v>
       </x:c>
       <x:c r="B159" s="3" t="str">
-        <x:v>G0000008499</x:v>
+        <x:v>G0000008995</x:v>
       </x:c>
       <x:c r="C159" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D159" s="1" t="str">
-        <x:v>[롯데GRS롯데리아] 레몬에이드</x:v>
+        <x:v>[롯데GRS롯데리아] 더블 한우불고기버거</x:v>
       </x:c>
       <x:c r="E159" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F159" s="4" t="str">
-        <x:v>2,700원</x:v>
+        <x:v>13,000원</x:v>
       </x:c>
       <x:c r="G159" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H159" s="4" t="str">
-        <x:v>2,376원</x:v>
+        <x:v>11,440원</x:v>
       </x:c>
       <x:c r="I159" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="160">
       <x:c r="A160" s="3" t="str">
         <x:v>롯데리아</x:v>
       </x:c>
       <x:c r="B160" s="3" t="str">
-        <x:v>G0000008988</x:v>
+        <x:v>G0000008994</x:v>
       </x:c>
       <x:c r="C160" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D160" s="1" t="str">
-        <x:v>[롯데GRS롯데리아] 롱치즈스틱</x:v>
+        <x:v>[롯데GRS롯데리아] 더블 한우불고기버거 세트</x:v>
       </x:c>
       <x:c r="E160" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F160" s="4" t="str">
-        <x:v>2,400원</x:v>
+        <x:v>14,900원</x:v>
       </x:c>
       <x:c r="G160" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H160" s="4" t="str">
-        <x:v>2,112원</x:v>
+        <x:v>13,112원</x:v>
       </x:c>
       <x:c r="I160" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="161">
       <x:c r="A161" s="3" t="str">
         <x:v>롯데리아</x:v>
       </x:c>
       <x:c r="B161" s="3" t="str">
-        <x:v>G0000008987</x:v>
+        <x:v>G0000008993</x:v>
       </x:c>
       <x:c r="C161" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D161" s="1" t="str">
-        <x:v>[롯데GRS롯데리아] 리아 불고기</x:v>
+        <x:v>[롯데GRS롯데리아] 더블 한우불고기버거 콤보</x:v>
       </x:c>
       <x:c r="E161" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F161" s="4" t="str">
-        <x:v>5,000원</x:v>
+        <x:v>14,200원</x:v>
       </x:c>
       <x:c r="G161" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H161" s="4" t="str">
-        <x:v>4,400원</x:v>
+        <x:v>12,496원</x:v>
       </x:c>
       <x:c r="I161" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="162">
       <x:c r="A162" s="3" t="str">
         <x:v>롯데리아</x:v>
       </x:c>
       <x:c r="B162" s="3" t="str">
-        <x:v>G0000008986</x:v>
+        <x:v>G0000008992</x:v>
       </x:c>
       <x:c r="C162" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D162" s="1" t="str">
-        <x:v>[롯데GRS롯데리아] 리아 불고기 더블(빅불)</x:v>
+        <x:v>[롯데GRS롯데리아] 더블엑스투버거</x:v>
       </x:c>
       <x:c r="E162" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F162" s="4" t="str">
-        <x:v>7,600원</x:v>
+        <x:v>7,200원</x:v>
       </x:c>
       <x:c r="G162" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H162" s="4" t="str">
-        <x:v>6,688원</x:v>
+        <x:v>6,336원</x:v>
       </x:c>
       <x:c r="I162" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="163">
       <x:c r="A163" s="3" t="str">
         <x:v>롯데리아</x:v>
       </x:c>
       <x:c r="B163" s="3" t="str">
-        <x:v>G0000008985</x:v>
+        <x:v>G0000008991</x:v>
       </x:c>
       <x:c r="C163" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D163" s="1" t="str">
-        <x:v>[롯데GRS롯데리아] 리아 불고기 더블(빅불) 세트</x:v>
+        <x:v>[롯데GRS롯데리아] 더블엑스투버거 세트</x:v>
       </x:c>
       <x:c r="E163" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F163" s="4" t="str">
-        <x:v>9,600원</x:v>
+        <x:v>9,200원</x:v>
       </x:c>
       <x:c r="G163" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H163" s="4" t="str">
-        <x:v>8,448원</x:v>
+        <x:v>8,096원</x:v>
       </x:c>
       <x:c r="I163" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="164">
       <x:c r="A164" s="3" t="str">
         <x:v>롯데리아</x:v>
       </x:c>
       <x:c r="B164" s="3" t="str">
-        <x:v>G0000008984</x:v>
+        <x:v>G0000008990</x:v>
       </x:c>
       <x:c r="C164" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D164" s="1" t="str">
-        <x:v>[롯데GRS롯데리아] 리아 불고기 베이컨 세트</x:v>
+        <x:v>[롯데GRS롯데리아] 데리버거</x:v>
       </x:c>
       <x:c r="E164" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F164" s="4" t="str">
-        <x:v>8,300원</x:v>
+        <x:v>3,700원</x:v>
       </x:c>
       <x:c r="G164" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H164" s="4" t="str">
-        <x:v>7,304원</x:v>
+        <x:v>3,256원</x:v>
       </x:c>
       <x:c r="I164" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="165">
       <x:c r="A165" s="3" t="str">
         <x:v>롯데리아</x:v>
       </x:c>
       <x:c r="B165" s="3" t="str">
-        <x:v>G0000008983</x:v>
+        <x:v>G0000008989</x:v>
       </x:c>
       <x:c r="C165" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D165" s="1" t="str">
-        <x:v>[롯데GRS롯데리아] 리아 불고기 세트</x:v>
+        <x:v>[롯데GRS롯데리아] 데리버거 세트</x:v>
       </x:c>
       <x:c r="E165" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F165" s="4" t="str">
-        <x:v>7,300원</x:v>
+        <x:v>6,100원</x:v>
       </x:c>
       <x:c r="G165" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H165" s="4" t="str">
-        <x:v>6,424원</x:v>
+        <x:v>5,368원</x:v>
       </x:c>
       <x:c r="I165" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="166">
       <x:c r="A166" s="3" t="str">
         <x:v>롯데리아</x:v>
       </x:c>
       <x:c r="B166" s="3" t="str">
-        <x:v>G0000008982</x:v>
+        <x:v>G0000008499</x:v>
       </x:c>
       <x:c r="C166" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D166" s="1" t="str">
-        <x:v>[롯데GRS롯데리아] 리아 사각새우 더블</x:v>
+        <x:v>[롯데GRS롯데리아] 레몬에이드</x:v>
       </x:c>
       <x:c r="E166" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F166" s="4" t="str">
-        <x:v>6,100원</x:v>
+        <x:v>2,700원</x:v>
       </x:c>
       <x:c r="G166" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H166" s="4" t="str">
-        <x:v>5,368원</x:v>
+        <x:v>2,376원</x:v>
       </x:c>
       <x:c r="I166" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="167">
       <x:c r="A167" s="3" t="str">
         <x:v>롯데리아</x:v>
       </x:c>
       <x:c r="B167" s="3" t="str">
-        <x:v>G0000008981</x:v>
+        <x:v>G0000008988</x:v>
       </x:c>
       <x:c r="C167" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D167" s="1" t="str">
-        <x:v>[롯데GRS롯데리아] 리아 사각새우 더블 세트</x:v>
+        <x:v>[롯데GRS롯데리아] 롱치즈스틱</x:v>
       </x:c>
       <x:c r="E167" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F167" s="4" t="str">
-        <x:v>8,300원</x:v>
+        <x:v>2,400원</x:v>
       </x:c>
       <x:c r="G167" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H167" s="4" t="str">
-        <x:v>7,304원</x:v>
+        <x:v>2,112원</x:v>
       </x:c>
       <x:c r="I167" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="168">
       <x:c r="A168" s="3" t="str">
         <x:v>롯데리아</x:v>
       </x:c>
       <x:c r="B168" s="3" t="str">
-        <x:v>G0000008980</x:v>
+        <x:v>G0000008987</x:v>
       </x:c>
       <x:c r="C168" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D168" s="1" t="str">
-        <x:v>[롯데GRS롯데리아] 리아 새우</x:v>
+        <x:v>[롯데GRS롯데리아] 리아 불고기</x:v>
       </x:c>
       <x:c r="E168" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F168" s="4" t="str">
         <x:v>5,000원</x:v>
       </x:c>
       <x:c r="G168" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H168" s="4" t="str">
         <x:v>4,400원</x:v>
       </x:c>
       <x:c r="I168" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="169">
       <x:c r="A169" s="3" t="str">
         <x:v>롯데리아</x:v>
       </x:c>
       <x:c r="B169" s="3" t="str">
-        <x:v>G0000008979</x:v>
+        <x:v>G0000008986</x:v>
       </x:c>
       <x:c r="C169" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D169" s="1" t="str">
-        <x:v>[롯데GRS롯데리아] 리아 새우 베이컨 세트</x:v>
+        <x:v>[롯데GRS롯데리아] 리아 불고기 더블(빅불)</x:v>
       </x:c>
       <x:c r="E169" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F169" s="4" t="str">
-        <x:v>8,300원</x:v>
+        <x:v>7,600원</x:v>
       </x:c>
       <x:c r="G169" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H169" s="4" t="str">
-        <x:v>7,304원</x:v>
+        <x:v>6,688원</x:v>
       </x:c>
       <x:c r="I169" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="170">
       <x:c r="A170" s="3" t="str">
         <x:v>롯데리아</x:v>
       </x:c>
       <x:c r="B170" s="3" t="str">
-        <x:v>G0000008978</x:v>
+        <x:v>G0000008985</x:v>
       </x:c>
       <x:c r="C170" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D170" s="1" t="str">
-        <x:v>[롯데GRS롯데리아] 리아 새우 세트</x:v>
+        <x:v>[롯데GRS롯데리아] 리아 불고기 더블(빅불) 세트</x:v>
       </x:c>
       <x:c r="E170" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F170" s="4" t="str">
-        <x:v>7,300원</x:v>
+        <x:v>9,600원</x:v>
       </x:c>
       <x:c r="G170" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H170" s="4" t="str">
-        <x:v>6,424원</x:v>
+        <x:v>8,448원</x:v>
       </x:c>
       <x:c r="I170" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="171">
       <x:c r="A171" s="3" t="str">
         <x:v>롯데리아</x:v>
       </x:c>
       <x:c r="B171" s="3" t="str">
-        <x:v>G0000008977</x:v>
+        <x:v>G0000008984</x:v>
       </x:c>
       <x:c r="C171" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D171" s="1" t="str">
-        <x:v>[롯데GRS롯데리아] 모짜렐라 인 더 버거 베이컨</x:v>
+        <x:v>[롯데GRS롯데리아] 리아 불고기 베이컨 세트</x:v>
       </x:c>
       <x:c r="E171" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F171" s="4" t="str">
-        <x:v>8,000원</x:v>
+        <x:v>8,300원</x:v>
       </x:c>
       <x:c r="G171" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H171" s="4" t="str">
-        <x:v>7,040원</x:v>
+        <x:v>7,304원</x:v>
       </x:c>
       <x:c r="I171" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="172">
       <x:c r="A172" s="3" t="str">
         <x:v>롯데리아</x:v>
       </x:c>
       <x:c r="B172" s="3" t="str">
-        <x:v>G0000008976</x:v>
+        <x:v>G0000008983</x:v>
       </x:c>
       <x:c r="C172" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D172" s="1" t="str">
-        <x:v>[롯데GRS롯데리아] 모짜렐라 인 더 버거 베이컨 세트</x:v>
+        <x:v>[롯데GRS롯데리아] 리아 불고기 세트</x:v>
       </x:c>
       <x:c r="E172" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F172" s="4" t="str">
-        <x:v>10,000원</x:v>
+        <x:v>7,300원</x:v>
       </x:c>
       <x:c r="G172" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H172" s="4" t="str">
-        <x:v>8,800원</x:v>
+        <x:v>6,424원</x:v>
       </x:c>
       <x:c r="I172" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="173">
       <x:c r="A173" s="3" t="str">
         <x:v>롯데리아</x:v>
       </x:c>
       <x:c r="B173" s="3" t="str">
-        <x:v>G0000008511</x:v>
+        <x:v>G0000008982</x:v>
       </x:c>
       <x:c r="C173" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D173" s="1" t="str">
-        <x:v>[롯데GRS롯데리아] 사이다(R)</x:v>
+        <x:v>[롯데GRS롯데리아] 리아 사각새우 더블</x:v>
       </x:c>
       <x:c r="E173" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F173" s="4" t="str">
-        <x:v>2,000원</x:v>
+        <x:v>6,100원</x:v>
       </x:c>
       <x:c r="G173" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H173" s="4" t="str">
-        <x:v>1,760원</x:v>
+        <x:v>5,368원</x:v>
       </x:c>
       <x:c r="I173" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="174">
       <x:c r="A174" s="3" t="str">
         <x:v>롯데리아</x:v>
       </x:c>
       <x:c r="B174" s="3" t="str">
-        <x:v>G0000008512</x:v>
+        <x:v>G0000008981</x:v>
       </x:c>
       <x:c r="C174" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D174" s="1" t="str">
-        <x:v>[롯데GRS롯데리아] 선데 허쉬초코</x:v>
+        <x:v>[롯데GRS롯데리아] 리아 사각새우 더블 세트</x:v>
       </x:c>
       <x:c r="E174" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F174" s="4" t="str">
-        <x:v>2,300원</x:v>
+        <x:v>8,300원</x:v>
       </x:c>
       <x:c r="G174" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H174" s="4" t="str">
-        <x:v>2,024원</x:v>
+        <x:v>7,304원</x:v>
       </x:c>
       <x:c r="I174" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="175">
       <x:c r="A175" s="3" t="str">
         <x:v>롯데리아</x:v>
       </x:c>
       <x:c r="B175" s="3" t="str">
-        <x:v>G0000008513</x:v>
+        <x:v>G0000008980</x:v>
       </x:c>
       <x:c r="C175" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D175" s="1" t="str">
-        <x:v>[롯데GRS롯데리아] 선데아이스크림 스트로베리</x:v>
+        <x:v>[롯데GRS롯데리아] 리아 새우</x:v>
       </x:c>
       <x:c r="E175" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F175" s="4" t="str">
-        <x:v>2,300원</x:v>
+        <x:v>5,000원</x:v>
       </x:c>
       <x:c r="G175" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H175" s="4" t="str">
-        <x:v>2,024원</x:v>
+        <x:v>4,400원</x:v>
       </x:c>
       <x:c r="I175" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="176">
       <x:c r="A176" s="3" t="str">
         <x:v>롯데리아</x:v>
       </x:c>
       <x:c r="B176" s="3" t="str">
-        <x:v>G0000008975</x:v>
+        <x:v>G0000008979</x:v>
       </x:c>
       <x:c r="C176" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D176" s="1" t="str">
-        <x:v>[롯데GRS롯데리아] 소프트콘</x:v>
+        <x:v>[롯데GRS롯데리아] 리아 새우 베이컨 세트</x:v>
       </x:c>
       <x:c r="E176" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F176" s="4" t="str">
-        <x:v>1,300원</x:v>
+        <x:v>8,300원</x:v>
       </x:c>
       <x:c r="G176" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H176" s="4" t="str">
-        <x:v>1,144원</x:v>
+        <x:v>7,304원</x:v>
       </x:c>
       <x:c r="I176" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="177">
       <x:c r="A177" s="3" t="str">
         <x:v>롯데리아</x:v>
       </x:c>
       <x:c r="B177" s="3" t="str">
-        <x:v>G0000008515</x:v>
+        <x:v>G0000008978</x:v>
       </x:c>
       <x:c r="C177" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D177" s="1" t="str">
-        <x:v>[롯데GRS롯데리아] 아메리카노</x:v>
+        <x:v>[롯데GRS롯데리아] 리아 새우 세트</x:v>
       </x:c>
       <x:c r="E177" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F177" s="4" t="str">
-        <x:v>2,500원</x:v>
+        <x:v>7,300원</x:v>
       </x:c>
       <x:c r="G177" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H177" s="4" t="str">
-        <x:v>2,200원</x:v>
+        <x:v>6,424원</x:v>
       </x:c>
       <x:c r="I177" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="178">
       <x:c r="A178" s="3" t="str">
         <x:v>롯데리아</x:v>
       </x:c>
       <x:c r="B178" s="3" t="str">
-        <x:v>G0000008516</x:v>
+        <x:v>G0000008977</x:v>
       </x:c>
       <x:c r="C178" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D178" s="1" t="str">
-        <x:v>[롯데GRS롯데리아] 아이스 아메리카노(L)</x:v>
+        <x:v>[롯데GRS롯데리아] 모짜렐라 인 더 버거 베이컨</x:v>
       </x:c>
       <x:c r="E178" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F178" s="4" t="str">
-        <x:v>3,000원</x:v>
+        <x:v>8,000원</x:v>
       </x:c>
       <x:c r="G178" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H178" s="4" t="str">
-        <x:v>2,640원</x:v>
+        <x:v>7,040원</x:v>
       </x:c>
       <x:c r="I178" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="179">
       <x:c r="A179" s="3" t="str">
         <x:v>롯데리아</x:v>
       </x:c>
       <x:c r="B179" s="3" t="str">
-        <x:v>G0000008974</x:v>
+        <x:v>G0000008976</x:v>
       </x:c>
       <x:c r="C179" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D179" s="1" t="str">
-        <x:v>[롯데GRS롯데리아] 양념감자</x:v>
+        <x:v>[롯데GRS롯데리아] 모짜렐라 인 더 버거 베이컨 세트</x:v>
       </x:c>
       <x:c r="E179" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F179" s="4" t="str">
-        <x:v>2,600원</x:v>
+        <x:v>10,000원</x:v>
       </x:c>
       <x:c r="G179" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H179" s="4" t="str">
-        <x:v>2,288원</x:v>
+        <x:v>8,800원</x:v>
       </x:c>
       <x:c r="I179" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="180">
       <x:c r="A180" s="3" t="str">
         <x:v>롯데리아</x:v>
       </x:c>
       <x:c r="B180" s="3" t="str">
-        <x:v>G0000008973</x:v>
+        <x:v>G0000008511</x:v>
       </x:c>
       <x:c r="C180" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D180" s="1" t="str">
-        <x:v>[롯데GRS롯데리아] 치즈스틱</x:v>
+        <x:v>[롯데GRS롯데리아] 사이다(R)</x:v>
       </x:c>
       <x:c r="E180" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F180" s="4" t="str">
-        <x:v>2,800원</x:v>
+        <x:v>2,000원</x:v>
       </x:c>
       <x:c r="G180" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H180" s="4" t="str">
-        <x:v>2,464원</x:v>
+        <x:v>1,760원</x:v>
       </x:c>
       <x:c r="I180" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="181">
       <x:c r="A181" s="3" t="str">
         <x:v>롯데리아</x:v>
       </x:c>
       <x:c r="B181" s="3" t="str">
-        <x:v>G0000008972</x:v>
+        <x:v>G0000008512</x:v>
       </x:c>
       <x:c r="C181" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D181" s="1" t="str">
-        <x:v>[롯데GRS롯데리아] 치킨버거</x:v>
+        <x:v>[롯데GRS롯데리아] 선데 허쉬초코</x:v>
       </x:c>
       <x:c r="E181" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F181" s="4" t="str">
-        <x:v>4,300원</x:v>
+        <x:v>2,300원</x:v>
       </x:c>
       <x:c r="G181" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H181" s="4" t="str">
-        <x:v>3,784원</x:v>
+        <x:v>2,024원</x:v>
       </x:c>
       <x:c r="I181" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="182">
       <x:c r="A182" s="3" t="str">
         <x:v>롯데리아</x:v>
       </x:c>
       <x:c r="B182" s="3" t="str">
-        <x:v>G0000008971</x:v>
+        <x:v>G0000008513</x:v>
       </x:c>
       <x:c r="C182" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D182" s="1" t="str">
-        <x:v>[롯데GRS롯데리아] 치킨버거 세트</x:v>
+        <x:v>[롯데GRS롯데리아] 선데아이스크림 스트로베리</x:v>
       </x:c>
       <x:c r="E182" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F182" s="4" t="str">
-        <x:v>6,700원</x:v>
+        <x:v>2,300원</x:v>
       </x:c>
       <x:c r="G182" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H182" s="4" t="str">
-        <x:v>5,896원</x:v>
+        <x:v>2,024원</x:v>
       </x:c>
       <x:c r="I182" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="183">
       <x:c r="A183" s="3" t="str">
         <x:v>롯데리아</x:v>
       </x:c>
       <x:c r="B183" s="3" t="str">
-        <x:v>G0000008519</x:v>
+        <x:v>G0000008975</x:v>
       </x:c>
       <x:c r="C183" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D183" s="1" t="str">
-        <x:v>[롯데GRS롯데리아] 치킨휠레 2조각</x:v>
+        <x:v>[롯데GRS롯데리아] 소프트콘</x:v>
       </x:c>
       <x:c r="E183" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F183" s="4" t="str">
-        <x:v>3,100원</x:v>
+        <x:v>1,300원</x:v>
       </x:c>
       <x:c r="G183" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H183" s="4" t="str">
-        <x:v>2,728원</x:v>
+        <x:v>1,144원</x:v>
       </x:c>
       <x:c r="I183" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="184">
       <x:c r="A184" s="3" t="str">
         <x:v>롯데리아</x:v>
       </x:c>
       <x:c r="B184" s="3" t="str">
-        <x:v>G0000008520</x:v>
+        <x:v>G0000008515</x:v>
       </x:c>
       <x:c r="C184" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D184" s="1" t="str">
-        <x:v>[롯데GRS롯데리아] 콜라(R)</x:v>
+        <x:v>[롯데GRS롯데리아] 아메리카노</x:v>
       </x:c>
       <x:c r="E184" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F184" s="4" t="str">
-        <x:v>2,000원</x:v>
+        <x:v>2,500원</x:v>
       </x:c>
       <x:c r="G184" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H184" s="4" t="str">
-        <x:v>1,760원</x:v>
+        <x:v>2,200원</x:v>
       </x:c>
       <x:c r="I184" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="185">
       <x:c r="A185" s="3" t="str">
         <x:v>롯데리아</x:v>
       </x:c>
       <x:c r="B185" s="3" t="str">
-        <x:v>G0000008970</x:v>
+        <x:v>G0000008516</x:v>
       </x:c>
       <x:c r="C185" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D185" s="1" t="str">
-        <x:v>[롯데GRS롯데리아] 클래식치즈버거</x:v>
+        <x:v>[롯데GRS롯데리아] 아이스 아메리카노(L)</x:v>
       </x:c>
       <x:c r="E185" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F185" s="4" t="str">
-        <x:v>5,500원</x:v>
+        <x:v>3,000원</x:v>
       </x:c>
       <x:c r="G185" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H185" s="4" t="str">
-        <x:v>4,840원</x:v>
+        <x:v>2,640원</x:v>
       </x:c>
       <x:c r="I185" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="186">
       <x:c r="A186" s="3" t="str">
         <x:v>롯데리아</x:v>
       </x:c>
       <x:c r="B186" s="3" t="str">
-        <x:v>G0000008969</x:v>
+        <x:v>G0000008974</x:v>
       </x:c>
       <x:c r="C186" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D186" s="1" t="str">
-        <x:v>[롯데GRS롯데리아] 클래식치즈버거세트</x:v>
+        <x:v>[롯데GRS롯데리아] 양념감자</x:v>
       </x:c>
       <x:c r="E186" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F186" s="4" t="str">
-        <x:v>7,700원</x:v>
+        <x:v>2,600원</x:v>
       </x:c>
       <x:c r="G186" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H186" s="4" t="str">
-        <x:v>6,776원</x:v>
+        <x:v>2,288원</x:v>
       </x:c>
       <x:c r="I186" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="187">
       <x:c r="A187" s="3" t="str">
         <x:v>롯데리아</x:v>
       </x:c>
       <x:c r="B187" s="3" t="str">
-        <x:v>G0000008968</x:v>
+        <x:v>G0000008973</x:v>
       </x:c>
       <x:c r="C187" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D187" s="1" t="str">
-        <x:v>[롯데GRS롯데리아] 토네이도 스트로베리</x:v>
+        <x:v>[롯데GRS롯데리아] 치즈스틱</x:v>
       </x:c>
       <x:c r="E187" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F187" s="4" t="str">
-        <x:v>3,200원</x:v>
+        <x:v>2,800원</x:v>
       </x:c>
       <x:c r="G187" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H187" s="4" t="str">
-        <x:v>2,816원</x:v>
+        <x:v>2,464원</x:v>
       </x:c>
       <x:c r="I187" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="188">
       <x:c r="A188" s="3" t="str">
         <x:v>롯데리아</x:v>
       </x:c>
       <x:c r="B188" s="3" t="str">
-        <x:v>G0000008967</x:v>
+        <x:v>G0000008972</x:v>
       </x:c>
       <x:c r="C188" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D188" s="1" t="str">
-        <x:v>[롯데GRS롯데리아] 토네이도 초코쿠키</x:v>
+        <x:v>[롯데GRS롯데리아] 치킨버거</x:v>
       </x:c>
       <x:c r="E188" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F188" s="4" t="str">
-        <x:v>3,200원</x:v>
+        <x:v>4,300원</x:v>
       </x:c>
       <x:c r="G188" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H188" s="4" t="str">
-        <x:v>2,816원</x:v>
+        <x:v>3,784원</x:v>
       </x:c>
       <x:c r="I188" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="189">
       <x:c r="A189" s="3" t="str">
         <x:v>롯데리아</x:v>
       </x:c>
       <x:c r="B189" s="3" t="str">
-        <x:v>G0000008966</x:v>
+        <x:v>G0000008971</x:v>
       </x:c>
       <x:c r="C189" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D189" s="1" t="str">
-        <x:v>[롯데GRS롯데리아] 통오징어링</x:v>
+        <x:v>[롯데GRS롯데리아] 치킨버거 세트</x:v>
       </x:c>
       <x:c r="E189" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F189" s="4" t="str">
-        <x:v>2,800원</x:v>
+        <x:v>6,700원</x:v>
       </x:c>
       <x:c r="G189" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H189" s="4" t="str">
-        <x:v>2,464원</x:v>
+        <x:v>5,896원</x:v>
       </x:c>
       <x:c r="I189" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="190">
       <x:c r="A190" s="3" t="str">
         <x:v>롯데리아</x:v>
       </x:c>
       <x:c r="B190" s="3" t="str">
-        <x:v>G0000008963</x:v>
+        <x:v>G0000008519</x:v>
       </x:c>
       <x:c r="C190" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D190" s="1" t="str">
-        <x:v>[롯데GRS롯데리아] 포테이토(R)</x:v>
+        <x:v>[롯데GRS롯데리아] 치킨휠레 2조각</x:v>
       </x:c>
       <x:c r="E190" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F190" s="4" t="str">
-        <x:v>2,000원</x:v>
+        <x:v>3,100원</x:v>
       </x:c>
       <x:c r="G190" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H190" s="4" t="str">
-        <x:v>1,760원</x:v>
+        <x:v>2,728원</x:v>
       </x:c>
       <x:c r="I190" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="191">
       <x:c r="A191" s="3" t="str">
         <x:v>롯데리아</x:v>
       </x:c>
       <x:c r="B191" s="3" t="str">
-        <x:v>G0000008962</x:v>
+        <x:v>G0000008520</x:v>
       </x:c>
       <x:c r="C191" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D191" s="1" t="str">
-        <x:v>[롯데GRS롯데리아] 한우명품팩</x:v>
+        <x:v>[롯데GRS롯데리아] 콜라(R)</x:v>
       </x:c>
       <x:c r="E191" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F191" s="4" t="str">
-        <x:v>18,500원</x:v>
+        <x:v>2,000원</x:v>
       </x:c>
       <x:c r="G191" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H191" s="4" t="str">
-        <x:v>16,280원</x:v>
+        <x:v>1,760원</x:v>
       </x:c>
       <x:c r="I191" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="192">
       <x:c r="A192" s="3" t="str">
         <x:v>롯데리아</x:v>
       </x:c>
       <x:c r="B192" s="3" t="str">
-        <x:v>G0000008961</x:v>
+        <x:v>G0000008970</x:v>
       </x:c>
       <x:c r="C192" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D192" s="1" t="str">
-        <x:v>[롯데GRS롯데리아] 한우불고기버거</x:v>
+        <x:v>[롯데GRS롯데리아] 클래식치즈버거</x:v>
       </x:c>
       <x:c r="E192" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F192" s="4" t="str">
-        <x:v>9,000원</x:v>
+        <x:v>5,500원</x:v>
       </x:c>
       <x:c r="G192" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H192" s="4" t="str">
-        <x:v>7,920원</x:v>
+        <x:v>4,840원</x:v>
       </x:c>
       <x:c r="I192" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="193">
       <x:c r="A193" s="3" t="str">
         <x:v>롯데리아</x:v>
       </x:c>
       <x:c r="B193" s="3" t="str">
-        <x:v>G0000008960</x:v>
+        <x:v>G0000008969</x:v>
       </x:c>
       <x:c r="C193" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D193" s="1" t="str">
-        <x:v>[롯데GRS롯데리아] 한우불고기버거 세트</x:v>
+        <x:v>[롯데GRS롯데리아] 클래식치즈버거세트</x:v>
       </x:c>
       <x:c r="E193" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F193" s="4" t="str">
-        <x:v>10,900원</x:v>
+        <x:v>7,700원</x:v>
       </x:c>
       <x:c r="G193" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H193" s="4" t="str">
-        <x:v>9,592원</x:v>
+        <x:v>6,776원</x:v>
       </x:c>
       <x:c r="I193" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="194">
       <x:c r="A194" s="3" t="str">
         <x:v>롯데리아</x:v>
       </x:c>
       <x:c r="B194" s="3" t="str">
-        <x:v>G0000008959</x:v>
+        <x:v>G0000008968</x:v>
       </x:c>
       <x:c r="C194" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D194" s="1" t="str">
-        <x:v>[롯데GRS롯데리아] 한우불고기버거 콤보</x:v>
+        <x:v>[롯데GRS롯데리아] 토네이도 스트로베리</x:v>
       </x:c>
       <x:c r="E194" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F194" s="4" t="str">
-        <x:v>10,200원</x:v>
+        <x:v>3,200원</x:v>
       </x:c>
       <x:c r="G194" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H194" s="4" t="str">
-        <x:v>8,976원</x:v>
+        <x:v>2,816원</x:v>
       </x:c>
       <x:c r="I194" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="195">
       <x:c r="A195" s="3" t="str">
         <x:v>롯데리아</x:v>
       </x:c>
       <x:c r="B195" s="3" t="str">
-        <x:v>G0000008958</x:v>
+        <x:v>G0000008967</x:v>
       </x:c>
       <x:c r="C195" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D195" s="1" t="str">
-        <x:v>[롯데GRS롯데리아] 한우연인팩</x:v>
+        <x:v>[롯데GRS롯데리아] 토네이도 초코쿠키</x:v>
       </x:c>
       <x:c r="E195" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F195" s="4" t="str">
-        <x:v>16,700원</x:v>
+        <x:v>3,200원</x:v>
       </x:c>
       <x:c r="G195" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H195" s="4" t="str">
-        <x:v>14,696원</x:v>
+        <x:v>2,816원</x:v>
       </x:c>
       <x:c r="I195" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="196">
       <x:c r="A196" s="3" t="str">
         <x:v>롯데리아</x:v>
       </x:c>
       <x:c r="B196" s="3" t="str">
-        <x:v>G0000008524</x:v>
+        <x:v>G0000008966</x:v>
       </x:c>
       <x:c r="C196" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D196" s="1" t="str">
-        <x:v>[롯데GRS롯데리아] 핫초코</x:v>
+        <x:v>[롯데GRS롯데리아] 통오징어링</x:v>
       </x:c>
       <x:c r="E196" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F196" s="4" t="str">
-        <x:v>2,500원</x:v>
+        <x:v>2,800원</x:v>
       </x:c>
       <x:c r="G196" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H196" s="4" t="str">
-        <x:v>2,200원</x:v>
+        <x:v>2,464원</x:v>
       </x:c>
       <x:c r="I196" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="197">
       <x:c r="A197" s="3" t="str">
         <x:v>롯데리아</x:v>
       </x:c>
       <x:c r="B197" s="3" t="str">
-        <x:v>G0000008957</x:v>
+        <x:v>G0000008963</x:v>
       </x:c>
       <x:c r="C197" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D197" s="1" t="str">
-        <x:v>[롯데GRS롯데리아] 핫크리스피치킨버거</x:v>
+        <x:v>[롯데GRS롯데리아] 포테이토(R)</x:v>
       </x:c>
       <x:c r="E197" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F197" s="4" t="str">
-        <x:v>6,200원</x:v>
+        <x:v>2,000원</x:v>
       </x:c>
       <x:c r="G197" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H197" s="4" t="str">
-        <x:v>5,456원</x:v>
+        <x:v>1,760원</x:v>
       </x:c>
       <x:c r="I197" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="198">
       <x:c r="A198" s="3" t="str">
         <x:v>롯데리아</x:v>
       </x:c>
       <x:c r="B198" s="3" t="str">
-        <x:v>G0000008956</x:v>
+        <x:v>G0000008962</x:v>
       </x:c>
       <x:c r="C198" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D198" s="1" t="str">
-        <x:v>[롯데GRS롯데리아] 핫크리스피치킨버거 세트</x:v>
+        <x:v>[롯데GRS롯데리아] 한우명품팩</x:v>
       </x:c>
       <x:c r="E198" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F198" s="4" t="str">
-        <x:v>8,300원</x:v>
+        <x:v>18,500원</x:v>
       </x:c>
       <x:c r="G198" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H198" s="4" t="str">
-        <x:v>7,304원</x:v>
+        <x:v>16,280원</x:v>
       </x:c>
       <x:c r="I198" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="199">
       <x:c r="A199" s="3" t="str">
         <x:v>롯데리아</x:v>
       </x:c>
       <x:c r="B199" s="3" t="str">
-        <x:v>G0000008955</x:v>
+        <x:v>G0000008961</x:v>
       </x:c>
       <x:c r="C199" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D199" s="1" t="str">
-        <x:v>[롯데GRS롯데리아] 화이어윙 4조각</x:v>
+        <x:v>[롯데GRS롯데리아] 한우불고기버거</x:v>
       </x:c>
       <x:c r="E199" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F199" s="4" t="str">
-        <x:v>5,500원</x:v>
+        <x:v>9,000원</x:v>
       </x:c>
       <x:c r="G199" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H199" s="4" t="str">
-        <x:v>4,840원</x:v>
+        <x:v>7,920원</x:v>
       </x:c>
       <x:c r="I199" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="200">
       <x:c r="A200" s="3" t="str">
         <x:v>롯데리아</x:v>
       </x:c>
       <x:c r="B200" s="3" t="str">
-        <x:v>G0000008528</x:v>
+        <x:v>G0000008960</x:v>
       </x:c>
       <x:c r="C200" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D200" s="1" t="str">
-        <x:v>[롯데GRS롯데리아] 휠레 4조각</x:v>
+        <x:v>[롯데GRS롯데리아] 한우불고기버거 세트</x:v>
       </x:c>
       <x:c r="E200" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F200" s="4" t="str">
-        <x:v>5,300원</x:v>
+        <x:v>10,900원</x:v>
       </x:c>
       <x:c r="G200" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H200" s="4" t="str">
-        <x:v>4,664원</x:v>
+        <x:v>9,592원</x:v>
       </x:c>
       <x:c r="I200" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="201">
       <x:c r="A201" s="3" t="str">
-        <x:v>롯데마트</x:v>
+        <x:v>롯데리아</x:v>
       </x:c>
       <x:c r="B201" s="3" t="str">
-        <x:v>G0000008567</x:v>
+        <x:v>G0000008959</x:v>
       </x:c>
       <x:c r="C201" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D201" s="1" t="str">
-        <x:v>[롯데마트] 모바일 금액권 1만원권(잔액관리형)</x:v>
+        <x:v>[롯데GRS롯데리아] 한우불고기버거 콤보</x:v>
       </x:c>
       <x:c r="E201" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F201" s="4" t="str">
-        <x:v>10,000원</x:v>
+        <x:v>10,200원</x:v>
       </x:c>
       <x:c r="G201" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H201" s="4" t="str">
-        <x:v>9,800원</x:v>
+        <x:v>8,976원</x:v>
       </x:c>
       <x:c r="I201" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="202">
       <x:c r="A202" s="3" t="str">
-        <x:v>롯데마트</x:v>
+        <x:v>롯데리아</x:v>
       </x:c>
       <x:c r="B202" s="3" t="str">
-        <x:v>G0000008568</x:v>
+        <x:v>G0000008958</x:v>
       </x:c>
       <x:c r="C202" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D202" s="1" t="str">
-        <x:v>[롯데마트] 모바일 금액권 1천원권(잔액관리형)</x:v>
+        <x:v>[롯데GRS롯데리아] 한우연인팩</x:v>
       </x:c>
       <x:c r="E202" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F202" s="4" t="str">
-        <x:v>1,000원</x:v>
+        <x:v>16,700원</x:v>
       </x:c>
       <x:c r="G202" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H202" s="4" t="str">
-        <x:v>980원</x:v>
+        <x:v>14,696원</x:v>
       </x:c>
       <x:c r="I202" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="203">
       <x:c r="A203" s="3" t="str">
-        <x:v>롯데마트</x:v>
+        <x:v>롯데리아</x:v>
       </x:c>
       <x:c r="B203" s="3" t="str">
-        <x:v>G0000008569</x:v>
+        <x:v>G0000008524</x:v>
       </x:c>
       <x:c r="C203" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D203" s="1" t="str">
-        <x:v>[롯데마트] 모바일 금액권 2만원권(잔액관리형)</x:v>
+        <x:v>[롯데GRS롯데리아] 핫초코</x:v>
       </x:c>
       <x:c r="E203" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F203" s="4" t="str">
-        <x:v>20,000원</x:v>
+        <x:v>2,500원</x:v>
       </x:c>
       <x:c r="G203" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H203" s="4" t="str">
-        <x:v>19,600원</x:v>
+        <x:v>2,200원</x:v>
       </x:c>
       <x:c r="I203" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="204">
       <x:c r="A204" s="3" t="str">
-        <x:v>롯데마트</x:v>
+        <x:v>롯데리아</x:v>
       </x:c>
       <x:c r="B204" s="3" t="str">
-        <x:v>G0000008570</x:v>
+        <x:v>G0000008957</x:v>
       </x:c>
       <x:c r="C204" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D204" s="1" t="str">
-        <x:v>[롯데마트] 모바일 금액권 3만원권(잔액관리형)</x:v>
+        <x:v>[롯데GRS롯데리아] 핫크리스피치킨버거</x:v>
       </x:c>
       <x:c r="E204" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F204" s="4" t="str">
-        <x:v>30,000원</x:v>
+        <x:v>6,200원</x:v>
       </x:c>
       <x:c r="G204" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H204" s="4" t="str">
-        <x:v>29,400원</x:v>
+        <x:v>5,456원</x:v>
       </x:c>
       <x:c r="I204" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="205">
       <x:c r="A205" s="3" t="str">
-        <x:v>롯데마트</x:v>
+        <x:v>롯데리아</x:v>
       </x:c>
       <x:c r="B205" s="3" t="str">
-        <x:v>G0000008571</x:v>
+        <x:v>G0000008956</x:v>
       </x:c>
       <x:c r="C205" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D205" s="1" t="str">
-        <x:v>[롯데마트] 모바일 금액권 3천원권(잔액관리형)</x:v>
+        <x:v>[롯데GRS롯데리아] 핫크리스피치킨버거 세트</x:v>
       </x:c>
       <x:c r="E205" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F205" s="4" t="str">
-        <x:v>3,000원</x:v>
+        <x:v>8,300원</x:v>
       </x:c>
       <x:c r="G205" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H205" s="4" t="str">
-        <x:v>2,940원</x:v>
+        <x:v>7,304원</x:v>
       </x:c>
       <x:c r="I205" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="206">
       <x:c r="A206" s="3" t="str">
-        <x:v>롯데마트</x:v>
+        <x:v>롯데리아</x:v>
       </x:c>
       <x:c r="B206" s="3" t="str">
-        <x:v>G0000008572</x:v>
+        <x:v>G0000008955</x:v>
       </x:c>
       <x:c r="C206" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D206" s="1" t="str">
-        <x:v>[롯데마트] 모바일 금액권 5만원권(잔액관리형)</x:v>
+        <x:v>[롯데GRS롯데리아] 화이어윙 4조각</x:v>
       </x:c>
       <x:c r="E206" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F206" s="4" t="str">
-        <x:v>50,000원</x:v>
+        <x:v>5,500원</x:v>
       </x:c>
       <x:c r="G206" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H206" s="4" t="str">
-        <x:v>49,000원</x:v>
+        <x:v>4,840원</x:v>
       </x:c>
       <x:c r="I206" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="207">
       <x:c r="A207" s="3" t="str">
-        <x:v>롯데마트</x:v>
+        <x:v>롯데리아</x:v>
       </x:c>
       <x:c r="B207" s="3" t="str">
-        <x:v>G0000008573</x:v>
+        <x:v>G0000008528</x:v>
       </x:c>
       <x:c r="C207" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D207" s="1" t="str">
-        <x:v>[롯데마트] 모바일 금액권 5천원권(잔액관리형)</x:v>
+        <x:v>[롯데GRS롯데리아] 휠레 4조각</x:v>
       </x:c>
       <x:c r="E207" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F207" s="4" t="str">
-        <x:v>5,000원</x:v>
+        <x:v>5,300원</x:v>
       </x:c>
       <x:c r="G207" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H207" s="4" t="str">
-        <x:v>4,900원</x:v>
+        <x:v>4,664원</x:v>
       </x:c>
       <x:c r="I207" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="208">
       <x:c r="A208" s="3" t="str">
-        <x:v>롯데백화점/마트</x:v>
+        <x:v>롯데마트</x:v>
       </x:c>
       <x:c r="B208" s="3" t="str">
-        <x:v>G0000006907</x:v>
+        <x:v>G0000008567</x:v>
       </x:c>
       <x:c r="C208" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D208" s="1" t="str">
-        <x:v>[롯데모바일교환권] 10만원</x:v>
+        <x:v>[롯데마트] 모바일 금액권 1만원권(잔액관리형)</x:v>
       </x:c>
       <x:c r="E208" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F208" s="4" t="str">
-        <x:v>100,000원</x:v>
+        <x:v>10,000원</x:v>
       </x:c>
       <x:c r="G208" s="3" t="str">
-        <x:v/>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H208" s="4" t="str">
-        <x:v>100,000원</x:v>
+        <x:v>9,800원</x:v>
       </x:c>
       <x:c r="I208" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="209">
       <x:c r="A209" s="3" t="str">
-        <x:v>롯데백화점/마트</x:v>
+        <x:v>롯데마트</x:v>
       </x:c>
       <x:c r="B209" s="3" t="str">
-        <x:v>G0000006911</x:v>
+        <x:v>G0000008568</x:v>
       </x:c>
       <x:c r="C209" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D209" s="1" t="str">
-        <x:v>[롯데모바일교환권] 1만원</x:v>
+        <x:v>[롯데마트] 모바일 금액권 1천원권(잔액관리형)</x:v>
       </x:c>
       <x:c r="E209" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F209" s="4" t="str">
-        <x:v>10,000원</x:v>
+        <x:v>1,000원</x:v>
       </x:c>
       <x:c r="G209" s="3" t="str">
-        <x:v/>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H209" s="4" t="str">
-        <x:v>10,000원</x:v>
+        <x:v>980원</x:v>
       </x:c>
       <x:c r="I209" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="210">
       <x:c r="A210" s="3" t="str">
-        <x:v>롯데백화점/마트</x:v>
+        <x:v>롯데마트</x:v>
       </x:c>
       <x:c r="B210" s="3" t="str">
-        <x:v>G0000006910</x:v>
+        <x:v>G0000008569</x:v>
       </x:c>
       <x:c r="C210" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D210" s="1" t="str">
-        <x:v>[롯데모바일교환권] 2만원</x:v>
+        <x:v>[롯데마트] 모바일 금액권 2만원권(잔액관리형)</x:v>
       </x:c>
       <x:c r="E210" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F210" s="4" t="str">
         <x:v>20,000원</x:v>
       </x:c>
       <x:c r="G210" s="3" t="str">
-        <x:v/>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H210" s="4" t="str">
-        <x:v>20,000원</x:v>
+        <x:v>19,600원</x:v>
       </x:c>
       <x:c r="I210" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="211">
       <x:c r="A211" s="3" t="str">
-        <x:v>롯데백화점/마트</x:v>
+        <x:v>롯데마트</x:v>
       </x:c>
       <x:c r="B211" s="3" t="str">
-        <x:v>G0000006909</x:v>
+        <x:v>G0000008570</x:v>
       </x:c>
       <x:c r="C211" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D211" s="1" t="str">
-        <x:v>[롯데모바일교환권] 3만원</x:v>
+        <x:v>[롯데마트] 모바일 금액권 3만원권(잔액관리형)</x:v>
       </x:c>
       <x:c r="E211" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F211" s="4" t="str">
         <x:v>30,000원</x:v>
       </x:c>
       <x:c r="G211" s="3" t="str">
-        <x:v/>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H211" s="4" t="str">
-        <x:v>30,000원</x:v>
+        <x:v>29,400원</x:v>
       </x:c>
       <x:c r="I211" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="212">
       <x:c r="A212" s="3" t="str">
-        <x:v>롯데백화점/마트</x:v>
+        <x:v>롯데마트</x:v>
       </x:c>
       <x:c r="B212" s="3" t="str">
-        <x:v>G0000006908</x:v>
+        <x:v>G0000008571</x:v>
       </x:c>
       <x:c r="C212" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D212" s="1" t="str">
-        <x:v>[롯데모바일교환권] 5만원</x:v>
+        <x:v>[롯데마트] 모바일 금액권 3천원권(잔액관리형)</x:v>
       </x:c>
       <x:c r="E212" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F212" s="4" t="str">
-        <x:v>50,000원</x:v>
+        <x:v>3,000원</x:v>
       </x:c>
       <x:c r="G212" s="3" t="str">
-        <x:v/>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H212" s="4" t="str">
-        <x:v>50,000원</x:v>
+        <x:v>2,940원</x:v>
       </x:c>
       <x:c r="I212" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="213">
       <x:c r="A213" s="3" t="str">
-        <x:v>롯데백화점/마트</x:v>
+        <x:v>롯데마트</x:v>
       </x:c>
       <x:c r="B213" s="3" t="str">
-        <x:v>G0000006906</x:v>
+        <x:v>G0000008572</x:v>
       </x:c>
       <x:c r="C213" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D213" s="1" t="str">
-        <x:v>[롯데모바일교환권] 5천원</x:v>
+        <x:v>[롯데마트] 모바일 금액권 5만원권(잔액관리형)</x:v>
       </x:c>
       <x:c r="E213" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F213" s="4" t="str">
-        <x:v>5,000원</x:v>
+        <x:v>50,000원</x:v>
       </x:c>
       <x:c r="G213" s="3" t="str">
-        <x:v/>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H213" s="4" t="str">
-        <x:v>5,000원</x:v>
+        <x:v>49,000원</x:v>
       </x:c>
       <x:c r="I213" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="214">
       <x:c r="A214" s="3" t="str">
-        <x:v>롯데시네마</x:v>
+        <x:v>롯데마트</x:v>
       </x:c>
       <x:c r="B214" s="3" t="str">
-        <x:v>G0000008536</x:v>
+        <x:v>G0000008573</x:v>
       </x:c>
       <x:c r="C214" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D214" s="1" t="str">
-        <x:v>[롯데시네마] 2인 패키지</x:v>
+        <x:v>[롯데마트] 모바일 금액권 5천원권(잔액관리형)</x:v>
       </x:c>
       <x:c r="E214" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F214" s="4" t="str">
-        <x:v>38,900원</x:v>
+        <x:v>5,000원</x:v>
       </x:c>
       <x:c r="G214" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H214" s="4" t="str">
-        <x:v>34,232원</x:v>
+        <x:v>4,900원</x:v>
       </x:c>
       <x:c r="I214" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="215">
       <x:c r="A215" s="3" t="str">
-        <x:v>롯데시네마</x:v>
+        <x:v>롯데백화점/마트</x:v>
       </x:c>
       <x:c r="B215" s="3" t="str">
-        <x:v>G0000008534</x:v>
+        <x:v>G0000006907</x:v>
       </x:c>
       <x:c r="C215" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D215" s="1" t="str">
-        <x:v>[롯데시네마] 2D 1인 영화관람권</x:v>
+        <x:v>[롯데모바일교환권] 10만원</x:v>
       </x:c>
       <x:c r="E215" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F215" s="4" t="str">
-        <x:v>13,000원</x:v>
+        <x:v>100,000원</x:v>
       </x:c>
       <x:c r="G215" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H215" s="4" t="str">
-        <x:v>11,440원</x:v>
+        <x:v>100,000원</x:v>
       </x:c>
       <x:c r="I215" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="216">
       <x:c r="A216" s="3" t="str">
-        <x:v>롯데시네마</x:v>
+        <x:v>롯데백화점/마트</x:v>
       </x:c>
       <x:c r="B216" s="3" t="str">
-        <x:v>G0000008535</x:v>
+        <x:v>G0000006911</x:v>
       </x:c>
       <x:c r="C216" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D216" s="1" t="str">
-        <x:v>[롯데시네마] 2D 2인 영화관람권</x:v>
+        <x:v>[롯데모바일교환권] 1만원</x:v>
       </x:c>
       <x:c r="E216" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F216" s="4" t="str">
-        <x:v>26,000원</x:v>
+        <x:v>10,000원</x:v>
       </x:c>
       <x:c r="G216" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H216" s="4" t="str">
-        <x:v>22,880원</x:v>
+        <x:v>10,000원</x:v>
       </x:c>
       <x:c r="I216" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="217">
       <x:c r="A217" s="3" t="str">
-        <x:v>롯데시네마</x:v>
+        <x:v>롯데백화점/마트</x:v>
       </x:c>
       <x:c r="B217" s="3" t="str">
-        <x:v>G0000008537</x:v>
+        <x:v>G0000006910</x:v>
       </x:c>
       <x:c r="C217" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D217" s="1" t="str">
-        <x:v>[롯데시네마] 스위트콤보</x:v>
+        <x:v>[롯데모바일교환권] 2만원</x:v>
       </x:c>
       <x:c r="E217" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F217" s="4" t="str">
-        <x:v>12,900원</x:v>
+        <x:v>20,000원</x:v>
       </x:c>
       <x:c r="G217" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H217" s="4" t="str">
-        <x:v>11,352원</x:v>
+        <x:v>20,000원</x:v>
       </x:c>
       <x:c r="I217" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="218">
       <x:c r="A218" s="3" t="str">
-        <x:v>맘스터치</x:v>
+        <x:v>롯데백화점/마트</x:v>
       </x:c>
       <x:c r="B218" s="3" t="str">
-        <x:v>G0000009266</x:v>
+        <x:v>G0000006909</x:v>
       </x:c>
       <x:c r="C218" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D218" s="1" t="str">
-        <x:v>[맘스터치] 1만원권</x:v>
+        <x:v>[롯데모바일교환권] 3만원</x:v>
       </x:c>
       <x:c r="E218" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F218" s="4" t="str">
-        <x:v>10,000원</x:v>
+        <x:v>30,000원</x:v>
       </x:c>
       <x:c r="G218" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H218" s="4" t="str">
-        <x:v>9,000원</x:v>
+        <x:v>30,000원</x:v>
       </x:c>
       <x:c r="I218" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="219">
       <x:c r="A219" s="3" t="str">
-        <x:v>맘스터치</x:v>
+        <x:v>롯데백화점/마트</x:v>
       </x:c>
       <x:c r="B219" s="3" t="str">
-        <x:v>G0000009267</x:v>
+        <x:v>G0000006908</x:v>
       </x:c>
       <x:c r="C219" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D219" s="1" t="str">
-        <x:v>[맘스터치] 2만원권</x:v>
+        <x:v>[롯데모바일교환권] 5만원</x:v>
       </x:c>
       <x:c r="E219" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F219" s="4" t="str">
-        <x:v>20,000원</x:v>
+        <x:v>50,000원</x:v>
       </x:c>
       <x:c r="G219" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H219" s="4" t="str">
-        <x:v>18,000원</x:v>
+        <x:v>50,000원</x:v>
       </x:c>
       <x:c r="I219" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="220">
       <x:c r="A220" s="3" t="str">
-        <x:v>맘스터치</x:v>
+        <x:v>롯데백화점/마트</x:v>
       </x:c>
       <x:c r="B220" s="3" t="str">
-        <x:v>G0000009268</x:v>
+        <x:v>G0000006906</x:v>
       </x:c>
       <x:c r="C220" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D220" s="1" t="str">
-        <x:v>[맘스터치] 3만원권</x:v>
+        <x:v>[롯데모바일교환권] 5천원</x:v>
       </x:c>
       <x:c r="E220" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F220" s="4" t="str">
-        <x:v>30,000원</x:v>
+        <x:v>5,000원</x:v>
       </x:c>
       <x:c r="G220" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H220" s="4" t="str">
-        <x:v>27,000원</x:v>
+        <x:v>5,000원</x:v>
       </x:c>
       <x:c r="I220" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="221">
       <x:c r="A221" s="3" t="str">
-        <x:v>맘스터치</x:v>
+        <x:v>롯데시네마</x:v>
       </x:c>
       <x:c r="B221" s="3" t="str">
-        <x:v>G0000009269</x:v>
+        <x:v>G0000008536</x:v>
       </x:c>
       <x:c r="C221" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D221" s="1" t="str">
-        <x:v>[맘스터치] 5만원권</x:v>
+        <x:v>[롯데시네마] 2인 패키지</x:v>
       </x:c>
       <x:c r="E221" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F221" s="4" t="str">
-        <x:v>50,000원</x:v>
+        <x:v>38,900원</x:v>
       </x:c>
       <x:c r="G221" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H221" s="4" t="str">
-        <x:v>45,000원</x:v>
+        <x:v>34,232원</x:v>
       </x:c>
       <x:c r="I221" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="222">
       <x:c r="A222" s="3" t="str">
-        <x:v>맘스터치</x:v>
+        <x:v>롯데시네마</x:v>
       </x:c>
       <x:c r="B222" s="3" t="str">
-        <x:v>G0000009270</x:v>
+        <x:v>G0000008534</x:v>
       </x:c>
       <x:c r="C222" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D222" s="1" t="str">
-        <x:v>[맘스터치] 5천원권</x:v>
+        <x:v>[롯데시네마] 2D 1인 영화관람권</x:v>
       </x:c>
       <x:c r="E222" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F222" s="4" t="str">
-        <x:v>5,000원</x:v>
+        <x:v>13,000원</x:v>
       </x:c>
       <x:c r="G222" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H222" s="4" t="str">
-        <x:v>4,500원</x:v>
+        <x:v>11,440원</x:v>
       </x:c>
       <x:c r="I222" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="223">
       <x:c r="A223" s="3" t="str">
-        <x:v>맘스터치</x:v>
+        <x:v>롯데시네마</x:v>
       </x:c>
       <x:c r="B223" s="3" t="str">
-        <x:v>G0000009271</x:v>
+        <x:v>G0000008535</x:v>
       </x:c>
       <x:c r="C223" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D223" s="1" t="str">
-        <x:v>[맘스터치] 간장마늘 빅싸이순살</x:v>
+        <x:v>[롯데시네마] 2D 2인 영화관람권</x:v>
       </x:c>
       <x:c r="E223" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F223" s="4" t="str">
-        <x:v>13,900원</x:v>
+        <x:v>26,000원</x:v>
       </x:c>
       <x:c r="G223" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H223" s="4" t="str">
-        <x:v>12,232원</x:v>
+        <x:v>22,880원</x:v>
       </x:c>
       <x:c r="I223" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="224">
       <x:c r="A224" s="3" t="str">
-        <x:v>맘스터치</x:v>
+        <x:v>롯데시네마</x:v>
       </x:c>
       <x:c r="B224" s="3" t="str">
-        <x:v>G0000009272</x:v>
+        <x:v>G0000008537</x:v>
       </x:c>
       <x:c r="C224" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D224" s="1" t="str">
-        <x:v>[맘스터치] 간장마늘 빅싸이순살맥스</x:v>
+        <x:v>[롯데시네마] 스위트콤보</x:v>
       </x:c>
       <x:c r="E224" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F224" s="4" t="str">
-        <x:v>21,900원</x:v>
+        <x:v>12,900원</x:v>
       </x:c>
       <x:c r="G224" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H224" s="4" t="str">
-        <x:v>19,272원</x:v>
+        <x:v>11,352원</x:v>
       </x:c>
       <x:c r="I224" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="225">
       <x:c r="A225" s="3" t="str">
         <x:v>맘스터치</x:v>
       </x:c>
       <x:c r="B225" s="3" t="str">
-        <x:v>G0000009273</x:v>
+        <x:v>G0000009266</x:v>
       </x:c>
       <x:c r="C225" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D225" s="1" t="str">
-        <x:v>[맘스터치] 간장마늘떡강정R</x:v>
+        <x:v>[맘스터치] 1만원권</x:v>
       </x:c>
       <x:c r="E225" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F225" s="4" t="str">
-        <x:v>12,200원</x:v>
+        <x:v>10,000원</x:v>
       </x:c>
       <x:c r="G225" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H225" s="4" t="str">
-        <x:v>10,736원</x:v>
+        <x:v>9,000원</x:v>
       </x:c>
       <x:c r="I225" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="226">
       <x:c r="A226" s="3" t="str">
         <x:v>맘스터치</x:v>
       </x:c>
       <x:c r="B226" s="3" t="str">
-        <x:v>G0000009274</x:v>
+        <x:v>G0000009267</x:v>
       </x:c>
       <x:c r="C226" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D226" s="1" t="str">
-        <x:v>[맘스터치] 간장마늘치킨 반마리</x:v>
+        <x:v>[맘스터치] 2만원권</x:v>
       </x:c>
       <x:c r="E226" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F226" s="4" t="str">
-        <x:v>10,900원</x:v>
+        <x:v>20,000원</x:v>
       </x:c>
       <x:c r="G226" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H226" s="4" t="str">
-        <x:v>9,592원</x:v>
+        <x:v>18,000원</x:v>
       </x:c>
       <x:c r="I226" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="227">
       <x:c r="A227" s="3" t="str">
         <x:v>맘스터치</x:v>
       </x:c>
       <x:c r="B227" s="3" t="str">
-        <x:v>G0000009275</x:v>
+        <x:v>G0000009268</x:v>
       </x:c>
       <x:c r="C227" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D227" s="1" t="str">
-        <x:v>[맘스터치] 간장마늘치킨 한마리</x:v>
+        <x:v>[맘스터치] 3만원권</x:v>
       </x:c>
       <x:c r="E227" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F227" s="4" t="str">
-        <x:v>19,900원</x:v>
+        <x:v>30,000원</x:v>
       </x:c>
       <x:c r="G227" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H227" s="4" t="str">
-        <x:v>17,512원</x:v>
+        <x:v>27,000원</x:v>
       </x:c>
       <x:c r="I227" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="228">
       <x:c r="A228" s="3" t="str">
         <x:v>맘스터치</x:v>
       </x:c>
       <x:c r="B228" s="3" t="str">
-        <x:v>G0000009276</x:v>
+        <x:v>G0000009269</x:v>
       </x:c>
       <x:c r="C228" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D228" s="1" t="str">
-        <x:v>[맘스터치] 그릴드더블비프버거 단품</x:v>
+        <x:v>[맘스터치] 5만원권</x:v>
       </x:c>
       <x:c r="E228" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F228" s="4" t="str">
-        <x:v>9,300원</x:v>
+        <x:v>50,000원</x:v>
       </x:c>
       <x:c r="G228" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H228" s="4" t="str">
-        <x:v>8,184원</x:v>
+        <x:v>45,000원</x:v>
       </x:c>
       <x:c r="I228" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="229">
       <x:c r="A229" s="3" t="str">
         <x:v>맘스터치</x:v>
       </x:c>
       <x:c r="B229" s="3" t="str">
-        <x:v>G0000009277</x:v>
+        <x:v>G0000009270</x:v>
       </x:c>
       <x:c r="C229" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D229" s="1" t="str">
-        <x:v>[맘스터치] 그릴드더블비프버거 세트</x:v>
+        <x:v>[맘스터치] 5천원권</x:v>
       </x:c>
       <x:c r="E229" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F229" s="4" t="str">
-        <x:v>11,700원</x:v>
+        <x:v>5,000원</x:v>
       </x:c>
       <x:c r="G229" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H229" s="4" t="str">
-        <x:v>10,296원</x:v>
+        <x:v>4,500원</x:v>
       </x:c>
       <x:c r="I229" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="230">
       <x:c r="A230" s="3" t="str">
         <x:v>맘스터치</x:v>
       </x:c>
       <x:c r="B230" s="3" t="str">
-        <x:v>G0000009278</x:v>
+        <x:v>G0000009274</x:v>
       </x:c>
       <x:c r="C230" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D230" s="1" t="str">
-        <x:v>[맘스터치] 그릴드비프버거 단품</x:v>
+        <x:v>[맘스터치] 간장마늘치킨 반마리</x:v>
       </x:c>
       <x:c r="E230" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F230" s="4" t="str">
-        <x:v>5,400원</x:v>
+        <x:v>10,900원</x:v>
       </x:c>
       <x:c r="G230" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H230" s="4" t="str">
-        <x:v>4,752원</x:v>
+        <x:v>9,592원</x:v>
       </x:c>
       <x:c r="I230" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="231">
       <x:c r="A231" s="3" t="str">
         <x:v>맘스터치</x:v>
       </x:c>
       <x:c r="B231" s="3" t="str">
-        <x:v>G0000009279</x:v>
+        <x:v>G0000009275</x:v>
       </x:c>
       <x:c r="C231" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D231" s="1" t="str">
-        <x:v>[맘스터치] 그릴드비프버거 세트</x:v>
+        <x:v>[맘스터치] 간장마늘치킨 한마리</x:v>
       </x:c>
       <x:c r="E231" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F231" s="4" t="str">
-        <x:v>7,800원</x:v>
+        <x:v>19,900원</x:v>
       </x:c>
       <x:c r="G231" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H231" s="4" t="str">
-        <x:v>6,864원</x:v>
+        <x:v>17,512원</x:v>
       </x:c>
       <x:c r="I231" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="232">
       <x:c r="A232" s="3" t="str">
         <x:v>맘스터치</x:v>
       </x:c>
       <x:c r="B232" s="3" t="str">
-        <x:v>G0000009280</x:v>
+        <x:v>G0000009276</x:v>
       </x:c>
       <x:c r="C232" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D232" s="1" t="str">
-        <x:v>[맘스터치] 디럭스불고기버거 세트</x:v>
+        <x:v>[맘스터치] 그릴드더블비프버거 단품</x:v>
       </x:c>
       <x:c r="E232" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F232" s="4" t="str">
-        <x:v>8,200원</x:v>
+        <x:v>9,300원</x:v>
       </x:c>
       <x:c r="G232" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H232" s="4" t="str">
-        <x:v>7,216원</x:v>
+        <x:v>8,184원</x:v>
       </x:c>
       <x:c r="I232" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="233">
       <x:c r="A233" s="3" t="str">
         <x:v>맘스터치</x:v>
       </x:c>
       <x:c r="B233" s="3" t="str">
-        <x:v>G0000009281</x:v>
+        <x:v>G0000009278</x:v>
       </x:c>
       <x:c r="C233" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D233" s="1" t="str">
-        <x:v>[맘스터치] 딥치즈버거 단품</x:v>
+        <x:v>[맘스터치] 그릴드비프버거 단품</x:v>
       </x:c>
       <x:c r="E233" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F233" s="4" t="str">
         <x:v>5,400원</x:v>
       </x:c>
       <x:c r="G233" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H233" s="4" t="str">
         <x:v>4,752원</x:v>
       </x:c>
       <x:c r="I233" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="234">
       <x:c r="A234" s="3" t="str">
         <x:v>맘스터치</x:v>
       </x:c>
       <x:c r="B234" s="3" t="str">
-        <x:v>G0000009282</x:v>
+        <x:v>G0000009281</x:v>
       </x:c>
       <x:c r="C234" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D234" s="1" t="str">
-        <x:v>[맘스터치] 딥치즈버거 세트</x:v>
+        <x:v>[맘스터치] 딥치즈버거 단품</x:v>
       </x:c>
       <x:c r="E234" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F234" s="4" t="str">
-        <x:v>7,800원</x:v>
+        <x:v>5,400원</x:v>
       </x:c>
       <x:c r="G234" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H234" s="4" t="str">
-        <x:v>6,864원</x:v>
+        <x:v>4,752원</x:v>
       </x:c>
       <x:c r="I234" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="235">
       <x:c r="A235" s="3" t="str">
         <x:v>맘스터치</x:v>
       </x:c>
       <x:c r="B235" s="3" t="str">
-        <x:v>G0000009283</x:v>
+        <x:v>G0000009285</x:v>
       </x:c>
       <x:c r="C235" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D235" s="1" t="str">
-        <x:v>[맘스터치] 맘스양념 빅싸이순살</x:v>
+        <x:v>[맘스터치] 맘스양념치킨 반마리</x:v>
       </x:c>
       <x:c r="E235" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F235" s="4" t="str">
-        <x:v>13,900원</x:v>
+        <x:v>10,900원</x:v>
       </x:c>
       <x:c r="G235" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H235" s="4" t="str">
-        <x:v>12,232원</x:v>
+        <x:v>9,592원</x:v>
       </x:c>
       <x:c r="I235" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="236">
       <x:c r="A236" s="3" t="str">
         <x:v>맘스터치</x:v>
       </x:c>
       <x:c r="B236" s="3" t="str">
-        <x:v>G0000009284</x:v>
+        <x:v>G0000009286</x:v>
       </x:c>
       <x:c r="C236" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D236" s="1" t="str">
-        <x:v>[맘스터치] 맘스양념 빅싸이순살맥스</x:v>
+        <x:v>[맘스터치] 맘스양념치킨 한마리</x:v>
       </x:c>
       <x:c r="E236" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F236" s="4" t="str">
-        <x:v>21,900원</x:v>
+        <x:v>19,900원</x:v>
       </x:c>
       <x:c r="G236" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H236" s="4" t="str">
-        <x:v>19,272원</x:v>
+        <x:v>17,512원</x:v>
       </x:c>
       <x:c r="I236" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="237">
       <x:c r="A237" s="3" t="str">
         <x:v>맘스터치</x:v>
       </x:c>
       <x:c r="B237" s="3" t="str">
-        <x:v>G0000009285</x:v>
+        <x:v>G0000009287</x:v>
       </x:c>
       <x:c r="C237" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D237" s="1" t="str">
-        <x:v>[맘스터치] 맘스양념치킨 반마리</x:v>
+        <x:v>[맘스터치] 매콤김떡만</x:v>
       </x:c>
       <x:c r="E237" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F237" s="4" t="str">
-        <x:v>10,900원</x:v>
+        <x:v>3,600원</x:v>
       </x:c>
       <x:c r="G237" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H237" s="4" t="str">
-        <x:v>9,592원</x:v>
+        <x:v>3,168원</x:v>
       </x:c>
       <x:c r="I237" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="238">
       <x:c r="A238" s="3" t="str">
         <x:v>맘스터치</x:v>
       </x:c>
       <x:c r="B238" s="3" t="str">
-        <x:v>G0000009286</x:v>
+        <x:v>G0000009293</x:v>
       </x:c>
       <x:c r="C238" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D238" s="1" t="str">
-        <x:v>[맘스터치] 맘스양념치킨 한마리</x:v>
+        <x:v>[맘스터치] 비프스테이크버거 단품</x:v>
       </x:c>
       <x:c r="E238" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F238" s="4" t="str">
-        <x:v>19,900원</x:v>
+        <x:v>6,500원</x:v>
       </x:c>
       <x:c r="G238" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H238" s="4" t="str">
-        <x:v>17,512원</x:v>
+        <x:v>5,720원</x:v>
       </x:c>
       <x:c r="I238" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="239">
       <x:c r="A239" s="3" t="str">
         <x:v>맘스터치</x:v>
       </x:c>
       <x:c r="B239" s="3" t="str">
-        <x:v>G0000009287</x:v>
+        <x:v>G0000009301</x:v>
       </x:c>
       <x:c r="C239" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D239" s="1" t="str">
-        <x:v>[맘스터치] 매콤김떡만</x:v>
+        <x:v>[맘스터치] 에드워드 리 비프버거 단품</x:v>
       </x:c>
       <x:c r="E239" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F239" s="4" t="str">
-        <x:v>3,600원</x:v>
+        <x:v>8,400원</x:v>
       </x:c>
       <x:c r="G239" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H239" s="4" t="str">
-        <x:v>3,168원</x:v>
+        <x:v>7,392원</x:v>
       </x:c>
       <x:c r="I239" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="240">
       <x:c r="A240" s="3" t="str">
         <x:v>맘스터치</x:v>
       </x:c>
       <x:c r="B240" s="3" t="str">
-        <x:v>G0000009288</x:v>
+        <x:v>G0000009306</x:v>
       </x:c>
       <x:c r="C240" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D240" s="1" t="str">
-        <x:v>[맘스터치] 불고기버거 세트</x:v>
+        <x:v>[맘스터치] 에드워드 리 치킨 한마리</x:v>
       </x:c>
       <x:c r="E240" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F240" s="4" t="str">
-        <x:v>6,600원</x:v>
+        <x:v>21,500원</x:v>
       </x:c>
       <x:c r="G240" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H240" s="4" t="str">
-        <x:v>5,808원</x:v>
+        <x:v>18,920원</x:v>
       </x:c>
       <x:c r="I240" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="241">
       <x:c r="A241" s="3" t="str">
         <x:v>맘스터치</x:v>
       </x:c>
       <x:c r="B241" s="3" t="str">
-        <x:v>G0000009289</x:v>
+        <x:v>G0000009307</x:v>
       </x:c>
       <x:c r="C241" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D241" s="1" t="str">
-        <x:v>[맘스터치] 불불불불싸이버거 단품</x:v>
+        <x:v>[맘스터치] 와우스모크디럭스버거 단품</x:v>
       </x:c>
       <x:c r="E241" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F241" s="4" t="str">
-        <x:v>6,800원</x:v>
+        <x:v>5,600원</x:v>
       </x:c>
       <x:c r="G241" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H241" s="4" t="str">
-        <x:v>5,984원</x:v>
+        <x:v>4,928원</x:v>
       </x:c>
       <x:c r="I241" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="242">
       <x:c r="A242" s="3" t="str">
         <x:v>맘스터치</x:v>
       </x:c>
       <x:c r="B242" s="3" t="str">
-        <x:v>G0000009290</x:v>
+        <x:v>G0000009312</x:v>
       </x:c>
       <x:c r="C242" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D242" s="1" t="str">
-        <x:v>[맘스터치] 불불불불싸이버거 세트</x:v>
+        <x:v>[맘스터치] 케이준양념감자(대)</x:v>
       </x:c>
       <x:c r="E242" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F242" s="4" t="str">
-        <x:v>9,200원</x:v>
+        <x:v>3,600원</x:v>
       </x:c>
       <x:c r="G242" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H242" s="4" t="str">
-        <x:v>8,096원</x:v>
+        <x:v>3,168원</x:v>
       </x:c>
       <x:c r="I242" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="243">
       <x:c r="A243" s="3" t="str">
         <x:v>맘스터치</x:v>
       </x:c>
       <x:c r="B243" s="3" t="str">
-        <x:v>G0000009291</x:v>
+        <x:v>G0000009317</x:v>
       </x:c>
       <x:c r="C243" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D243" s="1" t="str">
-        <x:v>[맘스터치] 불싸이버거 단품</x:v>
+        <x:v>[맘스터치] 할라피뇨너겟(10조각)</x:v>
       </x:c>
       <x:c r="E243" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F243" s="4" t="str">
-        <x:v>5,100원</x:v>
+        <x:v>4,600원</x:v>
       </x:c>
       <x:c r="G243" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H243" s="4" t="str">
-        <x:v>4,488원</x:v>
+        <x:v>4,048원</x:v>
       </x:c>
       <x:c r="I243" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="244">
       <x:c r="A244" s="3" t="str">
         <x:v>맘스터치</x:v>
       </x:c>
       <x:c r="B244" s="3" t="str">
-        <x:v>G0000009292</x:v>
+        <x:v>G0000009320</x:v>
       </x:c>
       <x:c r="C244" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D244" s="1" t="str">
-        <x:v>[맘스터치] 불싸이버거 세트</x:v>
+        <x:v>[맘스터치] 핫치즈치킨 한마리</x:v>
       </x:c>
       <x:c r="E244" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F244" s="4" t="str">
-        <x:v>7,500원</x:v>
+        <x:v>20,500원</x:v>
       </x:c>
       <x:c r="G244" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H244" s="4" t="str">
-        <x:v>6,600원</x:v>
+        <x:v>18,040원</x:v>
       </x:c>
       <x:c r="I244" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="245">
       <x:c r="A245" s="3" t="str">
         <x:v>맘스터치</x:v>
       </x:c>
       <x:c r="B245" s="3" t="str">
-        <x:v>G0000009293</x:v>
+        <x:v>G0000009321</x:v>
       </x:c>
       <x:c r="C245" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D245" s="1" t="str">
-        <x:v>[맘스터치] 비프스테이크버거 단품</x:v>
+        <x:v>[맘스터치] 화이트갈릭버거 단품</x:v>
       </x:c>
       <x:c r="E245" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F245" s="4" t="str">
-        <x:v>6,500원</x:v>
+        <x:v>5,500원</x:v>
       </x:c>
       <x:c r="G245" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H245" s="4" t="str">
-        <x:v>5,720원</x:v>
+        <x:v>4,840원</x:v>
       </x:c>
       <x:c r="I245" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="246">
       <x:c r="A246" s="3" t="str">
         <x:v>맘스터치</x:v>
       </x:c>
       <x:c r="B246" s="3" t="str">
-        <x:v>G0000009294</x:v>
+        <x:v>G0000009325</x:v>
       </x:c>
       <x:c r="C246" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D246" s="1" t="str">
-        <x:v>[맘스터치] 비프스테이크버거 세트</x:v>
+        <x:v>[맘스터치] 후라이드치킨 반마리</x:v>
       </x:c>
       <x:c r="E246" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F246" s="4" t="str">
-        <x:v>8,900원</x:v>
+        <x:v>9,900원</x:v>
       </x:c>
       <x:c r="G246" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H246" s="4" t="str">
-        <x:v>7,832원</x:v>
+        <x:v>8,712원</x:v>
       </x:c>
       <x:c r="I246" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="247">
       <x:c r="A247" s="3" t="str">
         <x:v>맘스터치</x:v>
       </x:c>
       <x:c r="B247" s="3" t="str">
-        <x:v>G0000009295</x:v>
+        <x:v>G0000009326</x:v>
       </x:c>
       <x:c r="C247" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D247" s="1" t="str">
-        <x:v>[맘스터치] 새우불고기버거 세트</x:v>
+        <x:v>[맘스터치] 후라이드치킨 한마리</x:v>
       </x:c>
       <x:c r="E247" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F247" s="4" t="str">
-        <x:v>8,700원</x:v>
+        <x:v>17,900원</x:v>
       </x:c>
       <x:c r="G247" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H247" s="4" t="str">
-        <x:v>7,656원</x:v>
+        <x:v>15,752원</x:v>
       </x:c>
       <x:c r="I247" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="248">
       <x:c r="A248" s="3" t="str">
         <x:v>맘스터치</x:v>
       </x:c>
       <x:c r="B248" s="3" t="str">
-        <x:v>G0000009296</x:v>
+        <x:v>G0000009327</x:v>
       </x:c>
       <x:c r="C248" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D248" s="1" t="str">
-        <x:v>[맘스터치] 싸이버거 단품</x:v>
+        <x:v>[맘스터치] 후라이드통다리(1조각)</x:v>
       </x:c>
       <x:c r="E248" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F248" s="4" t="str">
-        <x:v>4,900원</x:v>
+        <x:v>5,000원</x:v>
       </x:c>
       <x:c r="G248" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H248" s="4" t="str">
-        <x:v>4,312원</x:v>
+        <x:v>4,400원</x:v>
       </x:c>
       <x:c r="I248" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="249">
       <x:c r="A249" s="3" t="str">
-        <x:v>맘스터치</x:v>
+        <x:v>매머드익스프레스</x:v>
       </x:c>
       <x:c r="B249" s="3" t="str">
-        <x:v>G0000009297</x:v>
+        <x:v>G0000009330</x:v>
       </x:c>
       <x:c r="C249" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D249" s="1" t="str">
-        <x:v>[맘스터치] 싸이버거 세트</x:v>
+        <x:v>(매머드익스프레스) 고구마 라떼 M</x:v>
       </x:c>
       <x:c r="E249" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F249" s="4" t="str">
-        <x:v>7,300원</x:v>
+        <x:v>3,400원</x:v>
       </x:c>
       <x:c r="G249" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H249" s="4" t="str">
-        <x:v>6,424원</x:v>
+        <x:v>2,992원</x:v>
       </x:c>
       <x:c r="I249" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="250">
       <x:c r="A250" s="3" t="str">
-        <x:v>맘스터치</x:v>
+        <x:v>매머드익스프레스</x:v>
       </x:c>
       <x:c r="B250" s="3" t="str">
-        <x:v>G0000009298</x:v>
+        <x:v>G0000009331</x:v>
       </x:c>
       <x:c r="C250" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D250" s="1" t="str">
-        <x:v>[맘스터치] 싸이플렉스버거 세트</x:v>
+        <x:v>(매머드익스프레스) 깔라만시 에이드 M</x:v>
       </x:c>
       <x:c r="E250" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F250" s="4" t="str">
-        <x:v>10,700원</x:v>
+        <x:v>3,600원</x:v>
       </x:c>
       <x:c r="G250" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H250" s="4" t="str">
-        <x:v>9,416원</x:v>
+        <x:v>3,168원</x:v>
       </x:c>
       <x:c r="I250" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="251">
       <x:c r="A251" s="3" t="str">
-        <x:v>맘스터치</x:v>
+        <x:v>매머드익스프레스</x:v>
       </x:c>
       <x:c r="B251" s="3" t="str">
-        <x:v>G0000009299</x:v>
+        <x:v>G0000009333</x:v>
       </x:c>
       <x:c r="C251" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D251" s="1" t="str">
-        <x:v>[맘스터치] 아라비아따치즈버거 세트</x:v>
+        <x:v>(매머드익스프레스) 꿀커피 M</x:v>
       </x:c>
       <x:c r="E251" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F251" s="4" t="str">
-        <x:v>9,800원</x:v>
+        <x:v>2,300원</x:v>
       </x:c>
       <x:c r="G251" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H251" s="4" t="str">
-        <x:v>8,624원</x:v>
+        <x:v>2,024원</x:v>
       </x:c>
       <x:c r="I251" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="252">
       <x:c r="A252" s="3" t="str">
-        <x:v>맘스터치</x:v>
+        <x:v>매머드익스프레스</x:v>
       </x:c>
       <x:c r="B252" s="3" t="str">
-        <x:v>G0000009300</x:v>
+        <x:v>G0000009341</x:v>
       </x:c>
       <x:c r="C252" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D252" s="1" t="str">
-        <x:v>[맘스터치] 언빌리버블버거 세트</x:v>
+        <x:v>(매머드익스프레스) 딸기 밀크쉐이크</x:v>
       </x:c>
       <x:c r="E252" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F252" s="4" t="str">
-        <x:v>8,900원</x:v>
+        <x:v>4,500원</x:v>
       </x:c>
       <x:c r="G252" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H252" s="4" t="str">
-        <x:v>7,832원</x:v>
+        <x:v>3,960원</x:v>
       </x:c>
       <x:c r="I252" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="253">
       <x:c r="A253" s="3" t="str">
-        <x:v>맘스터치</x:v>
+        <x:v>매머드익스프레스</x:v>
       </x:c>
       <x:c r="B253" s="3" t="str">
-        <x:v>G0000009301</x:v>
+        <x:v>G0000009343</x:v>
       </x:c>
       <x:c r="C253" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D253" s="1" t="str">
-        <x:v>[맘스터치] 에드워드 리 비프버거 단품</x:v>
+        <x:v>(매머드익스프레스) 레몬&amp;오렌지(홍차) M</x:v>
       </x:c>
       <x:c r="E253" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F253" s="4" t="str">
-        <x:v>8,400원</x:v>
+        <x:v>3,700원</x:v>
       </x:c>
       <x:c r="G253" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H253" s="4" t="str">
-        <x:v>7,392원</x:v>
+        <x:v>3,256원</x:v>
       </x:c>
       <x:c r="I253" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="254">
       <x:c r="A254" s="3" t="str">
-        <x:v>맘스터치</x:v>
+        <x:v>매머드익스프레스</x:v>
       </x:c>
       <x:c r="B254" s="3" t="str">
-        <x:v>G0000009302</x:v>
+        <x:v>G0000009344</x:v>
       </x:c>
       <x:c r="C254" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D254" s="1" t="str">
-        <x:v>[맘스터치] 에드워드 리 빅싸이순살</x:v>
+        <x:v>(매머드익스프레스) 레몬밤 민트티 M</x:v>
       </x:c>
       <x:c r="E254" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F254" s="4" t="str">
-        <x:v>14,900원</x:v>
+        <x:v>3,500원</x:v>
       </x:c>
       <x:c r="G254" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H254" s="4" t="str">
-        <x:v>13,112원</x:v>
+        <x:v>3,080원</x:v>
       </x:c>
       <x:c r="I254" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="255">
       <x:c r="A255" s="3" t="str">
-        <x:v>맘스터치</x:v>
+        <x:v>매머드익스프레스</x:v>
       </x:c>
       <x:c r="B255" s="3" t="str">
-        <x:v>G0000009303</x:v>
+        <x:v>G0000009389</x:v>
       </x:c>
       <x:c r="C255" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D255" s="1" t="str">
-        <x:v>[맘스터치] 에드워드 리 빅싸이순살맥스</x:v>
+        <x:v>(매머드익스프레스) 모바일금액권 1만원권</x:v>
       </x:c>
       <x:c r="E255" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F255" s="4" t="str">
-        <x:v>22,900원</x:v>
+        <x:v>10,000원</x:v>
       </x:c>
       <x:c r="G255" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H255" s="4" t="str">
-        <x:v>20,152원</x:v>
+        <x:v>9,000원</x:v>
       </x:c>
       <x:c r="I255" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="256">
       <x:c r="A256" s="3" t="str">
-        <x:v>맘스터치</x:v>
+        <x:v>매머드익스프레스</x:v>
       </x:c>
       <x:c r="B256" s="3" t="str">
-        <x:v>G0000009304</x:v>
+        <x:v>G0000009390</x:v>
       </x:c>
       <x:c r="C256" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D256" s="1" t="str">
-        <x:v>[맘스터치] 에드워드 리 싸이버거 단품</x:v>
+        <x:v>(매머드익스프레스) 모바일금액권 2만원권</x:v>
       </x:c>
       <x:c r="E256" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F256" s="4" t="str">
-        <x:v>7,800원</x:v>
+        <x:v>20,000원</x:v>
       </x:c>
       <x:c r="G256" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H256" s="4" t="str">
-        <x:v>6,864원</x:v>
+        <x:v>18,000원</x:v>
       </x:c>
       <x:c r="I256" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="257">
       <x:c r="A257" s="3" t="str">
-        <x:v>맘스터치</x:v>
+        <x:v>매머드익스프레스</x:v>
       </x:c>
       <x:c r="B257" s="3" t="str">
-        <x:v>G0000009305</x:v>
+        <x:v>G0000009391</x:v>
       </x:c>
       <x:c r="C257" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D257" s="1" t="str">
-        <x:v>[맘스터치] 에드워드 리 싸이버거 세트</x:v>
+        <x:v>(매머드익스프레스) 모바일금액권 2천원권</x:v>
       </x:c>
       <x:c r="E257" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F257" s="4" t="str">
-        <x:v>10,200원</x:v>
+        <x:v>2,000원</x:v>
       </x:c>
       <x:c r="G257" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H257" s="4" t="str">
-        <x:v>8,976원</x:v>
+        <x:v>1,800원</x:v>
       </x:c>
       <x:c r="I257" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="258">
       <x:c r="A258" s="3" t="str">
-        <x:v>맘스터치</x:v>
+        <x:v>매머드익스프레스</x:v>
       </x:c>
       <x:c r="B258" s="3" t="str">
-        <x:v>G0000009306</x:v>
+        <x:v>G0000009392</x:v>
       </x:c>
       <x:c r="C258" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D258" s="1" t="str">
-        <x:v>[맘스터치] 에드워드 리 치킨 한마리</x:v>
+        <x:v>(매머드익스프레스) 모바일금액권 3만원권</x:v>
       </x:c>
       <x:c r="E258" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F258" s="4" t="str">
-        <x:v>21,500원</x:v>
+        <x:v>30,000원</x:v>
       </x:c>
       <x:c r="G258" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H258" s="4" t="str">
-        <x:v>18,920원</x:v>
+        <x:v>27,000원</x:v>
       </x:c>
       <x:c r="I258" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="259">
       <x:c r="A259" s="3" t="str">
-        <x:v>맘스터치</x:v>
+        <x:v>매머드익스프레스</x:v>
       </x:c>
       <x:c r="B259" s="3" t="str">
-        <x:v>G0000009307</x:v>
+        <x:v>G0000009393</x:v>
       </x:c>
       <x:c r="C259" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D259" s="1" t="str">
-        <x:v>[맘스터치] 와우스모크디럭스버거 단품</x:v>
+        <x:v>(매머드익스프레스) 모바일금액권 5만원권</x:v>
       </x:c>
       <x:c r="E259" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F259" s="4" t="str">
-        <x:v>5,600원</x:v>
+        <x:v>50,000원</x:v>
       </x:c>
       <x:c r="G259" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H259" s="4" t="str">
-        <x:v>4,928원</x:v>
+        <x:v>45,000원</x:v>
       </x:c>
       <x:c r="I259" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="260">
       <x:c r="A260" s="3" t="str">
-        <x:v>맘스터치</x:v>
+        <x:v>매머드익스프레스</x:v>
       </x:c>
       <x:c r="B260" s="3" t="str">
-        <x:v>G0000009308</x:v>
+        <x:v>G0000009394</x:v>
       </x:c>
       <x:c r="C260" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D260" s="1" t="str">
-        <x:v>[맘스터치] 와우스모크디럭스버거 세트</x:v>
+        <x:v>(매머드익스프레스) 모바일금액권 5천원권</x:v>
       </x:c>
       <x:c r="E260" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F260" s="4" t="str">
-        <x:v>8,000원</x:v>
+        <x:v>5,000원</x:v>
       </x:c>
       <x:c r="G260" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H260" s="4" t="str">
-        <x:v>7,040원</x:v>
+        <x:v>4,500원</x:v>
       </x:c>
       <x:c r="I260" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="261">
       <x:c r="A261" s="3" t="str">
-        <x:v>맘스터치</x:v>
+        <x:v>매머드익스프레스</x:v>
       </x:c>
       <x:c r="B261" s="3" t="str">
-        <x:v>G0000009309</x:v>
+        <x:v>G0000009348</x:v>
       </x:c>
       <x:c r="C261" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D261" s="1" t="str">
-        <x:v>[맘스터치] 인크레더블버거 세트</x:v>
+        <x:v>(매머드익스프레스) 밀크쉐이크</x:v>
       </x:c>
       <x:c r="E261" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F261" s="4" t="str">
-        <x:v>8,400원</x:v>
+        <x:v>4,000원</x:v>
       </x:c>
       <x:c r="G261" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H261" s="4" t="str">
-        <x:v>7,392원</x:v>
+        <x:v>3,520원</x:v>
       </x:c>
       <x:c r="I261" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="262">
       <x:c r="A262" s="3" t="str">
-        <x:v>맘스터치</x:v>
+        <x:v>매머드익스프레스</x:v>
       </x:c>
       <x:c r="B262" s="3" t="str">
-        <x:v>G0000009310</x:v>
+        <x:v>G0000009349</x:v>
       </x:c>
       <x:c r="C262" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D262" s="1" t="str">
-        <x:v>[맘스터치] 치파오떡강정R</x:v>
+        <x:v>(매머드익스프레스) 바나나 달달 커피 M</x:v>
       </x:c>
       <x:c r="E262" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F262" s="4" t="str">
-        <x:v>12,200원</x:v>
+        <x:v>3,300원</x:v>
       </x:c>
       <x:c r="G262" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H262" s="4" t="str">
-        <x:v>10,736원</x:v>
+        <x:v>2,904원</x:v>
       </x:c>
       <x:c r="I262" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="263">
       <x:c r="A263" s="3" t="str">
-        <x:v>맘스터치</x:v>
+        <x:v>매머드익스프레스</x:v>
       </x:c>
       <x:c r="B263" s="3" t="str">
-        <x:v>G0000009311</x:v>
+        <x:v>G0000009353</x:v>
       </x:c>
       <x:c r="C263" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D263" s="1" t="str">
-        <x:v>[맘스터치] 케이준떡강정R</x:v>
+        <x:v>(매머드익스프레스) 블루레몬 에이드 M</x:v>
       </x:c>
       <x:c r="E263" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F263" s="4" t="str">
-        <x:v>11,700원</x:v>
+        <x:v>3,500원</x:v>
       </x:c>
       <x:c r="G263" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H263" s="4" t="str">
-        <x:v>10,296원</x:v>
+        <x:v>3,080원</x:v>
       </x:c>
       <x:c r="I263" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="264">
       <x:c r="A264" s="3" t="str">
-        <x:v>맘스터치</x:v>
+        <x:v>매머드익스프레스</x:v>
       </x:c>
       <x:c r="B264" s="3" t="str">
-        <x:v>G0000009312</x:v>
+        <x:v>G0000009354</x:v>
       </x:c>
       <x:c r="C264" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D264" s="1" t="str">
-        <x:v>[맘스터치] 케이준양념감자(대)</x:v>
+        <x:v>(매머드익스프레스) 블루레몬 티(HOT) M</x:v>
       </x:c>
       <x:c r="E264" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F264" s="4" t="str">
-        <x:v>3,600원</x:v>
+        <x:v>3,500원</x:v>
       </x:c>
       <x:c r="G264" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H264" s="4" t="str">
-        <x:v>3,168원</x:v>
+        <x:v>3,080원</x:v>
       </x:c>
       <x:c r="I264" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="265">
       <x:c r="A265" s="3" t="str">
-        <x:v>맘스터치</x:v>
+        <x:v>매머드익스프레스</x:v>
       </x:c>
       <x:c r="B265" s="3" t="str">
-        <x:v>G0000009313</x:v>
+        <x:v>G0000009355</x:v>
       </x:c>
       <x:c r="C265" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D265" s="1" t="str">
-        <x:v>[맘스터치] 텍사스바베큐치킨버거 단품</x:v>
+        <x:v>(매머드익스프레스) 블루베리 요거트 스무디</x:v>
       </x:c>
       <x:c r="E265" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F265" s="4" t="str">
-        <x:v>6,600원</x:v>
+        <x:v>4,000원</x:v>
       </x:c>
       <x:c r="G265" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H265" s="4" t="str">
-        <x:v>5,808원</x:v>
+        <x:v>3,520원</x:v>
       </x:c>
       <x:c r="I265" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="266">
       <x:c r="A266" s="3" t="str">
-        <x:v>맘스터치</x:v>
+        <x:v>매머드익스프레스</x:v>
       </x:c>
       <x:c r="B266" s="3" t="str">
-        <x:v>G0000009314</x:v>
+        <x:v>G0000009356</x:v>
       </x:c>
       <x:c r="C266" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D266" s="1" t="str">
-        <x:v>[맘스터치] 텍사스바베큐치킨버거 세트</x:v>
+        <x:v>(매머드익스프레스) 솔티드 카라멜 밀크쉐이크</x:v>
       </x:c>
       <x:c r="E266" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F266" s="4" t="str">
-        <x:v>9,000원</x:v>
+        <x:v>4,500원</x:v>
       </x:c>
       <x:c r="G266" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H266" s="4" t="str">
-        <x:v>7,920원</x:v>
+        <x:v>3,960원</x:v>
       </x:c>
       <x:c r="I266" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="267">
       <x:c r="A267" s="3" t="str">
-        <x:v>맘스터치</x:v>
+        <x:v>매머드익스프레스</x:v>
       </x:c>
       <x:c r="B267" s="3" t="str">
-        <x:v>G0000009315</x:v>
+        <x:v>G0000009360</x:v>
       </x:c>
       <x:c r="C267" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D267" s="1" t="str">
-        <x:v>[맘스터치] 통새우버거 세트</x:v>
+        <x:v>(매머드익스프레스) 아몬드 밀크티 M</x:v>
       </x:c>
       <x:c r="E267" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F267" s="4" t="str">
-        <x:v>6,200원</x:v>
+        <x:v>3,700원</x:v>
       </x:c>
       <x:c r="G267" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H267" s="4" t="str">
-        <x:v>5,456원</x:v>
+        <x:v>3,256원</x:v>
       </x:c>
       <x:c r="I267" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="268">
       <x:c r="A268" s="3" t="str">
-        <x:v>맘스터치</x:v>
+        <x:v>매머드익스프레스</x:v>
       </x:c>
       <x:c r="B268" s="3" t="str">
-        <x:v>G0000009316</x:v>
+        <x:v>G0000009361</x:v>
       </x:c>
       <x:c r="C268" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D268" s="1" t="str">
-        <x:v>[맘스터치] 트리플딥치즈싸이버거 세트</x:v>
+        <x:v>(매머드익스프레스) 얼그레이 M</x:v>
       </x:c>
       <x:c r="E268" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F268" s="4" t="str">
-        <x:v>8,100원</x:v>
+        <x:v>3,700원</x:v>
       </x:c>
       <x:c r="G268" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H268" s="4" t="str">
-        <x:v>7,128원</x:v>
+        <x:v>3,256원</x:v>
       </x:c>
       <x:c r="I268" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="269">
       <x:c r="A269" s="3" t="str">
-        <x:v>맘스터치</x:v>
+        <x:v>매머드익스프레스</x:v>
       </x:c>
       <x:c r="B269" s="3" t="str">
-        <x:v>G0000009317</x:v>
+        <x:v>G0000009365</x:v>
       </x:c>
       <x:c r="C269" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D269" s="1" t="str">
-        <x:v>[맘스터치] 할라피뇨너겟(10조각)</x:v>
+        <x:v>(매머드익스프레스) 인크레드불</x:v>
       </x:c>
       <x:c r="E269" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F269" s="4" t="str">
-        <x:v>4,600원</x:v>
+        <x:v>3,000원</x:v>
       </x:c>
       <x:c r="G269" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H269" s="4" t="str">
-        <x:v>4,048원</x:v>
+        <x:v>2,640원</x:v>
       </x:c>
       <x:c r="I269" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="270">
       <x:c r="A270" s="3" t="str">
-        <x:v>맘스터치</x:v>
+        <x:v>매머드익스프레스</x:v>
       </x:c>
       <x:c r="B270" s="3" t="str">
-        <x:v>G0000009318</x:v>
+        <x:v>G0000009366</x:v>
       </x:c>
       <x:c r="C270" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D270" s="1" t="str">
-        <x:v>[맘스터치] 핫치즈 빅싸이순살</x:v>
+        <x:v>(매머드익스프레스) 자몽 에이드 M</x:v>
       </x:c>
       <x:c r="E270" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F270" s="4" t="str">
-        <x:v>14,500원</x:v>
+        <x:v>3,500원</x:v>
       </x:c>
       <x:c r="G270" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H270" s="4" t="str">
-        <x:v>12,760원</x:v>
+        <x:v>3,080원</x:v>
       </x:c>
       <x:c r="I270" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="271">
       <x:c r="A271" s="3" t="str">
-        <x:v>맘스터치</x:v>
+        <x:v>매머드익스프레스</x:v>
       </x:c>
       <x:c r="B271" s="3" t="str">
-        <x:v>G0000009319</x:v>
+        <x:v>G0000009367</x:v>
       </x:c>
       <x:c r="C271" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D271" s="1" t="str">
-        <x:v>[맘스터치] 핫치즈 빅싸이순살맥스</x:v>
+        <x:v>(매머드익스프레스) 자몽 티(HOT) M</x:v>
       </x:c>
       <x:c r="E271" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F271" s="4" t="str">
-        <x:v>22,500원</x:v>
+        <x:v>3,500원</x:v>
       </x:c>
       <x:c r="G271" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H271" s="4" t="str">
-        <x:v>19,800원</x:v>
+        <x:v>3,080원</x:v>
       </x:c>
       <x:c r="I271" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="272">
       <x:c r="A272" s="3" t="str">
-        <x:v>맘스터치</x:v>
+        <x:v>매머드익스프레스</x:v>
       </x:c>
       <x:c r="B272" s="3" t="str">
-        <x:v>G0000009320</x:v>
+        <x:v>G0000009369</x:v>
       </x:c>
       <x:c r="C272" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D272" s="1" t="str">
-        <x:v>[맘스터치] 핫치즈치킨 한마리</x:v>
+        <x:v>(매머드익스프레스) 장수 오미자 에이드 M</x:v>
       </x:c>
       <x:c r="E272" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F272" s="4" t="str">
-        <x:v>20,500원</x:v>
+        <x:v>3,600원</x:v>
       </x:c>
       <x:c r="G272" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H272" s="4" t="str">
-        <x:v>18,040원</x:v>
+        <x:v>3,168원</x:v>
       </x:c>
       <x:c r="I272" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="273">
       <x:c r="A273" s="3" t="str">
-        <x:v>맘스터치</x:v>
+        <x:v>매머드익스프레스</x:v>
       </x:c>
       <x:c r="B273" s="3" t="str">
-        <x:v>G0000009321</x:v>
+        <x:v>G0000009370</x:v>
       </x:c>
       <x:c r="C273" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D273" s="1" t="str">
-        <x:v>[맘스터치] 화이트갈릭버거 단품</x:v>
+        <x:v>(매머드익스프레스) 지리산 청매실티 M</x:v>
       </x:c>
       <x:c r="E273" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F273" s="4" t="str">
-        <x:v>5,500원</x:v>
+        <x:v>4,000원</x:v>
       </x:c>
       <x:c r="G273" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H273" s="4" t="str">
-        <x:v>4,840원</x:v>
+        <x:v>3,520원</x:v>
       </x:c>
       <x:c r="I273" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="274">
       <x:c r="A274" s="3" t="str">
-        <x:v>맘스터치</x:v>
+        <x:v>매머드익스프레스</x:v>
       </x:c>
       <x:c r="B274" s="3" t="str">
-        <x:v>G0000009322</x:v>
+        <x:v>G0000009371</x:v>
       </x:c>
       <x:c r="C274" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D274" s="1" t="str">
-        <x:v>[맘스터치] 화이트갈릭버거 세트</x:v>
+        <x:v>(매머드익스프레스) 청귤 에이드 M</x:v>
       </x:c>
       <x:c r="E274" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F274" s="4" t="str">
-        <x:v>7,900원</x:v>
+        <x:v>3,500원</x:v>
       </x:c>
       <x:c r="G274" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H274" s="4" t="str">
-        <x:v>6,952원</x:v>
+        <x:v>3,080원</x:v>
       </x:c>
       <x:c r="I274" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="275">
       <x:c r="A275" s="3" t="str">
-        <x:v>맘스터치</x:v>
+        <x:v>매머드익스프레스</x:v>
       </x:c>
       <x:c r="B275" s="3" t="str">
-        <x:v>G0000009323</x:v>
+        <x:v>G0000009372</x:v>
       </x:c>
       <x:c r="C275" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D275" s="1" t="str">
-        <x:v>[맘스터치] 후라이드 빅싸이순살</x:v>
+        <x:v>(매머드익스프레스) 청귤 티(HOT) M</x:v>
       </x:c>
       <x:c r="E275" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F275" s="4" t="str">
-        <x:v>11,900원</x:v>
+        <x:v>3,500원</x:v>
       </x:c>
       <x:c r="G275" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H275" s="4" t="str">
-        <x:v>10,472원</x:v>
+        <x:v>3,080원</x:v>
       </x:c>
       <x:c r="I275" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="276">
       <x:c r="A276" s="3" t="str">
-        <x:v>맘스터치</x:v>
+        <x:v>매머드익스프레스</x:v>
       </x:c>
       <x:c r="B276" s="3" t="str">
-        <x:v>G0000009324</x:v>
+        <x:v>G0000009373</x:v>
       </x:c>
       <x:c r="C276" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D276" s="1" t="str">
-        <x:v>[맘스터치] 후라이드 빅싸이순살맥스</x:v>
+        <x:v>(매머드익스프레스) 초코 밀크쉐이크</x:v>
       </x:c>
       <x:c r="E276" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F276" s="4" t="str">
-        <x:v>19,900원</x:v>
+        <x:v>4,500원</x:v>
       </x:c>
       <x:c r="G276" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H276" s="4" t="str">
-        <x:v>17,512원</x:v>
+        <x:v>3,960원</x:v>
       </x:c>
       <x:c r="I276" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="277">
       <x:c r="A277" s="3" t="str">
-        <x:v>맘스터치</x:v>
+        <x:v>매머드익스프레스</x:v>
       </x:c>
       <x:c r="B277" s="3" t="str">
-        <x:v>G0000009325</x:v>
+        <x:v>G0000009376</x:v>
       </x:c>
       <x:c r="C277" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D277" s="1" t="str">
-        <x:v>[맘스터치] 후라이드치킨 반마리</x:v>
+        <x:v>(매머드익스프레스) 캐모마일 M</x:v>
       </x:c>
       <x:c r="E277" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F277" s="4" t="str">
-        <x:v>9,900원</x:v>
+        <x:v>3,700원</x:v>
       </x:c>
       <x:c r="G277" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H277" s="4" t="str">
-        <x:v>8,712원</x:v>
+        <x:v>3,256원</x:v>
       </x:c>
       <x:c r="I277" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="278">
       <x:c r="A278" s="3" t="str">
-        <x:v>맘스터치</x:v>
+        <x:v>매머드익스프레스</x:v>
       </x:c>
       <x:c r="B278" s="3" t="str">
-        <x:v>G0000009326</x:v>
+        <x:v>G0000009380</x:v>
       </x:c>
       <x:c r="C278" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D278" s="1" t="str">
-        <x:v>[맘스터치] 후라이드치킨 한마리</x:v>
+        <x:v>(매머드익스프레스) 페퍼민트 M</x:v>
       </x:c>
       <x:c r="E278" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F278" s="4" t="str">
-        <x:v>17,900원</x:v>
+        <x:v>3,700원</x:v>
       </x:c>
       <x:c r="G278" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H278" s="4" t="str">
-        <x:v>15,752원</x:v>
+        <x:v>3,256원</x:v>
       </x:c>
       <x:c r="I278" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="279">
       <x:c r="A279" s="3" t="str">
-        <x:v>맘스터치</x:v>
+        <x:v>매머드익스프레스</x:v>
       </x:c>
       <x:c r="B279" s="3" t="str">
-        <x:v>G0000009327</x:v>
+        <x:v>G0000009381</x:v>
       </x:c>
       <x:c r="C279" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D279" s="1" t="str">
-        <x:v>[맘스터치] 후라이드통다리(1조각)</x:v>
+        <x:v>(매머드익스프레스) 플레인 요거트 스무디</x:v>
       </x:c>
       <x:c r="E279" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F279" s="4" t="str">
-        <x:v>5,000원</x:v>
+        <x:v>3,900원</x:v>
       </x:c>
       <x:c r="G279" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H279" s="4" t="str">
-        <x:v>4,400원</x:v>
+        <x:v>3,432원</x:v>
       </x:c>
       <x:c r="I279" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="280">
       <x:c r="A280" s="3" t="str">
-        <x:v>맘스터치</x:v>
+        <x:v>매머드익스프레스</x:v>
       </x:c>
       <x:c r="B280" s="3" t="str">
-        <x:v>G0000009328</x:v>
+        <x:v>G0000009382</x:v>
       </x:c>
       <x:c r="C280" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D280" s="1" t="str">
-        <x:v>[맘스터치] 휠렛버거 세트</x:v>
+        <x:v>(매머드익스프레스) 피넛버터 밀크쉐이크</x:v>
       </x:c>
       <x:c r="E280" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F280" s="4" t="str">
-        <x:v>7,400원</x:v>
+        <x:v>4,500원</x:v>
       </x:c>
       <x:c r="G280" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H280" s="4" t="str">
-        <x:v>6,512원</x:v>
+        <x:v>3,960원</x:v>
       </x:c>
       <x:c r="I280" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="281">
       <x:c r="A281" s="3" t="str">
         <x:v>매머드익스프레스</x:v>
       </x:c>
       <x:c r="B281" s="3" t="str">
-        <x:v>G0000009330</x:v>
+        <x:v>G0000009383</x:v>
       </x:c>
       <x:c r="C281" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D281" s="1" t="str">
-        <x:v>(매머드익스프레스) 고구마 라떼 M</x:v>
+        <x:v>(매머드익스프레스) 피스타치오 아몬드 프라페 M</x:v>
       </x:c>
       <x:c r="E281" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F281" s="4" t="str">
-        <x:v>3,400원</x:v>
+        <x:v>4,500원</x:v>
       </x:c>
       <x:c r="G281" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H281" s="4" t="str">
-        <x:v>2,992원</x:v>
+        <x:v>3,960원</x:v>
       </x:c>
       <x:c r="I281" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="282">
       <x:c r="A282" s="3" t="str">
         <x:v>매머드익스프레스</x:v>
       </x:c>
       <x:c r="B282" s="3" t="str">
-        <x:v>G0000009331</x:v>
+        <x:v>G0000009384</x:v>
       </x:c>
       <x:c r="C282" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D282" s="1" t="str">
-        <x:v>(매머드익스프레스) 깔라만시 에이드 M</x:v>
+        <x:v>(매머드익스프레스) 한라봉 에이드 M</x:v>
       </x:c>
       <x:c r="E282" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F282" s="4" t="str">
-        <x:v>3,600원</x:v>
+        <x:v>3,500원</x:v>
       </x:c>
       <x:c r="G282" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H282" s="4" t="str">
-        <x:v>3,168원</x:v>
+        <x:v>3,080원</x:v>
       </x:c>
       <x:c r="I282" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="283">
       <x:c r="A283" s="3" t="str">
         <x:v>매머드익스프레스</x:v>
       </x:c>
       <x:c r="B283" s="3" t="str">
-        <x:v>G0000009333</x:v>
+        <x:v>G0000009385</x:v>
       </x:c>
       <x:c r="C283" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D283" s="1" t="str">
-        <x:v>(매머드익스프레스) 꿀커피 M</x:v>
+        <x:v>(매머드익스프레스) 한라봉 티(HOT) M</x:v>
       </x:c>
       <x:c r="E283" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F283" s="4" t="str">
-        <x:v>2,300원</x:v>
+        <x:v>3,500원</x:v>
       </x:c>
       <x:c r="G283" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H283" s="4" t="str">
-        <x:v>2,024원</x:v>
+        <x:v>3,080원</x:v>
       </x:c>
       <x:c r="I283" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="284">
       <x:c r="A284" s="3" t="str">
         <x:v>매머드익스프레스</x:v>
       </x:c>
       <x:c r="B284" s="3" t="str">
-        <x:v>G0000009341</x:v>
+        <x:v>G0000009388</x:v>
       </x:c>
       <x:c r="C284" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D284" s="1" t="str">
-        <x:v>(매머드익스프레스) 딸기 밀크쉐이크</x:v>
+        <x:v>(매머드익스프레스) 히비스커스 유자티 M</x:v>
       </x:c>
       <x:c r="E284" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F284" s="4" t="str">
-        <x:v>4,500원</x:v>
+        <x:v>3,500원</x:v>
       </x:c>
       <x:c r="G284" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H284" s="4" t="str">
-        <x:v>3,960원</x:v>
+        <x:v>3,080원</x:v>
       </x:c>
       <x:c r="I284" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="285">
       <x:c r="A285" s="3" t="str">
-        <x:v>매머드익스프레스</x:v>
+        <x:v>메가박스</x:v>
       </x:c>
       <x:c r="B285" s="3" t="str">
-        <x:v>G0000009343</x:v>
+        <x:v>G0000009903</x:v>
       </x:c>
       <x:c r="C285" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D285" s="1" t="str">
-        <x:v>(매머드익스프레스) 레몬&amp;오렌지(홍차) M</x:v>
+        <x:v>(메가박스) 1인 관람권</x:v>
       </x:c>
       <x:c r="E285" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F285" s="4" t="str">
-        <x:v>3,700원</x:v>
+        <x:v>14,000원</x:v>
       </x:c>
       <x:c r="G285" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H285" s="4" t="str">
-        <x:v>3,256원</x:v>
+        <x:v>12,320원</x:v>
       </x:c>
       <x:c r="I285" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="286">
       <x:c r="A286" s="3" t="str">
-        <x:v>매머드익스프레스</x:v>
+        <x:v>메가박스</x:v>
       </x:c>
       <x:c r="B286" s="3" t="str">
-        <x:v>G0000009344</x:v>
+        <x:v>G0000009902</x:v>
       </x:c>
       <x:c r="C286" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D286" s="1" t="str">
-        <x:v>(매머드익스프레스) 레몬밤 민트티 M</x:v>
+        <x:v>(메가박스) 1인 패키지(관람권1+팝콘(R)+음료(R) (주중/주말)</x:v>
       </x:c>
       <x:c r="E286" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F286" s="4" t="str">
-        <x:v>3,500원</x:v>
+        <x:v>20,000원</x:v>
       </x:c>
       <x:c r="G286" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H286" s="4" t="str">
-        <x:v>3,080원</x:v>
+        <x:v>17,600원</x:v>
       </x:c>
       <x:c r="I286" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="287">
       <x:c r="A287" s="3" t="str">
-        <x:v>매머드익스프레스</x:v>
+        <x:v>메가박스</x:v>
       </x:c>
       <x:c r="B287" s="3" t="str">
-        <x:v>G0000009389</x:v>
+        <x:v>G0000009901</x:v>
       </x:c>
       <x:c r="C287" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D287" s="1" t="str">
-        <x:v>(매머드익스프레스) 모바일금액권 1만원권</x:v>
+        <x:v>(메가박스) 2인 관람권</x:v>
       </x:c>
       <x:c r="E287" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F287" s="4" t="str">
-        <x:v>10,000원</x:v>
+        <x:v>28,000원</x:v>
       </x:c>
       <x:c r="G287" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H287" s="4" t="str">
-        <x:v>9,000원</x:v>
+        <x:v>24,640원</x:v>
       </x:c>
       <x:c r="I287" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="288">
       <x:c r="A288" s="3" t="str">
-        <x:v>매머드익스프레스</x:v>
+        <x:v>메가박스</x:v>
       </x:c>
       <x:c r="B288" s="3" t="str">
-        <x:v>G0000009390</x:v>
+        <x:v>G0000009900</x:v>
       </x:c>
       <x:c r="C288" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D288" s="1" t="str">
-        <x:v>(매머드익스프레스) 모바일금액권 2만원권</x:v>
+        <x:v>(메가박스) 2인 패키지</x:v>
       </x:c>
       <x:c r="E288" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F288" s="4" t="str">
-        <x:v>20,000원</x:v>
+        <x:v>34,000원</x:v>
       </x:c>
       <x:c r="G288" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H288" s="4" t="str">
-        <x:v>18,000원</x:v>
+        <x:v>29,920원</x:v>
       </x:c>
       <x:c r="I288" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="289">
       <x:c r="A289" s="3" t="str">
-        <x:v>매머드익스프레스</x:v>
+        <x:v>메가MGC커피</x:v>
       </x:c>
       <x:c r="B289" s="3" t="str">
-        <x:v>G0000009391</x:v>
+        <x:v>G0000007685</x:v>
       </x:c>
       <x:c r="C289" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D289" s="1" t="str">
-        <x:v>(매머드익스프레스) 모바일금액권 2천원권</x:v>
+        <x:v>(메가MGC커피) (HOT)바닐라라떼</x:v>
       </x:c>
       <x:c r="E289" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F289" s="4" t="str">
-        <x:v>2,000원</x:v>
+        <x:v>3,400원</x:v>
       </x:c>
       <x:c r="G289" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H289" s="4" t="str">
-        <x:v>1,800원</x:v>
+        <x:v>2,992원</x:v>
       </x:c>
       <x:c r="I289" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="290">
       <x:c r="A290" s="3" t="str">
-        <x:v>매머드익스프레스</x:v>
+        <x:v>메가MGC커피</x:v>
       </x:c>
       <x:c r="B290" s="3" t="str">
-        <x:v>G0000009392</x:v>
+        <x:v>G0000009068</x:v>
       </x:c>
       <x:c r="C290" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D290" s="1" t="str">
-        <x:v>(매머드익스프레스) 모바일금액권 3만원권</x:v>
+        <x:v>(메가MGC커피) (HOT)아메리카노</x:v>
       </x:c>
       <x:c r="E290" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F290" s="4" t="str">
-        <x:v>30,000원</x:v>
+        <x:v>1,700원</x:v>
       </x:c>
       <x:c r="G290" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H290" s="4" t="str">
-        <x:v>27,000원</x:v>
+        <x:v>1,496원</x:v>
       </x:c>
       <x:c r="I290" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="291">
       <x:c r="A291" s="3" t="str">
-        <x:v>매머드익스프레스</x:v>
+        <x:v>메가MGC커피</x:v>
       </x:c>
       <x:c r="B291" s="3" t="str">
-        <x:v>G0000009393</x:v>
+        <x:v>G0000007686</x:v>
       </x:c>
       <x:c r="C291" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D291" s="1" t="str">
-        <x:v>(매머드익스프레스) 모바일금액권 5만원권</x:v>
+        <x:v>(메가MGC커피) (HOT)유자차</x:v>
       </x:c>
       <x:c r="E291" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F291" s="4" t="str">
-        <x:v>50,000원</x:v>
+        <x:v>3,300원</x:v>
       </x:c>
       <x:c r="G291" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H291" s="4" t="str">
-        <x:v>45,000원</x:v>
+        <x:v>2,904원</x:v>
       </x:c>
       <x:c r="I291" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="292">
       <x:c r="A292" s="3" t="str">
-        <x:v>매머드익스프레스</x:v>
+        <x:v>메가MGC커피</x:v>
       </x:c>
       <x:c r="B292" s="3" t="str">
-        <x:v>G0000009394</x:v>
+        <x:v>G0000007684</x:v>
       </x:c>
       <x:c r="C292" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D292" s="1" t="str">
-        <x:v>(매머드익스프레스) 모바일금액권 5천원권</x:v>
+        <x:v>(메가MGC커피) (HOT)카페라떼</x:v>
       </x:c>
       <x:c r="E292" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F292" s="4" t="str">
-        <x:v>5,000원</x:v>
+        <x:v>2,900원</x:v>
       </x:c>
       <x:c r="G292" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H292" s="4" t="str">
-        <x:v>4,500원</x:v>
+        <x:v>2,552원</x:v>
       </x:c>
       <x:c r="I292" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="293">
       <x:c r="A293" s="3" t="str">
-        <x:v>매머드익스프레스</x:v>
+        <x:v>메가MGC커피</x:v>
       </x:c>
       <x:c r="B293" s="3" t="str">
-        <x:v>G0000009348</x:v>
+        <x:v>G0000007683</x:v>
       </x:c>
       <x:c r="C293" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D293" s="1" t="str">
-        <x:v>(매머드익스프레스) 밀크쉐이크</x:v>
+        <x:v>(메가MGC커피) (HOT)카페모카</x:v>
       </x:c>
       <x:c r="E293" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F293" s="4" t="str">
-        <x:v>4,000원</x:v>
+        <x:v>3,900원</x:v>
       </x:c>
       <x:c r="G293" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H293" s="4" t="str">
-        <x:v>3,520원</x:v>
+        <x:v>3,432원</x:v>
       </x:c>
       <x:c r="I293" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="294">
       <x:c r="A294" s="3" t="str">
-        <x:v>매머드익스프레스</x:v>
+        <x:v>메가MGC커피</x:v>
       </x:c>
       <x:c r="B294" s="3" t="str">
-        <x:v>G0000009349</x:v>
+        <x:v>G0000009598</x:v>
       </x:c>
       <x:c r="C294" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D294" s="1" t="str">
-        <x:v>(매머드익스프레스) 바나나 달달 커피 M</x:v>
+        <x:v>(메가MGC커피) (HOT)콜드브루라떼</x:v>
       </x:c>
       <x:c r="E294" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F294" s="4" t="str">
-        <x:v>3,300원</x:v>
+        <x:v>4,000원</x:v>
       </x:c>
       <x:c r="G294" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H294" s="4" t="str">
-        <x:v>2,904원</x:v>
+        <x:v>3,520원</x:v>
       </x:c>
       <x:c r="I294" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="295">
       <x:c r="A295" s="3" t="str">
-        <x:v>매머드익스프레스</x:v>
+        <x:v>메가MGC커피</x:v>
       </x:c>
       <x:c r="B295" s="3" t="str">
-        <x:v>G0000009353</x:v>
+        <x:v>G0000007682</x:v>
       </x:c>
       <x:c r="C295" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D295" s="1" t="str">
-        <x:v>(매머드익스프레스) 블루레몬 에이드 M</x:v>
+        <x:v>(메가MGC커피) (HOT)허니자몽블랙티</x:v>
       </x:c>
       <x:c r="E295" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F295" s="4" t="str">
-        <x:v>3,500원</x:v>
+        <x:v>3,700원</x:v>
       </x:c>
       <x:c r="G295" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H295" s="4" t="str">
-        <x:v>3,080원</x:v>
+        <x:v>3,256원</x:v>
       </x:c>
       <x:c r="I295" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="296">
       <x:c r="A296" s="3" t="str">
-        <x:v>매머드익스프레스</x:v>
+        <x:v>메가MGC커피</x:v>
       </x:c>
       <x:c r="B296" s="3" t="str">
-        <x:v>G0000009354</x:v>
+        <x:v>G0000009596</x:v>
       </x:c>
       <x:c r="C296" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D296" s="1" t="str">
-        <x:v>(매머드익스프레스) 블루레몬 티(HOT) M</x:v>
+        <x:v>(메가MGC커피) (ICE)딸기라떼</x:v>
       </x:c>
       <x:c r="E296" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F296" s="4" t="str">
-        <x:v>3,500원</x:v>
+        <x:v>3,700원</x:v>
       </x:c>
       <x:c r="G296" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H296" s="4" t="str">
-        <x:v>3,080원</x:v>
+        <x:v>3,256원</x:v>
       </x:c>
       <x:c r="I296" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="297">
       <x:c r="A297" s="3" t="str">
-        <x:v>매머드익스프레스</x:v>
+        <x:v>메가MGC커피</x:v>
       </x:c>
       <x:c r="B297" s="3" t="str">
-        <x:v>G0000009355</x:v>
+        <x:v>G0000009069</x:v>
       </x:c>
       <x:c r="C297" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D297" s="1" t="str">
-        <x:v>(매머드익스프레스) 블루베리 요거트 스무디</x:v>
+        <x:v>(메가MGC커피) (ICE)메가리카노</x:v>
       </x:c>
       <x:c r="E297" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F297" s="4" t="str">
-        <x:v>4,000원</x:v>
+        <x:v>3,300원</x:v>
       </x:c>
       <x:c r="G297" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H297" s="4" t="str">
-        <x:v>3,520원</x:v>
+        <x:v>2,904원</x:v>
       </x:c>
       <x:c r="I297" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="298">
       <x:c r="A298" s="3" t="str">
-        <x:v>매머드익스프레스</x:v>
+        <x:v>메가MGC커피</x:v>
       </x:c>
       <x:c r="B298" s="3" t="str">
-        <x:v>G0000009356</x:v>
+        <x:v>G0000007317</x:v>
       </x:c>
       <x:c r="C298" s="3" t="str">
-        <x:v>일반상품</x:v>
+        <x:v>특가상품</x:v>
       </x:c>
       <x:c r="D298" s="1" t="str">
-        <x:v>(매머드익스프레스) 솔티드 카라멜 밀크쉐이크</x:v>
+        <x:v>(메가MGC커피) (ICE)아메리카노</x:v>
       </x:c>
       <x:c r="E298" s="3" t="str">
-        <x:v>60일</x:v>
+        <x:v>30일</x:v>
       </x:c>
       <x:c r="F298" s="4" t="str">
-        <x:v>4,500원</x:v>
+        <x:v>2,000원</x:v>
       </x:c>
       <x:c r="G298" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>15%</x:v>
       </x:c>
       <x:c r="H298" s="4" t="str">
-        <x:v>3,960원</x:v>
+        <x:v>1,700원</x:v>
       </x:c>
       <x:c r="I298" s="1" t="str">
-        <x:v/>
+        <x:v># 최소 수량 100개 이상 발송 가능
+# 동일 수신번호는 3개를 초과할 수 없습니다.</x:v>
       </x:c>
     </x:row>
     <x:row r="299">
       <x:c r="A299" s="3" t="str">
-        <x:v>매머드익스프레스</x:v>
+        <x:v>메가MGC커피</x:v>
       </x:c>
       <x:c r="B299" s="3" t="str">
-        <x:v>G0000009360</x:v>
+        <x:v>G0000006967</x:v>
       </x:c>
       <x:c r="C299" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D299" s="1" t="str">
-        <x:v>(매머드익스프레스) 아몬드 밀크티 M</x:v>
+        <x:v>(메가MGC커피) (ICE)아메리카노</x:v>
       </x:c>
       <x:c r="E299" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F299" s="4" t="str">
-        <x:v>3,700원</x:v>
+        <x:v>2,000원</x:v>
       </x:c>
       <x:c r="G299" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H299" s="4" t="str">
-        <x:v>3,256원</x:v>
+        <x:v>1,760원</x:v>
       </x:c>
       <x:c r="I299" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="300">
       <x:c r="A300" s="3" t="str">
-        <x:v>매머드익스프레스</x:v>
+        <x:v>메가MGC커피</x:v>
       </x:c>
       <x:c r="B300" s="3" t="str">
-        <x:v>G0000009361</x:v>
+        <x:v>G0000009595</x:v>
       </x:c>
       <x:c r="C300" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D300" s="1" t="str">
-        <x:v>(매머드익스프레스) 얼그레이 M</x:v>
+        <x:v>(메가MGC커피) (ICE)얼그레이</x:v>
       </x:c>
       <x:c r="E300" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F300" s="4" t="str">
-        <x:v>3,700원</x:v>
+        <x:v>2,500원</x:v>
       </x:c>
       <x:c r="G300" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H300" s="4" t="str">
-        <x:v>3,256원</x:v>
+        <x:v>2,200원</x:v>
       </x:c>
       <x:c r="I300" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="301">
       <x:c r="A301" s="3" t="str">
-        <x:v>매머드익스프레스</x:v>
+        <x:v>메가MGC커피</x:v>
       </x:c>
       <x:c r="B301" s="3" t="str">
-        <x:v>G0000009365</x:v>
+        <x:v>G0000009594</x:v>
       </x:c>
       <x:c r="C301" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D301" s="1" t="str">
-        <x:v>(매머드익스프레스) 인크레드불</x:v>
+        <x:v>(메가MGC커피) (ICE)캐모마일</x:v>
       </x:c>
       <x:c r="E301" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F301" s="4" t="str">
-        <x:v>3,000원</x:v>
+        <x:v>2,500원</x:v>
       </x:c>
       <x:c r="G301" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H301" s="4" t="str">
-        <x:v>2,640원</x:v>
+        <x:v>2,200원</x:v>
       </x:c>
       <x:c r="I301" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="302">
       <x:c r="A302" s="3" t="str">
-        <x:v>매머드익스프레스</x:v>
+        <x:v>메가MGC커피</x:v>
       </x:c>
       <x:c r="B302" s="3" t="str">
-        <x:v>G0000009366</x:v>
+        <x:v>G0000009599</x:v>
       </x:c>
       <x:c r="C302" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D302" s="1" t="str">
-        <x:v>(매머드익스프레스) 자몽 에이드 M</x:v>
+        <x:v>(메가MGC커피) (ICE)콜드브루라떼</x:v>
       </x:c>
       <x:c r="E302" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F302" s="4" t="str">
-        <x:v>3,500원</x:v>
+        <x:v>4,000원</x:v>
       </x:c>
       <x:c r="G302" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H302" s="4" t="str">
-        <x:v>3,080원</x:v>
+        <x:v>3,520원</x:v>
       </x:c>
       <x:c r="I302" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="303">
       <x:c r="A303" s="3" t="str">
-        <x:v>매머드익스프레스</x:v>
+        <x:v>메가MGC커피</x:v>
       </x:c>
       <x:c r="B303" s="3" t="str">
-        <x:v>G0000009367</x:v>
+        <x:v>G0000009592</x:v>
       </x:c>
       <x:c r="C303" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D303" s="1" t="str">
-        <x:v>(매머드익스프레스) 자몽 티(HOT) M</x:v>
+        <x:v>(메가MGC커피) 너랑 썸탈꺼야 세트</x:v>
       </x:c>
       <x:c r="E303" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F303" s="4" t="str">
-        <x:v>3,500원</x:v>
+        <x:v>10,200원</x:v>
       </x:c>
       <x:c r="G303" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H303" s="4" t="str">
-        <x:v>3,080원</x:v>
+        <x:v>8,976원</x:v>
       </x:c>
       <x:c r="I303" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="304">
       <x:c r="A304" s="3" t="str">
-        <x:v>매머드익스프레스</x:v>
+        <x:v>메가MGC커피</x:v>
       </x:c>
       <x:c r="B304" s="3" t="str">
-        <x:v>G0000009369</x:v>
+        <x:v>G0000009590</x:v>
       </x:c>
       <x:c r="C304" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D304" s="1" t="str">
-        <x:v>(매머드익스프레스) 장수 오미자 에이드 M</x:v>
+        <x:v>(메가MGC커피) 더블 따아 세트</x:v>
       </x:c>
       <x:c r="E304" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F304" s="4" t="str">
-        <x:v>3,600원</x:v>
+        <x:v>3,400원</x:v>
       </x:c>
       <x:c r="G304" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H304" s="4" t="str">
-        <x:v>3,168원</x:v>
+        <x:v>2,992원</x:v>
       </x:c>
       <x:c r="I304" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="305">
       <x:c r="A305" s="3" t="str">
-        <x:v>매머드익스프레스</x:v>
+        <x:v>메가MGC커피</x:v>
       </x:c>
       <x:c r="B305" s="3" t="str">
-        <x:v>G0000009370</x:v>
+        <x:v>G0000009597</x:v>
       </x:c>
       <x:c r="C305" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D305" s="1" t="str">
-        <x:v>(매머드익스프레스) 지리산 청매실티 M</x:v>
+        <x:v>(메가MGC커피) 딸기바나나주스</x:v>
       </x:c>
       <x:c r="E305" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F305" s="4" t="str">
         <x:v>4,000원</x:v>
       </x:c>
       <x:c r="G305" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H305" s="4" t="str">
         <x:v>3,520원</x:v>
       </x:c>
       <x:c r="I305" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="306">
       <x:c r="A306" s="3" t="str">
-        <x:v>매머드익스프레스</x:v>
+        <x:v>메가MGC커피</x:v>
       </x:c>
       <x:c r="B306" s="3" t="str">
-        <x:v>G0000009371</x:v>
+        <x:v>G0000009593</x:v>
       </x:c>
       <x:c r="C306" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D306" s="1" t="str">
-        <x:v>(매머드익스프레스) 청귤 에이드 M</x:v>
+        <x:v>(메가MGC커피) 아침은내가챙겨줄게</x:v>
       </x:c>
       <x:c r="E306" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F306" s="4" t="str">
-        <x:v>3,500원</x:v>
+        <x:v>5,800원</x:v>
       </x:c>
       <x:c r="G306" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H306" s="4" t="str">
-        <x:v>3,080원</x:v>
+        <x:v>5,104원</x:v>
       </x:c>
       <x:c r="I306" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="307">
       <x:c r="A307" s="3" t="str">
-        <x:v>매머드익스프레스</x:v>
+        <x:v>메가MGC커피</x:v>
       </x:c>
       <x:c r="B307" s="3" t="str">
-        <x:v>G0000009372</x:v>
+        <x:v>G0000009589</x:v>
       </x:c>
       <x:c r="C307" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D307" s="1" t="str">
-        <x:v>(매머드익스프레스) 청귤 티(HOT) M</x:v>
+        <x:v>(메가MGC커피) 왕할메가커피</x:v>
       </x:c>
       <x:c r="E307" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F307" s="4" t="str">
-        <x:v>3,500원</x:v>
+        <x:v>3,200원</x:v>
       </x:c>
       <x:c r="G307" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H307" s="4" t="str">
-        <x:v>3,080원</x:v>
+        <x:v>2,816원</x:v>
       </x:c>
       <x:c r="I307" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="308">
       <x:c r="A308" s="3" t="str">
-        <x:v>매머드익스프레스</x:v>
+        <x:v>메가MGC커피</x:v>
       </x:c>
       <x:c r="B308" s="3" t="str">
-        <x:v>G0000009373</x:v>
+        <x:v>G0000009591</x:v>
       </x:c>
       <x:c r="C308" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D308" s="1" t="str">
-        <x:v>(매머드익스프레스) 초코 밀크쉐이크</x:v>
+        <x:v>(메가MGC커피) 크로크무슈</x:v>
       </x:c>
       <x:c r="E308" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F308" s="4" t="str">
-        <x:v>4,500원</x:v>
+        <x:v>3,800원</x:v>
       </x:c>
       <x:c r="G308" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H308" s="4" t="str">
-        <x:v>3,960원</x:v>
+        <x:v>3,344원</x:v>
       </x:c>
       <x:c r="I308" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="309">
       <x:c r="A309" s="3" t="str">
-        <x:v>매머드익스프레스</x:v>
+        <x:v>메가MGC커피</x:v>
       </x:c>
       <x:c r="B309" s="3" t="str">
-        <x:v>G0000009376</x:v>
+        <x:v>G0000009588</x:v>
       </x:c>
       <x:c r="C309" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D309" s="1" t="str">
-        <x:v>(매머드익스프레스) 캐모마일 M</x:v>
+        <x:v>(메가MGC커피) 할메가커피</x:v>
       </x:c>
       <x:c r="E309" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F309" s="4" t="str">
-        <x:v>3,700원</x:v>
+        <x:v>2,100원</x:v>
       </x:c>
       <x:c r="G309" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H309" s="4" t="str">
-        <x:v>3,256원</x:v>
+        <x:v>1,848원</x:v>
       </x:c>
       <x:c r="I309" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="310">
       <x:c r="A310" s="3" t="str">
-        <x:v>매머드익스프레스</x:v>
+        <x:v>미스터피자</x:v>
       </x:c>
       <x:c r="B310" s="3" t="str">
-        <x:v>G0000009380</x:v>
+        <x:v>G0000009066</x:v>
       </x:c>
       <x:c r="C310" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D310" s="1" t="str">
-        <x:v>(매머드익스프레스) 페퍼민트 M</x:v>
+        <x:v>(미스터피자) 불고기L</x:v>
       </x:c>
       <x:c r="E310" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F310" s="4" t="str">
-        <x:v>3,700원</x:v>
+        <x:v>28,900원</x:v>
       </x:c>
       <x:c r="G310" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H310" s="4" t="str">
-        <x:v>3,256원</x:v>
+        <x:v>25,432원</x:v>
       </x:c>
       <x:c r="I310" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="311">
       <x:c r="A311" s="3" t="str">
-        <x:v>매머드익스프레스</x:v>
+        <x:v>미스터피자</x:v>
       </x:c>
       <x:c r="B311" s="3" t="str">
-        <x:v>G0000009381</x:v>
+        <x:v>G0000009065</x:v>
       </x:c>
       <x:c r="C311" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D311" s="1" t="str">
-        <x:v>(매머드익스프레스) 플레인 요거트 스무디</x:v>
+        <x:v>(미스터피자) 불고기L+콜라1.25L</x:v>
       </x:c>
       <x:c r="E311" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F311" s="4" t="str">
-        <x:v>3,900원</x:v>
+        <x:v>31,200원</x:v>
       </x:c>
       <x:c r="G311" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H311" s="4" t="str">
-        <x:v>3,432원</x:v>
+        <x:v>27,456원</x:v>
       </x:c>
       <x:c r="I311" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="312">
       <x:c r="A312" s="3" t="str">
-        <x:v>매머드익스프레스</x:v>
+        <x:v>미스터피자</x:v>
       </x:c>
       <x:c r="B312" s="3" t="str">
-        <x:v>G0000009382</x:v>
+        <x:v>G0000009064</x:v>
       </x:c>
       <x:c r="C312" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D312" s="1" t="str">
-        <x:v>(매머드익스프레스) 피넛버터 밀크쉐이크</x:v>
+        <x:v>(미스터피자) 불고기M+콜라500ML</x:v>
       </x:c>
       <x:c r="E312" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F312" s="4" t="str">
-        <x:v>4,500원</x:v>
+        <x:v>23,600원</x:v>
       </x:c>
       <x:c r="G312" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H312" s="4" t="str">
-        <x:v>3,960원</x:v>
+        <x:v>20,768원</x:v>
       </x:c>
       <x:c r="I312" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="313">
       <x:c r="A313" s="3" t="str">
-        <x:v>매머드익스프레스</x:v>
+        <x:v>미스터피자</x:v>
       </x:c>
       <x:c r="B313" s="3" t="str">
-        <x:v>G0000009383</x:v>
+        <x:v>G0000009063</x:v>
       </x:c>
       <x:c r="C313" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D313" s="1" t="str">
-        <x:v>(매머드익스프레스) 피스타치오 아몬드 프라페 M</x:v>
+        <x:v>(미스터피자) 불고기M+핫윙4+콜라1.25L</x:v>
       </x:c>
       <x:c r="E313" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F313" s="4" t="str">
-        <x:v>4,500원</x:v>
+        <x:v>29,100원</x:v>
       </x:c>
       <x:c r="G313" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H313" s="4" t="str">
-        <x:v>3,960원</x:v>
+        <x:v>25,608원</x:v>
       </x:c>
       <x:c r="I313" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="314">
       <x:c r="A314" s="3" t="str">
-        <x:v>매머드익스프레스</x:v>
+        <x:v>미스터피자</x:v>
       </x:c>
       <x:c r="B314" s="3" t="str">
-        <x:v>G0000009384</x:v>
+        <x:v>G0000009062</x:v>
       </x:c>
       <x:c r="C314" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D314" s="1" t="str">
-        <x:v>(매머드익스프레스) 한라봉 에이드 M</x:v>
+        <x:v>(미스터피자) 새우천왕M</x:v>
       </x:c>
       <x:c r="E314" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F314" s="4" t="str">
-        <x:v>3,500원</x:v>
+        <x:v>32,500원</x:v>
       </x:c>
       <x:c r="G314" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H314" s="4" t="str">
-        <x:v>3,080원</x:v>
+        <x:v>28,600원</x:v>
       </x:c>
       <x:c r="I314" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="315">
       <x:c r="A315" s="3" t="str">
-        <x:v>매머드익스프레스</x:v>
+        <x:v>미스터피자</x:v>
       </x:c>
       <x:c r="B315" s="3" t="str">
-        <x:v>G0000009385</x:v>
+        <x:v>G0000009061</x:v>
       </x:c>
       <x:c r="C315" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D315" s="1" t="str">
-        <x:v>(매머드익스프레스) 한라봉 티(HOT) M</x:v>
+        <x:v>(미스터피자) 새우천왕M+오븐스파게티+콜라1.25L</x:v>
       </x:c>
       <x:c r="E315" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F315" s="4" t="str">
-        <x:v>3,500원</x:v>
+        <x:v>43,700원</x:v>
       </x:c>
       <x:c r="G315" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H315" s="4" t="str">
-        <x:v>3,080원</x:v>
+        <x:v>38,456원</x:v>
       </x:c>
       <x:c r="I315" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="316">
       <x:c r="A316" s="3" t="str">
-        <x:v>매머드익스프레스</x:v>
+        <x:v>미스터피자</x:v>
       </x:c>
       <x:c r="B316" s="3" t="str">
-        <x:v>G0000009388</x:v>
+        <x:v>G0000009060</x:v>
       </x:c>
       <x:c r="C316" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D316" s="1" t="str">
-        <x:v>(매머드익스프레스) 히비스커스 유자티 M</x:v>
+        <x:v>(미스터피자) 새우천왕M+콜라500ML</x:v>
       </x:c>
       <x:c r="E316" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F316" s="4" t="str">
-        <x:v>3,500원</x:v>
+        <x:v>34,200원</x:v>
       </x:c>
       <x:c r="G316" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H316" s="4" t="str">
-        <x:v>3,080원</x:v>
+        <x:v>30,096원</x:v>
       </x:c>
       <x:c r="I316" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="317">
       <x:c r="A317" s="3" t="str">
-        <x:v>메가MGC커피</x:v>
+        <x:v>미스터피자</x:v>
       </x:c>
       <x:c r="B317" s="3" t="str">
-        <x:v>G0000007685</x:v>
+        <x:v>G0000009059</x:v>
       </x:c>
       <x:c r="C317" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D317" s="1" t="str">
-        <x:v>(메가MGC커피) (HOT)바닐라라떼</x:v>
+        <x:v>(미스터피자) 새우천왕M+핫윙4+콜라1.25L</x:v>
       </x:c>
       <x:c r="E317" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F317" s="4" t="str">
-        <x:v>3,400원</x:v>
+        <x:v>39,700원</x:v>
       </x:c>
       <x:c r="G317" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H317" s="4" t="str">
-        <x:v>2,992원</x:v>
+        <x:v>34,936원</x:v>
       </x:c>
       <x:c r="I317" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="318">
       <x:c r="A318" s="3" t="str">
-        <x:v>메가MGC커피</x:v>
+        <x:v>미스터피자</x:v>
       </x:c>
       <x:c r="B318" s="3" t="str">
-        <x:v>G0000009068</x:v>
+        <x:v>G0000009058</x:v>
       </x:c>
       <x:c r="C318" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D318" s="1" t="str">
-        <x:v>(메가MGC커피) (HOT)아메리카노</x:v>
+        <x:v>(미스터피자) 새우천왕M+핫윙8+콜라1.25L</x:v>
       </x:c>
       <x:c r="E318" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F318" s="4" t="str">
-        <x:v>1,700원</x:v>
+        <x:v>43,700원</x:v>
       </x:c>
       <x:c r="G318" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H318" s="4" t="str">
-        <x:v>1,496원</x:v>
+        <x:v>38,456원</x:v>
       </x:c>
       <x:c r="I318" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="319">
       <x:c r="A319" s="3" t="str">
-        <x:v>메가MGC커피</x:v>
+        <x:v>미스터피자</x:v>
       </x:c>
       <x:c r="B319" s="3" t="str">
-        <x:v>G0000007686</x:v>
+        <x:v>G0000009057</x:v>
       </x:c>
       <x:c r="C319" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D319" s="1" t="str">
-        <x:v>(메가MGC커피) (HOT)유자차</x:v>
+        <x:v>(미스터피자) 쉬림프골드M</x:v>
       </x:c>
       <x:c r="E319" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F319" s="4" t="str">
-        <x:v>3,300원</x:v>
+        <x:v>32,500원</x:v>
       </x:c>
       <x:c r="G319" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H319" s="4" t="str">
-        <x:v>2,904원</x:v>
+        <x:v>28,600원</x:v>
       </x:c>
       <x:c r="I319" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="320">
       <x:c r="A320" s="3" t="str">
-        <x:v>메가MGC커피</x:v>
+        <x:v>미스터피자</x:v>
       </x:c>
       <x:c r="B320" s="3" t="str">
-        <x:v>G0000007684</x:v>
+        <x:v>G0000009056</x:v>
       </x:c>
       <x:c r="C320" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D320" s="1" t="str">
-        <x:v>(메가MGC커피) (HOT)카페라떼</x:v>
+        <x:v>(미스터피자) 쉬림프골드M+오븐스파게티+콜라1.25L</x:v>
       </x:c>
       <x:c r="E320" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F320" s="4" t="str">
-        <x:v>2,900원</x:v>
+        <x:v>43,700원</x:v>
       </x:c>
       <x:c r="G320" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H320" s="4" t="str">
-        <x:v>2,552원</x:v>
+        <x:v>38,456원</x:v>
       </x:c>
       <x:c r="I320" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="321">
       <x:c r="A321" s="3" t="str">
-        <x:v>메가MGC커피</x:v>
+        <x:v>미스터피자</x:v>
       </x:c>
       <x:c r="B321" s="3" t="str">
-        <x:v>G0000007683</x:v>
+        <x:v>G0000009055</x:v>
       </x:c>
       <x:c r="C321" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D321" s="1" t="str">
-        <x:v>(메가MGC커피) (HOT)카페모카</x:v>
+        <x:v>(미스터피자) 쉬림프골드M+콜라1.25L</x:v>
       </x:c>
       <x:c r="E321" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F321" s="4" t="str">
-        <x:v>3,900원</x:v>
+        <x:v>34,800원</x:v>
       </x:c>
       <x:c r="G321" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H321" s="4" t="str">
-        <x:v>3,432원</x:v>
+        <x:v>30,624원</x:v>
       </x:c>
       <x:c r="I321" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="322">
       <x:c r="A322" s="3" t="str">
-        <x:v>메가MGC커피</x:v>
+        <x:v>미스터피자</x:v>
       </x:c>
       <x:c r="B322" s="3" t="str">
-        <x:v>G0000009598</x:v>
+        <x:v>G0000009054</x:v>
       </x:c>
       <x:c r="C322" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D322" s="1" t="str">
-        <x:v>(메가MGC커피) (HOT)콜드브루라떼</x:v>
+        <x:v>(미스터피자) 쉬림프골드M+콜라500ML</x:v>
       </x:c>
       <x:c r="E322" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F322" s="4" t="str">
-        <x:v>4,000원</x:v>
+        <x:v>34,200원</x:v>
       </x:c>
       <x:c r="G322" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H322" s="4" t="str">
-        <x:v>3,520원</x:v>
+        <x:v>30,096원</x:v>
       </x:c>
       <x:c r="I322" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="323">
       <x:c r="A323" s="3" t="str">
-        <x:v>메가MGC커피</x:v>
+        <x:v>미스터피자</x:v>
       </x:c>
       <x:c r="B323" s="3" t="str">
-        <x:v>G0000007682</x:v>
+        <x:v>G0000009053</x:v>
       </x:c>
       <x:c r="C323" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D323" s="1" t="str">
-        <x:v>(메가MGC커피) (HOT)허니자몽블랙티</x:v>
+        <x:v>(미스터피자) 쉬림프골드M+핫윙4+콜라1.25L</x:v>
       </x:c>
       <x:c r="E323" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F323" s="4" t="str">
-        <x:v>3,700원</x:v>
+        <x:v>39,700원</x:v>
       </x:c>
       <x:c r="G323" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H323" s="4" t="str">
-        <x:v>3,256원</x:v>
+        <x:v>34,936원</x:v>
       </x:c>
       <x:c r="I323" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="324">
       <x:c r="A324" s="3" t="str">
-        <x:v>메가MGC커피</x:v>
+        <x:v>미스터피자</x:v>
       </x:c>
       <x:c r="B324" s="3" t="str">
-        <x:v>G0000009596</x:v>
+        <x:v>G0000009052</x:v>
       </x:c>
       <x:c r="C324" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D324" s="1" t="str">
-        <x:v>(메가MGC커피) (ICE)딸기라떼</x:v>
+        <x:v>(미스터피자) 쉬림프골드M+핫윙4+콜라500ML</x:v>
       </x:c>
       <x:c r="E324" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F324" s="4" t="str">
-        <x:v>3,700원</x:v>
+        <x:v>39,100원</x:v>
       </x:c>
       <x:c r="G324" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H324" s="4" t="str">
-        <x:v>3,256원</x:v>
+        <x:v>34,408원</x:v>
       </x:c>
       <x:c r="I324" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="325">
       <x:c r="A325" s="3" t="str">
-        <x:v>메가MGC커피</x:v>
+        <x:v>미스터피자</x:v>
       </x:c>
       <x:c r="B325" s="3" t="str">
-        <x:v>G0000009069</x:v>
+        <x:v>G0000009051</x:v>
       </x:c>
       <x:c r="C325" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D325" s="1" t="str">
-        <x:v>(메가MGC커피) (ICE)메가리카노</x:v>
+        <x:v>(미스터피자) 쉬림프골드M+핫윙8+콜라1.25L</x:v>
       </x:c>
       <x:c r="E325" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F325" s="4" t="str">
-        <x:v>3,300원</x:v>
+        <x:v>43,700원</x:v>
       </x:c>
       <x:c r="G325" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H325" s="4" t="str">
-        <x:v>2,904원</x:v>
+        <x:v>38,456원</x:v>
       </x:c>
       <x:c r="I325" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="326">
       <x:c r="A326" s="3" t="str">
-        <x:v>메가MGC커피</x:v>
+        <x:v>미스터피자</x:v>
       </x:c>
       <x:c r="B326" s="3" t="str">
-        <x:v>G0000007317</x:v>
+        <x:v>G0000009050</x:v>
       </x:c>
       <x:c r="C326" s="3" t="str">
-        <x:v>특가상품</x:v>
+        <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D326" s="1" t="str">
-        <x:v>(메가MGC커피) (ICE)아메리카노</x:v>
+        <x:v>(미스터피자) 콤비네이션L</x:v>
       </x:c>
       <x:c r="E326" s="3" t="str">
-        <x:v>30일</x:v>
+        <x:v>60일</x:v>
       </x:c>
       <x:c r="F326" s="4" t="str">
-        <x:v>2,000원</x:v>
+        <x:v>28,900원</x:v>
       </x:c>
       <x:c r="G326" s="3" t="str">
-        <x:v>15%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H326" s="4" t="str">
-        <x:v>1,700원</x:v>
+        <x:v>25,432원</x:v>
       </x:c>
       <x:c r="I326" s="1" t="str">
-        <x:v># 최소 수량 100개 이상 발송 가능
-# 동일 수신번호는 3개를 초과할 수 없습니다.</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="327">
       <x:c r="A327" s="3" t="str">
-        <x:v>메가MGC커피</x:v>
+        <x:v>미스터피자</x:v>
       </x:c>
       <x:c r="B327" s="3" t="str">
-        <x:v>G0000006967</x:v>
+        <x:v>G0000009049</x:v>
       </x:c>
       <x:c r="C327" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D327" s="1" t="str">
-        <x:v>(메가MGC커피) (ICE)아메리카노</x:v>
+        <x:v>(미스터피자) 콤비네이션L+콜라1.25L</x:v>
       </x:c>
       <x:c r="E327" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F327" s="4" t="str">
-        <x:v>2,000원</x:v>
+        <x:v>31,200원</x:v>
       </x:c>
       <x:c r="G327" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H327" s="4" t="str">
-        <x:v>1,760원</x:v>
+        <x:v>27,456원</x:v>
       </x:c>
       <x:c r="I327" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="328">
       <x:c r="A328" s="3" t="str">
-        <x:v>메가MGC커피</x:v>
+        <x:v>미스터피자</x:v>
       </x:c>
       <x:c r="B328" s="3" t="str">
-        <x:v>G0000009595</x:v>
+        <x:v>G0000009048</x:v>
       </x:c>
       <x:c r="C328" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D328" s="1" t="str">
-        <x:v>(메가MGC커피) (ICE)얼그레이</x:v>
+        <x:v>(미스터피자) 콤비네이션M</x:v>
       </x:c>
       <x:c r="E328" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F328" s="4" t="str">
-        <x:v>2,500원</x:v>
+        <x:v>21,900원</x:v>
       </x:c>
       <x:c r="G328" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H328" s="4" t="str">
-        <x:v>2,200원</x:v>
+        <x:v>19,272원</x:v>
       </x:c>
       <x:c r="I328" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="329">
       <x:c r="A329" s="3" t="str">
-        <x:v>메가MGC커피</x:v>
+        <x:v>미스터피자</x:v>
       </x:c>
       <x:c r="B329" s="3" t="str">
-        <x:v>G0000009594</x:v>
+        <x:v>G0000009047</x:v>
       </x:c>
       <x:c r="C329" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D329" s="1" t="str">
-        <x:v>(메가MGC커피) (ICE)캐모마일</x:v>
+        <x:v>(미스터피자) 콤비네이션M+콜라1.25L</x:v>
       </x:c>
       <x:c r="E329" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F329" s="4" t="str">
-        <x:v>2,500원</x:v>
+        <x:v>24,200원</x:v>
       </x:c>
       <x:c r="G329" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H329" s="4" t="str">
-        <x:v>2,200원</x:v>
+        <x:v>21,296원</x:v>
       </x:c>
       <x:c r="I329" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="330">
       <x:c r="A330" s="3" t="str">
-        <x:v>메가MGC커피</x:v>
+        <x:v>미스터피자</x:v>
       </x:c>
       <x:c r="B330" s="3" t="str">
-        <x:v>G0000009599</x:v>
+        <x:v>G0000009046</x:v>
       </x:c>
       <x:c r="C330" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D330" s="1" t="str">
-        <x:v>(메가MGC커피) (ICE)콜드브루라떼</x:v>
+        <x:v>(미스터피자) 콤비네이션M+콜라500ML</x:v>
       </x:c>
       <x:c r="E330" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F330" s="4" t="str">
-        <x:v>4,000원</x:v>
+        <x:v>23,600원</x:v>
       </x:c>
       <x:c r="G330" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H330" s="4" t="str">
-        <x:v>3,520원</x:v>
+        <x:v>20,768원</x:v>
       </x:c>
       <x:c r="I330" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="331">
       <x:c r="A331" s="3" t="str">
-        <x:v>메가MGC커피</x:v>
+        <x:v>미스터피자</x:v>
       </x:c>
       <x:c r="B331" s="3" t="str">
-        <x:v>G0000009592</x:v>
+        <x:v>G0000009045</x:v>
       </x:c>
       <x:c r="C331" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D331" s="1" t="str">
-        <x:v>(메가MGC커피) 너랑 썸탈꺼야 세트</x:v>
+        <x:v>(미스터피자) 콤비네이션M+핫윙4+콜라1.25L</x:v>
       </x:c>
       <x:c r="E331" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F331" s="4" t="str">
-        <x:v>10,200원</x:v>
+        <x:v>29,100원</x:v>
       </x:c>
       <x:c r="G331" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H331" s="4" t="str">
-        <x:v>8,976원</x:v>
+        <x:v>25,608원</x:v>
       </x:c>
       <x:c r="I331" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="332">
       <x:c r="A332" s="3" t="str">
-        <x:v>메가MGC커피</x:v>
+        <x:v>미스터피자</x:v>
       </x:c>
       <x:c r="B332" s="3" t="str">
-        <x:v>G0000009590</x:v>
+        <x:v>G0000009044</x:v>
       </x:c>
       <x:c r="C332" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D332" s="1" t="str">
-        <x:v>(메가MGC커피) 더블 따아 세트</x:v>
+        <x:v>(미스터피자) 포테이토L+콜라1.25L</x:v>
       </x:c>
       <x:c r="E332" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F332" s="4" t="str">
-        <x:v>3,400원</x:v>
+        <x:v>31,200원</x:v>
       </x:c>
       <x:c r="G332" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H332" s="4" t="str">
-        <x:v>2,992원</x:v>
+        <x:v>27,456원</x:v>
       </x:c>
       <x:c r="I332" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="333">
       <x:c r="A333" s="3" t="str">
-        <x:v>메가MGC커피</x:v>
+        <x:v>미스터피자</x:v>
       </x:c>
       <x:c r="B333" s="3" t="str">
-        <x:v>G0000009597</x:v>
+        <x:v>G0000009043</x:v>
       </x:c>
       <x:c r="C333" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D333" s="1" t="str">
-        <x:v>(메가MGC커피) 딸기바나나주스</x:v>
+        <x:v>(미스터피자) 포테이토M</x:v>
       </x:c>
       <x:c r="E333" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F333" s="4" t="str">
-        <x:v>4,000원</x:v>
+        <x:v>21,900원</x:v>
       </x:c>
       <x:c r="G333" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H333" s="4" t="str">
-        <x:v>3,520원</x:v>
+        <x:v>19,272원</x:v>
       </x:c>
       <x:c r="I333" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="334">
       <x:c r="A334" s="3" t="str">
-        <x:v>메가MGC커피</x:v>
+        <x:v>미스터피자</x:v>
       </x:c>
       <x:c r="B334" s="3" t="str">
-        <x:v>G0000009593</x:v>
+        <x:v>G0000009042</x:v>
       </x:c>
       <x:c r="C334" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D334" s="1" t="str">
-        <x:v>(메가MGC커피) 아침은내가챙겨줄게</x:v>
+        <x:v>(미스터피자) 포테이토M+콜라1.25L</x:v>
       </x:c>
       <x:c r="E334" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F334" s="4" t="str">
-        <x:v>5,800원</x:v>
+        <x:v>24,200원</x:v>
       </x:c>
       <x:c r="G334" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H334" s="4" t="str">
-        <x:v>5,104원</x:v>
+        <x:v>21,296원</x:v>
       </x:c>
       <x:c r="I334" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="335">
       <x:c r="A335" s="3" t="str">
-        <x:v>메가MGC커피</x:v>
+        <x:v>미스터피자</x:v>
       </x:c>
       <x:c r="B335" s="3" t="str">
-        <x:v>G0000009589</x:v>
+        <x:v>G0000009041</x:v>
       </x:c>
       <x:c r="C335" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D335" s="1" t="str">
-        <x:v>(메가MGC커피) 왕할메가커피</x:v>
+        <x:v>(미스터피자) 포테이토M+콜라500ML</x:v>
       </x:c>
       <x:c r="E335" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F335" s="4" t="str">
-        <x:v>3,200원</x:v>
+        <x:v>23,600원</x:v>
       </x:c>
       <x:c r="G335" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H335" s="4" t="str">
-        <x:v>2,816원</x:v>
+        <x:v>20,768원</x:v>
       </x:c>
       <x:c r="I335" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="336">
       <x:c r="A336" s="3" t="str">
-        <x:v>메가MGC커피</x:v>
+        <x:v>미스터피자</x:v>
       </x:c>
       <x:c r="B336" s="3" t="str">
-        <x:v>G0000009591</x:v>
+        <x:v>G0000009040</x:v>
       </x:c>
       <x:c r="C336" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D336" s="1" t="str">
-        <x:v>(메가MGC커피) 크로크무슈</x:v>
+        <x:v>(미스터피자) 포테이토M+핫윙4+콜라1.25L</x:v>
       </x:c>
       <x:c r="E336" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F336" s="4" t="str">
-        <x:v>3,800원</x:v>
+        <x:v>29,100원</x:v>
       </x:c>
       <x:c r="G336" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H336" s="4" t="str">
-        <x:v>3,344원</x:v>
+        <x:v>25,608원</x:v>
       </x:c>
       <x:c r="I336" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="337">
       <x:c r="A337" s="3" t="str">
-        <x:v>메가MGC커피</x:v>
+        <x:v>미스터피자</x:v>
       </x:c>
       <x:c r="B337" s="3" t="str">
-        <x:v>G0000009588</x:v>
+        <x:v>G0000009039</x:v>
       </x:c>
       <x:c r="C337" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D337" s="1" t="str">
-        <x:v>(메가MGC커피) 할메가커피</x:v>
+        <x:v>(미스터피자) 하와이안스페셜L</x:v>
       </x:c>
       <x:c r="E337" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F337" s="4" t="str">
-        <x:v>2,100원</x:v>
+        <x:v>27,900원</x:v>
       </x:c>
       <x:c r="G337" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H337" s="4" t="str">
-        <x:v>1,848원</x:v>
+        <x:v>24,552원</x:v>
       </x:c>
       <x:c r="I337" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="338">
       <x:c r="A338" s="3" t="str">
         <x:v>미스터피자</x:v>
       </x:c>
       <x:c r="B338" s="3" t="str">
-        <x:v>G0000009066</x:v>
+        <x:v>G0000009038</x:v>
       </x:c>
       <x:c r="C338" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D338" s="1" t="str">
-        <x:v>(미스터피자) 불고기L</x:v>
+        <x:v>(미스터피자) 하와이안스페셜L+콜라1.25L</x:v>
       </x:c>
       <x:c r="E338" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F338" s="4" t="str">
-        <x:v>28,900원</x:v>
+        <x:v>30,200원</x:v>
       </x:c>
       <x:c r="G338" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H338" s="4" t="str">
-        <x:v>25,432원</x:v>
+        <x:v>26,576원</x:v>
       </x:c>
       <x:c r="I338" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="339">
       <x:c r="A339" s="3" t="str">
         <x:v>미스터피자</x:v>
       </x:c>
       <x:c r="B339" s="3" t="str">
-        <x:v>G0000009065</x:v>
+        <x:v>G0000009037</x:v>
       </x:c>
       <x:c r="C339" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D339" s="1" t="str">
-        <x:v>(미스터피자) 불고기L+콜라1.25L</x:v>
+        <x:v>(미스터피자) 하와이안스페셜M+콜라500ML</x:v>
       </x:c>
       <x:c r="E339" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F339" s="4" t="str">
-        <x:v>31,200원</x:v>
+        <x:v>22,600원</x:v>
       </x:c>
       <x:c r="G339" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H339" s="4" t="str">
-        <x:v>27,456원</x:v>
+        <x:v>19,888원</x:v>
       </x:c>
       <x:c r="I339" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="340">
       <x:c r="A340" s="3" t="str">
         <x:v>미스터피자</x:v>
       </x:c>
       <x:c r="B340" s="3" t="str">
-        <x:v>G0000009064</x:v>
+        <x:v>G0000009036</x:v>
       </x:c>
       <x:c r="C340" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D340" s="1" t="str">
-        <x:v>(미스터피자) 불고기M+콜라500ML</x:v>
+        <x:v>(미스터피자) 하프앤하프L+콜라1.25L</x:v>
       </x:c>
       <x:c r="E340" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F340" s="4" t="str">
-        <x:v>23,600원</x:v>
+        <x:v>42,800원</x:v>
       </x:c>
       <x:c r="G340" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H340" s="4" t="str">
-        <x:v>20,768원</x:v>
+        <x:v>37,664원</x:v>
       </x:c>
       <x:c r="I340" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="341">
       <x:c r="A341" s="3" t="str">
         <x:v>미스터피자</x:v>
       </x:c>
       <x:c r="B341" s="3" t="str">
-        <x:v>G0000009063</x:v>
+        <x:v>G0000009035</x:v>
       </x:c>
       <x:c r="C341" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D341" s="1" t="str">
-        <x:v>(미스터피자) 불고기M+핫윙4+콜라1.25L</x:v>
+        <x:v>(미스터피자) 하프앤하프M</x:v>
       </x:c>
       <x:c r="E341" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F341" s="4" t="str">
-        <x:v>29,100원</x:v>
+        <x:v>32,500원</x:v>
       </x:c>
       <x:c r="G341" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H341" s="4" t="str">
-        <x:v>25,608원</x:v>
+        <x:v>28,600원</x:v>
       </x:c>
       <x:c r="I341" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="342">
       <x:c r="A342" s="3" t="str">
         <x:v>미스터피자</x:v>
       </x:c>
       <x:c r="B342" s="3" t="str">
-        <x:v>G0000009062</x:v>
+        <x:v>G0000009034</x:v>
       </x:c>
       <x:c r="C342" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D342" s="1" t="str">
-        <x:v>(미스터피자) 새우천왕M</x:v>
+        <x:v>(미스터피자) 하프앤하프M+오븐스파게티+콜라1.25L</x:v>
       </x:c>
       <x:c r="E342" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F342" s="4" t="str">
-        <x:v>32,500원</x:v>
+        <x:v>43,700원</x:v>
       </x:c>
       <x:c r="G342" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H342" s="4" t="str">
-        <x:v>28,600원</x:v>
+        <x:v>38,456원</x:v>
       </x:c>
       <x:c r="I342" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="343">
       <x:c r="A343" s="3" t="str">
         <x:v>미스터피자</x:v>
       </x:c>
       <x:c r="B343" s="3" t="str">
-        <x:v>G0000009061</x:v>
+        <x:v>G0000009033</x:v>
       </x:c>
       <x:c r="C343" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D343" s="1" t="str">
-        <x:v>(미스터피자) 새우천왕M+오븐스파게티+콜라1.25L</x:v>
+        <x:v>(미스터피자) 하프앤하프M+콜라1.25L</x:v>
       </x:c>
       <x:c r="E343" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F343" s="4" t="str">
-        <x:v>43,700원</x:v>
+        <x:v>34,800원</x:v>
       </x:c>
       <x:c r="G343" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H343" s="4" t="str">
-        <x:v>38,456원</x:v>
+        <x:v>30,624원</x:v>
       </x:c>
       <x:c r="I343" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="344">
       <x:c r="A344" s="3" t="str">
         <x:v>미스터피자</x:v>
       </x:c>
       <x:c r="B344" s="3" t="str">
-        <x:v>G0000009060</x:v>
+        <x:v>G0000009032</x:v>
       </x:c>
       <x:c r="C344" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D344" s="1" t="str">
-        <x:v>(미스터피자) 새우천왕M+콜라500ML</x:v>
+        <x:v>(미스터피자) 하프앤하프M+핫윙4+콜라1.25L</x:v>
       </x:c>
       <x:c r="E344" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F344" s="4" t="str">
-        <x:v>34,200원</x:v>
+        <x:v>39,700원</x:v>
       </x:c>
       <x:c r="G344" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H344" s="4" t="str">
-        <x:v>30,096원</x:v>
+        <x:v>34,936원</x:v>
       </x:c>
       <x:c r="I344" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="345">
       <x:c r="A345" s="3" t="str">
         <x:v>미스터피자</x:v>
       </x:c>
       <x:c r="B345" s="3" t="str">
-        <x:v>G0000009059</x:v>
+        <x:v>G0000009031</x:v>
       </x:c>
       <x:c r="C345" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D345" s="1" t="str">
-        <x:v>(미스터피자) 새우천왕M+핫윙4+콜라1.25L</x:v>
+        <x:v>(미스터피자) 하프앤하프M+핫윙4+콜라500ML</x:v>
       </x:c>
       <x:c r="E345" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F345" s="4" t="str">
-        <x:v>39,700원</x:v>
+        <x:v>39,100원</x:v>
       </x:c>
       <x:c r="G345" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H345" s="4" t="str">
-        <x:v>34,936원</x:v>
+        <x:v>34,408원</x:v>
       </x:c>
       <x:c r="I345" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="346">
       <x:c r="A346" s="3" t="str">
-        <x:v>미스터피자</x:v>
+        <x:v>배달의민족</x:v>
       </x:c>
       <x:c r="B346" s="3" t="str">
-        <x:v>G0000009058</x:v>
+        <x:v>G0000009694</x:v>
       </x:c>
       <x:c r="C346" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D346" s="1" t="str">
-        <x:v>(미스터피자) 새우천왕M+핫윙8+콜라1.25L</x:v>
+        <x:v>[배달의민족] 모바일상품권 1만5천원</x:v>
       </x:c>
       <x:c r="E346" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F346" s="4" t="str">
-        <x:v>43,700원</x:v>
+        <x:v>15,000원</x:v>
       </x:c>
       <x:c r="G346" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H346" s="4" t="str">
-        <x:v>38,456원</x:v>
+        <x:v>14,700원</x:v>
       </x:c>
       <x:c r="I346" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="347">
       <x:c r="A347" s="3" t="str">
-        <x:v>미스터피자</x:v>
+        <x:v>배달의민족</x:v>
       </x:c>
       <x:c r="B347" s="3" t="str">
-        <x:v>G0000009057</x:v>
+        <x:v>G0000009693</x:v>
       </x:c>
       <x:c r="C347" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D347" s="1" t="str">
-        <x:v>(미스터피자) 쉬림프골드M</x:v>
+        <x:v>[배달의민족] 모바일상품권 1만원</x:v>
       </x:c>
       <x:c r="E347" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F347" s="4" t="str">
-        <x:v>32,500원</x:v>
+        <x:v>10,000원</x:v>
       </x:c>
       <x:c r="G347" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H347" s="4" t="str">
-        <x:v>28,600원</x:v>
+        <x:v>9,800원</x:v>
       </x:c>
       <x:c r="I347" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="348">
       <x:c r="A348" s="3" t="str">
-        <x:v>미스터피자</x:v>
+        <x:v>배달의민족</x:v>
       </x:c>
       <x:c r="B348" s="3" t="str">
-        <x:v>G0000009056</x:v>
+        <x:v>G0000009701</x:v>
       </x:c>
       <x:c r="C348" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D348" s="1" t="str">
-        <x:v>(미스터피자) 쉬림프골드M+오븐스파게티+콜라1.25L</x:v>
+        <x:v>[배달의민족] 모바일상품권 2만5천원</x:v>
       </x:c>
       <x:c r="E348" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F348" s="4" t="str">
-        <x:v>43,700원</x:v>
+        <x:v>25,000원</x:v>
       </x:c>
       <x:c r="G348" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H348" s="4" t="str">
-        <x:v>38,456원</x:v>
+        <x:v>24,500원</x:v>
       </x:c>
       <x:c r="I348" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="349">
       <x:c r="A349" s="3" t="str">
-        <x:v>미스터피자</x:v>
+        <x:v>배달의민족</x:v>
       </x:c>
       <x:c r="B349" s="3" t="str">
-        <x:v>G0000009055</x:v>
+        <x:v>G0000009695</x:v>
       </x:c>
       <x:c r="C349" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D349" s="1" t="str">
-        <x:v>(미스터피자) 쉬림프골드M+콜라1.25L</x:v>
+        <x:v>[배달의민족] 모바일상품권 2만원</x:v>
       </x:c>
       <x:c r="E349" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F349" s="4" t="str">
-        <x:v>34,800원</x:v>
+        <x:v>20,000원</x:v>
       </x:c>
       <x:c r="G349" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H349" s="4" t="str">
-        <x:v>30,624원</x:v>
+        <x:v>19,600원</x:v>
       </x:c>
       <x:c r="I349" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="350">
       <x:c r="A350" s="3" t="str">
-        <x:v>미스터피자</x:v>
+        <x:v>배달의민족</x:v>
       </x:c>
       <x:c r="B350" s="3" t="str">
-        <x:v>G0000009054</x:v>
+        <x:v>G0000009699</x:v>
       </x:c>
       <x:c r="C350" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D350" s="1" t="str">
-        <x:v>(미스터피자) 쉬림프골드M+콜라500ML</x:v>
+        <x:v>[배달의민족] 모바일상품권 2천원</x:v>
       </x:c>
       <x:c r="E350" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F350" s="4" t="str">
-        <x:v>34,200원</x:v>
+        <x:v>2,000원</x:v>
       </x:c>
       <x:c r="G350" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H350" s="4" t="str">
-        <x:v>30,096원</x:v>
+        <x:v>1,960원</x:v>
       </x:c>
       <x:c r="I350" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="351">
       <x:c r="A351" s="3" t="str">
-        <x:v>미스터피자</x:v>
+        <x:v>배달의민족</x:v>
       </x:c>
       <x:c r="B351" s="3" t="str">
-        <x:v>G0000009053</x:v>
+        <x:v>G0000009696</x:v>
       </x:c>
       <x:c r="C351" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D351" s="1" t="str">
-        <x:v>(미스터피자) 쉬림프골드M+핫윙4+콜라1.25L</x:v>
+        <x:v>[배달의민족] 모바일상품권 3만원</x:v>
       </x:c>
       <x:c r="E351" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F351" s="4" t="str">
-        <x:v>39,700원</x:v>
+        <x:v>30,000원</x:v>
       </x:c>
       <x:c r="G351" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H351" s="4" t="str">
-        <x:v>34,936원</x:v>
+        <x:v>29,400원</x:v>
       </x:c>
       <x:c r="I351" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="352">
       <x:c r="A352" s="3" t="str">
-        <x:v>미스터피자</x:v>
+        <x:v>배달의민족</x:v>
       </x:c>
       <x:c r="B352" s="3" t="str">
-        <x:v>G0000009052</x:v>
+        <x:v>G0000009691</x:v>
       </x:c>
       <x:c r="C352" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D352" s="1" t="str">
-        <x:v>(미스터피자) 쉬림프골드M+핫윙4+콜라500ML</x:v>
+        <x:v>[배달의민족] 모바일상품권 3천원</x:v>
       </x:c>
       <x:c r="E352" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F352" s="4" t="str">
-        <x:v>39,100원</x:v>
+        <x:v>3,000원</x:v>
       </x:c>
       <x:c r="G352" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H352" s="4" t="str">
-        <x:v>34,408원</x:v>
+        <x:v>2,940원</x:v>
       </x:c>
       <x:c r="I352" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="353">
       <x:c r="A353" s="3" t="str">
-        <x:v>미스터피자</x:v>
+        <x:v>배달의민족</x:v>
       </x:c>
       <x:c r="B353" s="3" t="str">
-        <x:v>G0000009051</x:v>
+        <x:v>G0000009697</x:v>
       </x:c>
       <x:c r="C353" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D353" s="1" t="str">
-        <x:v>(미스터피자) 쉬림프골드M+핫윙8+콜라1.25L</x:v>
+        <x:v>[배달의민족] 모바일상품권 4만원</x:v>
       </x:c>
       <x:c r="E353" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F353" s="4" t="str">
-        <x:v>43,700원</x:v>
+        <x:v>40,000원</x:v>
       </x:c>
       <x:c r="G353" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H353" s="4" t="str">
-        <x:v>38,456원</x:v>
+        <x:v>39,200원</x:v>
       </x:c>
       <x:c r="I353" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="354">
       <x:c r="A354" s="3" t="str">
-        <x:v>미스터피자</x:v>
+        <x:v>배달의민족</x:v>
       </x:c>
       <x:c r="B354" s="3" t="str">
-        <x:v>G0000009050</x:v>
+        <x:v>G0000009698</x:v>
       </x:c>
       <x:c r="C354" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D354" s="1" t="str">
-        <x:v>(미스터피자) 콤비네이션L</x:v>
+        <x:v>[배달의민족] 모바일상품권 5만원</x:v>
       </x:c>
       <x:c r="E354" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F354" s="4" t="str">
-        <x:v>28,900원</x:v>
+        <x:v>50,000원</x:v>
       </x:c>
       <x:c r="G354" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H354" s="4" t="str">
-        <x:v>25,432원</x:v>
+        <x:v>49,000원</x:v>
       </x:c>
       <x:c r="I354" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="355">
       <x:c r="A355" s="3" t="str">
-        <x:v>미스터피자</x:v>
+        <x:v>배달의민족</x:v>
       </x:c>
       <x:c r="B355" s="3" t="str">
-        <x:v>G0000009049</x:v>
+        <x:v>G0000009692</x:v>
       </x:c>
       <x:c r="C355" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D355" s="1" t="str">
-        <x:v>(미스터피자) 콤비네이션L+콜라1.25L</x:v>
+        <x:v>[배달의민족] 모바일상품권 5천원</x:v>
       </x:c>
       <x:c r="E355" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F355" s="4" t="str">
-        <x:v>31,200원</x:v>
+        <x:v>5,000원</x:v>
       </x:c>
       <x:c r="G355" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H355" s="4" t="str">
-        <x:v>27,456원</x:v>
+        <x:v>4,900원</x:v>
       </x:c>
       <x:c r="I355" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="356">
       <x:c r="A356" s="3" t="str">
-        <x:v>미스터피자</x:v>
+        <x:v>배달의민족</x:v>
       </x:c>
       <x:c r="B356" s="3" t="str">
-        <x:v>G0000009048</x:v>
+        <x:v>G0000009700</x:v>
       </x:c>
       <x:c r="C356" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D356" s="1" t="str">
-        <x:v>(미스터피자) 콤비네이션M</x:v>
+        <x:v>[배달의민족] 모바일상품권 8천원</x:v>
       </x:c>
       <x:c r="E356" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F356" s="4" t="str">
-        <x:v>21,900원</x:v>
+        <x:v>8,000원</x:v>
       </x:c>
       <x:c r="G356" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H356" s="4" t="str">
-        <x:v>19,272원</x:v>
+        <x:v>7,840원</x:v>
       </x:c>
       <x:c r="I356" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="357">
       <x:c r="A357" s="3" t="str">
-        <x:v>미스터피자</x:v>
+        <x:v>배스킨라빈스</x:v>
       </x:c>
       <x:c r="B357" s="3" t="str">
-        <x:v>G0000009047</x:v>
+        <x:v>G0000009759</x:v>
       </x:c>
       <x:c r="C357" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D357" s="1" t="str">
-        <x:v>(미스터피자) 콤비네이션M+콜라1.25L</x:v>
+        <x:v>[배스킨라빈스] 917 아이스 아메리카노</x:v>
       </x:c>
       <x:c r="E357" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F357" s="4" t="str">
-        <x:v>24,200원</x:v>
+        <x:v>4,200원</x:v>
       </x:c>
       <x:c r="G357" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H357" s="4" t="str">
-        <x:v>21,296원</x:v>
+        <x:v>3,696원</x:v>
       </x:c>
       <x:c r="I357" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="358">
       <x:c r="A358" s="3" t="str">
-        <x:v>미스터피자</x:v>
+        <x:v>배스킨라빈스</x:v>
       </x:c>
       <x:c r="B358" s="3" t="str">
-        <x:v>G0000009046</x:v>
+        <x:v>G0000009723</x:v>
       </x:c>
       <x:c r="C358" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D358" s="1" t="str">
-        <x:v>(미스터피자) 콤비네이션M+콜라500ML</x:v>
+        <x:v>[배스킨라빈스] 교환권 1만원</x:v>
       </x:c>
       <x:c r="E358" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F358" s="4" t="str">
-        <x:v>23,600원</x:v>
+        <x:v>10,000원</x:v>
       </x:c>
       <x:c r="G358" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H358" s="4" t="str">
-        <x:v>20,768원</x:v>
+        <x:v>9,000원</x:v>
       </x:c>
       <x:c r="I358" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="359">
       <x:c r="A359" s="3" t="str">
-        <x:v>미스터피자</x:v>
+        <x:v>배스킨라빈스</x:v>
       </x:c>
       <x:c r="B359" s="3" t="str">
-        <x:v>G0000009045</x:v>
+        <x:v>G0000009720</x:v>
       </x:c>
       <x:c r="C359" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D359" s="1" t="str">
-        <x:v>(미스터피자) 콤비네이션M+핫윙4+콜라1.25L</x:v>
+        <x:v>[배스킨라빈스] 교환권 2,000원</x:v>
       </x:c>
       <x:c r="E359" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F359" s="4" t="str">
-        <x:v>29,100원</x:v>
+        <x:v>2,000원</x:v>
       </x:c>
       <x:c r="G359" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H359" s="4" t="str">
-        <x:v>25,608원</x:v>
+        <x:v>1,800원</x:v>
       </x:c>
       <x:c r="I359" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="360">
       <x:c r="A360" s="3" t="str">
-        <x:v>미스터피자</x:v>
+        <x:v>배스킨라빈스</x:v>
       </x:c>
       <x:c r="B360" s="3" t="str">
-        <x:v>G0000009044</x:v>
+        <x:v>G0000009718</x:v>
       </x:c>
       <x:c r="C360" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D360" s="1" t="str">
-        <x:v>(미스터피자) 포테이토L+콜라1.25L</x:v>
+        <x:v>[배스킨라빈스] 교환권 20,000원권</x:v>
       </x:c>
       <x:c r="E360" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F360" s="4" t="str">
-        <x:v>31,200원</x:v>
+        <x:v>20,000원</x:v>
       </x:c>
       <x:c r="G360" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H360" s="4" t="str">
-        <x:v>27,456원</x:v>
+        <x:v>18,000원</x:v>
       </x:c>
       <x:c r="I360" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="361">
       <x:c r="A361" s="3" t="str">
-        <x:v>미스터피자</x:v>
+        <x:v>배스킨라빈스</x:v>
       </x:c>
       <x:c r="B361" s="3" t="str">
-        <x:v>G0000009043</x:v>
+        <x:v>G0000009722</x:v>
       </x:c>
       <x:c r="C361" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D361" s="1" t="str">
-        <x:v>(미스터피자) 포테이토M</x:v>
+        <x:v>[배스킨라빈스] 교환권 3만원</x:v>
       </x:c>
       <x:c r="E361" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F361" s="4" t="str">
-        <x:v>21,900원</x:v>
+        <x:v>30,000원</x:v>
       </x:c>
       <x:c r="G361" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H361" s="4" t="str">
-        <x:v>19,272원</x:v>
+        <x:v>27,000원</x:v>
       </x:c>
       <x:c r="I361" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="362">
       <x:c r="A362" s="3" t="str">
-        <x:v>미스터피자</x:v>
+        <x:v>배스킨라빈스</x:v>
       </x:c>
       <x:c r="B362" s="3" t="str">
-        <x:v>G0000009042</x:v>
+        <x:v>G0000009719</x:v>
       </x:c>
       <x:c r="C362" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D362" s="1" t="str">
-        <x:v>(미스터피자) 포테이토M+콜라1.25L</x:v>
+        <x:v>[배스킨라빈스] 교환권 5,000원</x:v>
       </x:c>
       <x:c r="E362" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F362" s="4" t="str">
-        <x:v>24,200원</x:v>
+        <x:v>5,000원</x:v>
       </x:c>
       <x:c r="G362" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H362" s="4" t="str">
-        <x:v>21,296원</x:v>
+        <x:v>4,500원</x:v>
       </x:c>
       <x:c r="I362" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="363">
       <x:c r="A363" s="3" t="str">
-        <x:v>미스터피자</x:v>
+        <x:v>배스킨라빈스</x:v>
       </x:c>
       <x:c r="B363" s="3" t="str">
-        <x:v>G0000009041</x:v>
+        <x:v>G0000009721</x:v>
       </x:c>
       <x:c r="C363" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D363" s="1" t="str">
-        <x:v>(미스터피자) 포테이토M+콜라500ML</x:v>
+        <x:v>[배스킨라빈스] 교환권 5만원</x:v>
       </x:c>
       <x:c r="E363" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F363" s="4" t="str">
-        <x:v>23,600원</x:v>
+        <x:v>50,000원</x:v>
       </x:c>
       <x:c r="G363" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H363" s="4" t="str">
-        <x:v>20,768원</x:v>
+        <x:v>45,000원</x:v>
       </x:c>
       <x:c r="I363" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="364">
       <x:c r="A364" s="3" t="str">
-        <x:v>미스터피자</x:v>
+        <x:v>배스킨라빈스</x:v>
       </x:c>
       <x:c r="B364" s="3" t="str">
-        <x:v>G0000009040</x:v>
+        <x:v>G0000009752</x:v>
       </x:c>
       <x:c r="C364" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D364" s="1" t="str">
-        <x:v>(미스터피자) 포테이토M+핫윙4+콜라1.25L</x:v>
+        <x:v>[배스킨라빈스] 달콤당충전 세트[아메리카노 2잔+아이스마카롱 2개]</x:v>
       </x:c>
       <x:c r="E364" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F364" s="4" t="str">
-        <x:v>29,100원</x:v>
+        <x:v>14,000원</x:v>
       </x:c>
       <x:c r="G364" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H364" s="4" t="str">
-        <x:v>25,608원</x:v>
+        <x:v>12,320원</x:v>
       </x:c>
       <x:c r="I364" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="365">
       <x:c r="A365" s="3" t="str">
-        <x:v>미스터피자</x:v>
+        <x:v>배스킨라빈스</x:v>
       </x:c>
       <x:c r="B365" s="3" t="str">
-        <x:v>G0000009039</x:v>
+        <x:v>G0000009736</x:v>
       </x:c>
       <x:c r="C365" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D365" s="1" t="str">
-        <x:v>(미스터피자) 하와이안스페셜L</x:v>
+        <x:v>[배스킨라빈스] 더블레귤러 아이스크림</x:v>
       </x:c>
       <x:c r="E365" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F365" s="4" t="str">
-        <x:v>27,900원</x:v>
+        <x:v>7,300원</x:v>
       </x:c>
       <x:c r="G365" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H365" s="4" t="str">
-        <x:v>24,552원</x:v>
+        <x:v>6,424원</x:v>
       </x:c>
       <x:c r="I365" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="366">
       <x:c r="A366" s="3" t="str">
-        <x:v>미스터피자</x:v>
+        <x:v>배스킨라빈스</x:v>
       </x:c>
       <x:c r="B366" s="3" t="str">
-        <x:v>G0000009038</x:v>
+        <x:v>G0000009737</x:v>
       </x:c>
       <x:c r="C366" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D366" s="1" t="str">
-        <x:v>(미스터피자) 하와이안스페셜L+콜라1.25L</x:v>
+        <x:v>[배스킨라빈스] 더블주니어 아이스크림</x:v>
       </x:c>
       <x:c r="E366" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F366" s="4" t="str">
-        <x:v>30,200원</x:v>
+        <x:v>5,100원</x:v>
       </x:c>
       <x:c r="G366" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H366" s="4" t="str">
-        <x:v>26,576원</x:v>
+        <x:v>4,488원</x:v>
       </x:c>
       <x:c r="I366" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="367">
       <x:c r="A367" s="3" t="str">
-        <x:v>미스터피자</x:v>
+        <x:v>배스킨라빈스</x:v>
       </x:c>
       <x:c r="B367" s="3" t="str">
-        <x:v>G0000009037</x:v>
+        <x:v>G0000009742</x:v>
       </x:c>
       <x:c r="C367" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D367" s="1" t="str">
-        <x:v>(미스터피자) 하와이안스페셜M+콜라500ML</x:v>
+        <x:v>[배스킨라빈스] 딸기 연유라떼</x:v>
       </x:c>
       <x:c r="E367" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F367" s="4" t="str">
-        <x:v>22,600원</x:v>
+        <x:v>5,300원</x:v>
       </x:c>
       <x:c r="G367" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H367" s="4" t="str">
-        <x:v>19,888원</x:v>
+        <x:v>4,664원</x:v>
       </x:c>
       <x:c r="I367" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="368">
       <x:c r="A368" s="3" t="str">
-        <x:v>미스터피자</x:v>
+        <x:v>배스킨라빈스</x:v>
       </x:c>
       <x:c r="B368" s="3" t="str">
-        <x:v>G0000009036</x:v>
+        <x:v>G0000009732</x:v>
       </x:c>
       <x:c r="C368" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D368" s="1" t="str">
-        <x:v>(미스터피자) 하프앤하프L+콜라1.25L</x:v>
+        <x:v>[배스킨라빈스] 레디팩(474ml) 1개 (플레이버 택1)</x:v>
       </x:c>
       <x:c r="E368" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F368" s="4" t="str">
-        <x:v>42,800원</x:v>
+        <x:v>10,800원</x:v>
       </x:c>
       <x:c r="G368" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H368" s="4" t="str">
-        <x:v>37,664원</x:v>
+        <x:v>9,504원</x:v>
       </x:c>
       <x:c r="I368" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="369">
       <x:c r="A369" s="3" t="str">
-        <x:v>미스터피자</x:v>
+        <x:v>배스킨라빈스</x:v>
       </x:c>
       <x:c r="B369" s="3" t="str">
-        <x:v>G0000009035</x:v>
+        <x:v>G0000009753</x:v>
       </x:c>
       <x:c r="C369" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D369" s="1" t="str">
-        <x:v>(미스터피자) 하프앤하프M</x:v>
+        <x:v>[배스킨라빈스] 무지무지좋아 세트[아메리카노 2잔+아이스모찌2개]</x:v>
       </x:c>
       <x:c r="E369" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F369" s="4" t="str">
-        <x:v>32,500원</x:v>
+        <x:v>13,000원</x:v>
       </x:c>
       <x:c r="G369" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H369" s="4" t="str">
-        <x:v>28,600원</x:v>
+        <x:v>11,440원</x:v>
       </x:c>
       <x:c r="I369" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="370">
       <x:c r="A370" s="3" t="str">
-        <x:v>미스터피자</x:v>
+        <x:v>배스킨라빈스</x:v>
       </x:c>
       <x:c r="B370" s="3" t="str">
-        <x:v>G0000009034</x:v>
+        <x:v>G0000009746</x:v>
       </x:c>
       <x:c r="C370" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D370" s="1" t="str">
-        <x:v>(미스터피자) 하프앤하프M+오븐스파게티+콜라1.25L</x:v>
+        <x:v>[배스킨라빈스] 밀크 쉐이크 (Regular)</x:v>
       </x:c>
       <x:c r="E370" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F370" s="4" t="str">
-        <x:v>43,700원</x:v>
+        <x:v>5,800원</x:v>
       </x:c>
       <x:c r="G370" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H370" s="4" t="str">
-        <x:v>38,456원</x:v>
+        <x:v>5,104원</x:v>
       </x:c>
       <x:c r="I370" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="371">
       <x:c r="A371" s="3" t="str">
-        <x:v>미스터피자</x:v>
+        <x:v>배스킨라빈스</x:v>
       </x:c>
       <x:c r="B371" s="3" t="str">
-        <x:v>G0000009033</x:v>
+        <x:v>G0000009761</x:v>
       </x:c>
       <x:c r="C371" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D371" s="1" t="str">
-        <x:v>(미스터피자) 하프앤하프M+콜라1.25L</x:v>
+        <x:v>[배스킨라빈스] 바닐라빈 라떼</x:v>
       </x:c>
       <x:c r="E371" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F371" s="4" t="str">
-        <x:v>34,800원</x:v>
+        <x:v>4,300원</x:v>
       </x:c>
       <x:c r="G371" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H371" s="4" t="str">
-        <x:v>30,624원</x:v>
+        <x:v>3,784원</x:v>
       </x:c>
       <x:c r="I371" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="372">
       <x:c r="A372" s="3" t="str">
-        <x:v>미스터피자</x:v>
+        <x:v>배스킨라빈스</x:v>
       </x:c>
       <x:c r="B372" s="3" t="str">
-        <x:v>G0000009032</x:v>
+        <x:v>G0000009726</x:v>
       </x:c>
       <x:c r="C372" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D372" s="1" t="str">
-        <x:v>(미스터피자) 하프앤하프M+핫윙4+콜라1.25L</x:v>
+        <x:v>[배스킨라빈스] 버라이어티팩</x:v>
       </x:c>
       <x:c r="E372" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F372" s="4" t="str">
-        <x:v>39,700원</x:v>
+        <x:v>23,400원</x:v>
       </x:c>
       <x:c r="G372" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H372" s="4" t="str">
-        <x:v>34,936원</x:v>
+        <x:v>20,592원</x:v>
       </x:c>
       <x:c r="I372" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="373">
       <x:c r="A373" s="3" t="str">
-        <x:v>미스터피자</x:v>
+        <x:v>배스킨라빈스</x:v>
       </x:c>
       <x:c r="B373" s="3" t="str">
-        <x:v>G0000009031</x:v>
+        <x:v>G0000009740</x:v>
       </x:c>
       <x:c r="C373" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D373" s="1" t="str">
-        <x:v>(미스터피자) 하프앤하프M+핫윙4+콜라500ML</x:v>
+        <x:v>[배스킨라빈스] 블록팩 (170ml) 1개 (플레이버 택1)</x:v>
       </x:c>
       <x:c r="E373" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F373" s="4" t="str">
-        <x:v>39,100원</x:v>
+        <x:v>4,000원</x:v>
       </x:c>
       <x:c r="G373" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H373" s="4" t="str">
-        <x:v>34,408원</x:v>
+        <x:v>3,520원</x:v>
       </x:c>
       <x:c r="I373" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="374">
       <x:c r="A374" s="3" t="str">
-        <x:v>배달의민족</x:v>
+        <x:v>배스킨라빈스</x:v>
       </x:c>
       <x:c r="B374" s="3" t="str">
-        <x:v>G0000009694</x:v>
+        <x:v>G0000009739</x:v>
       </x:c>
       <x:c r="C374" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D374" s="1" t="str">
-        <x:v>[배달의민족] 모바일상품권 1만5천원</x:v>
+        <x:v>[배스킨라빈스] 블록팩 (170ml) 4개 SET</x:v>
       </x:c>
       <x:c r="E374" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F374" s="4" t="str">
-        <x:v>15,000원</x:v>
+        <x:v>16,000원</x:v>
       </x:c>
       <x:c r="G374" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H374" s="4" t="str">
-        <x:v>14,700원</x:v>
+        <x:v>14,080원</x:v>
       </x:c>
       <x:c r="I374" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="375">
       <x:c r="A375" s="3" t="str">
-        <x:v>배달의민족</x:v>
+        <x:v>배스킨라빈스</x:v>
       </x:c>
       <x:c r="B375" s="3" t="str">
-        <x:v>G0000009693</x:v>
+        <x:v>G0000009738</x:v>
       </x:c>
       <x:c r="C375" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D375" s="1" t="str">
-        <x:v>[배달의민족] 모바일상품권 1만원</x:v>
+        <x:v>[배스킨라빈스] 블록팩 (170ml) 6개 SET</x:v>
       </x:c>
       <x:c r="E375" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F375" s="4" t="str">
-        <x:v>10,000원</x:v>
+        <x:v>24,000원</x:v>
       </x:c>
       <x:c r="G375" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H375" s="4" t="str">
-        <x:v>9,800원</x:v>
+        <x:v>21,120원</x:v>
       </x:c>
       <x:c r="I375" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="376">
       <x:c r="A376" s="3" t="str">
-        <x:v>배달의민족</x:v>
+        <x:v>배스킨라빈스</x:v>
       </x:c>
       <x:c r="B376" s="3" t="str">
-        <x:v>G0000009701</x:v>
+        <x:v>G0000009731</x:v>
       </x:c>
       <x:c r="C376" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D376" s="1" t="str">
-        <x:v>[배달의민족] 모바일상품권 2만5천원</x:v>
+        <x:v>[배스킨라빈스] 소금우유 아이스 모찌</x:v>
       </x:c>
       <x:c r="E376" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F376" s="4" t="str">
-        <x:v>25,000원</x:v>
+        <x:v>3,300원</x:v>
       </x:c>
       <x:c r="G376" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H376" s="4" t="str">
-        <x:v>24,500원</x:v>
+        <x:v>2,904원</x:v>
       </x:c>
       <x:c r="I376" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="377">
       <x:c r="A377" s="3" t="str">
-        <x:v>배달의민족</x:v>
+        <x:v>배스킨라빈스</x:v>
       </x:c>
       <x:c r="B377" s="3" t="str">
-        <x:v>G0000009695</x:v>
+        <x:v>G0000009728</x:v>
       </x:c>
       <x:c r="C377" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D377" s="1" t="str">
-        <x:v>[배달의민족] 모바일상품권 2만원</x:v>
+        <x:v>[배스킨라빈스] 싱글레귤러 아이스크림</x:v>
       </x:c>
       <x:c r="E377" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F377" s="4" t="str">
-        <x:v>20,000원</x:v>
+        <x:v>3,900원</x:v>
       </x:c>
       <x:c r="G377" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H377" s="4" t="str">
-        <x:v>19,600원</x:v>
+        <x:v>3,432원</x:v>
       </x:c>
       <x:c r="I377" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="378">
       <x:c r="A378" s="3" t="str">
-        <x:v>배달의민족</x:v>
+        <x:v>배스킨라빈스</x:v>
       </x:c>
       <x:c r="B378" s="3" t="str">
-        <x:v>G0000009699</x:v>
+        <x:v>G0000009725</x:v>
       </x:c>
       <x:c r="C378" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D378" s="1" t="str">
-        <x:v>[배달의민족] 모바일상품권 2천원</x:v>
+        <x:v>[배스킨라빈스] 싱글킹 아이스크림</x:v>
       </x:c>
       <x:c r="E378" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F378" s="4" t="str">
-        <x:v>2,000원</x:v>
+        <x:v>4,700원</x:v>
       </x:c>
       <x:c r="G378" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H378" s="4" t="str">
-        <x:v>1,960원</x:v>
+        <x:v>4,136원</x:v>
       </x:c>
       <x:c r="I378" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="379">
       <x:c r="A379" s="3" t="str">
-        <x:v>배달의민족</x:v>
+        <x:v>배스킨라빈스</x:v>
       </x:c>
       <x:c r="B379" s="3" t="str">
-        <x:v>G0000009696</x:v>
+        <x:v>G0000009757</x:v>
       </x:c>
       <x:c r="C379" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D379" s="1" t="str">
-        <x:v>[배달의민족] 모바일상품권 3만원</x:v>
+        <x:v>[배스킨라빈스] 아메리카노</x:v>
       </x:c>
       <x:c r="E379" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F379" s="4" t="str">
-        <x:v>30,000원</x:v>
+        <x:v>3,200원</x:v>
       </x:c>
       <x:c r="G379" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H379" s="4" t="str">
-        <x:v>29,400원</x:v>
+        <x:v>2,816원</x:v>
       </x:c>
       <x:c r="I379" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="380">
       <x:c r="A380" s="3" t="str">
-        <x:v>배달의민족</x:v>
+        <x:v>배스킨라빈스</x:v>
       </x:c>
       <x:c r="B380" s="3" t="str">
-        <x:v>G0000009691</x:v>
+        <x:v>G0000009758</x:v>
       </x:c>
       <x:c r="C380" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D380" s="1" t="str">
-        <x:v>[배달의민족] 모바일상품권 3천원</x:v>
+        <x:v>[배스킨라빈스] 아메리카노 Large</x:v>
       </x:c>
       <x:c r="E380" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F380" s="4" t="str">
-        <x:v>3,000원</x:v>
+        <x:v>3,900원</x:v>
       </x:c>
       <x:c r="G380" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H380" s="4" t="str">
-        <x:v>2,940원</x:v>
+        <x:v>3,432원</x:v>
       </x:c>
       <x:c r="I380" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="381">
       <x:c r="A381" s="3" t="str">
-        <x:v>배달의민족</x:v>
+        <x:v>배스킨라빈스</x:v>
       </x:c>
       <x:c r="B381" s="3" t="str">
-        <x:v>G0000009697</x:v>
+        <x:v>G0000009748</x:v>
       </x:c>
       <x:c r="C381" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D381" s="1" t="str">
-        <x:v>[배달의민족] 모바일상품권 4만원</x:v>
+        <x:v>[배스킨라빈스] 아몬드 봉봉 블라스트 (Regular)</x:v>
       </x:c>
       <x:c r="E381" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F381" s="4" t="str">
-        <x:v>40,000원</x:v>
+        <x:v>5,800원</x:v>
       </x:c>
       <x:c r="G381" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H381" s="4" t="str">
-        <x:v>39,200원</x:v>
+        <x:v>5,104원</x:v>
       </x:c>
       <x:c r="I381" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="382">
       <x:c r="A382" s="3" t="str">
-        <x:v>배달의민족</x:v>
+        <x:v>배스킨라빈스</x:v>
       </x:c>
       <x:c r="B382" s="3" t="str">
-        <x:v>G0000009698</x:v>
+        <x:v>G0000009756</x:v>
       </x:c>
       <x:c r="C382" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D382" s="1" t="str">
-        <x:v>[배달의민족] 모바일상품권 5만원</x:v>
+        <x:v>[배스킨라빈스] 아빠왔다팩</x:v>
       </x:c>
       <x:c r="E382" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F382" s="4" t="str">
-        <x:v>50,000원</x:v>
+        <x:v>15,600원</x:v>
       </x:c>
       <x:c r="G382" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H382" s="4" t="str">
-        <x:v>49,000원</x:v>
+        <x:v>13,728원</x:v>
       </x:c>
       <x:c r="I382" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="383">
       <x:c r="A383" s="3" t="str">
-        <x:v>배달의민족</x:v>
+        <x:v>배스킨라빈스</x:v>
       </x:c>
       <x:c r="B383" s="3" t="str">
-        <x:v>G0000009692</x:v>
+        <x:v>G0000009730</x:v>
       </x:c>
       <x:c r="C383" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D383" s="1" t="str">
-        <x:v>[배달의민족] 모바일상품권 5천원</x:v>
+        <x:v>[배스킨라빈스] 아이스 마카롱 초콜릿 무스</x:v>
       </x:c>
       <x:c r="E383" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F383" s="4" t="str">
-        <x:v>5,000원</x:v>
+        <x:v>3,800원</x:v>
       </x:c>
       <x:c r="G383" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H383" s="4" t="str">
-        <x:v>4,900원</x:v>
+        <x:v>3,344원</x:v>
       </x:c>
       <x:c r="I383" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="384">
       <x:c r="A384" s="3" t="str">
-        <x:v>배달의민족</x:v>
+        <x:v>배스킨라빈스</x:v>
       </x:c>
       <x:c r="B384" s="3" t="str">
-        <x:v>G0000009700</x:v>
+        <x:v>G0000009729</x:v>
       </x:c>
       <x:c r="C384" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D384" s="1" t="str">
-        <x:v>[배달의민족] 모바일상품권 8천원</x:v>
+        <x:v>[배스킨라빈스] 아이스 모나카 우유</x:v>
       </x:c>
       <x:c r="E384" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F384" s="4" t="str">
-        <x:v>8,000원</x:v>
+        <x:v>3,800원</x:v>
       </x:c>
       <x:c r="G384" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H384" s="4" t="str">
-        <x:v>7,840원</x:v>
+        <x:v>3,344원</x:v>
       </x:c>
       <x:c r="I384" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="385">
       <x:c r="A385" s="3" t="str">
         <x:v>배스킨라빈스</x:v>
       </x:c>
       <x:c r="B385" s="3" t="str">
-        <x:v>G0000009759</x:v>
+        <x:v>G0000009755</x:v>
       </x:c>
       <x:c r="C385" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D385" s="1" t="str">
-        <x:v>[배스킨라빈스] 917 아이스 아메리카노</x:v>
+        <x:v>[배스킨라빈스] 아이스 바움쿠헨 아몬드봉봉</x:v>
       </x:c>
       <x:c r="E385" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F385" s="4" t="str">
-        <x:v>4,200원</x:v>
+        <x:v>4,500원</x:v>
       </x:c>
       <x:c r="G385" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H385" s="4" t="str">
-        <x:v>3,696원</x:v>
+        <x:v>3,960원</x:v>
       </x:c>
       <x:c r="I385" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="386">
       <x:c r="A386" s="3" t="str">
         <x:v>배스킨라빈스</x:v>
       </x:c>
       <x:c r="B386" s="3" t="str">
-        <x:v>G0000009723</x:v>
+        <x:v>G0000009749</x:v>
       </x:c>
       <x:c r="C386" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D386" s="1" t="str">
-        <x:v>[배스킨라빈스] 교환권 1만원</x:v>
+        <x:v>[배스킨라빈스] 아포가토 라떼</x:v>
       </x:c>
       <x:c r="E386" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F386" s="4" t="str">
-        <x:v>10,000원</x:v>
+        <x:v>5,000원</x:v>
       </x:c>
       <x:c r="G386" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H386" s="4" t="str">
-        <x:v>9,000원</x:v>
+        <x:v>4,400원</x:v>
       </x:c>
       <x:c r="I386" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="387">
       <x:c r="A387" s="3" t="str">
         <x:v>배스킨라빈스</x:v>
       </x:c>
       <x:c r="B387" s="3" t="str">
-        <x:v>G0000009720</x:v>
+        <x:v>G0000009747</x:v>
       </x:c>
       <x:c r="C387" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D387" s="1" t="str">
-        <x:v>[배스킨라빈스] 교환권 2,000원</x:v>
+        <x:v>[배스킨라빈스] 엄마는 외계인 블라스트 (Regular)</x:v>
       </x:c>
       <x:c r="E387" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F387" s="4" t="str">
-        <x:v>2,000원</x:v>
+        <x:v>5,800원</x:v>
       </x:c>
       <x:c r="G387" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H387" s="4" t="str">
-        <x:v>1,800원</x:v>
+        <x:v>5,104원</x:v>
       </x:c>
       <x:c r="I387" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="388">
       <x:c r="A388" s="3" t="str">
         <x:v>배스킨라빈스</x:v>
       </x:c>
       <x:c r="B388" s="3" t="str">
-        <x:v>G0000009718</x:v>
+        <x:v>G0000009764</x:v>
       </x:c>
       <x:c r="C388" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D388" s="1" t="str">
-        <x:v>[배스킨라빈스] 교환권 20,000원권</x:v>
+        <x:v>[배스킨라빈스] 엄마는 외계인 카페모카</x:v>
       </x:c>
       <x:c r="E388" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F388" s="4" t="str">
-        <x:v>20,000원</x:v>
+        <x:v>4,300원</x:v>
       </x:c>
       <x:c r="G388" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H388" s="4" t="str">
-        <x:v>18,000원</x:v>
+        <x:v>3,784원</x:v>
       </x:c>
       <x:c r="I388" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="389">
       <x:c r="A389" s="3" t="str">
         <x:v>배스킨라빈스</x:v>
       </x:c>
       <x:c r="B389" s="3" t="str">
-        <x:v>G0000009722</x:v>
+        <x:v>G0000009762</x:v>
       </x:c>
       <x:c r="C389" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D389" s="1" t="str">
-        <x:v>[배스킨라빈스] 교환권 3만원</x:v>
+        <x:v>[배스킨라빈스] 연유라떼</x:v>
       </x:c>
       <x:c r="E389" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F389" s="4" t="str">
-        <x:v>30,000원</x:v>
+        <x:v>4,300원</x:v>
       </x:c>
       <x:c r="G389" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H389" s="4" t="str">
-        <x:v>27,000원</x:v>
+        <x:v>3,784원</x:v>
       </x:c>
       <x:c r="I389" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="390">
       <x:c r="A390" s="3" t="str">
         <x:v>배스킨라빈스</x:v>
       </x:c>
       <x:c r="B390" s="3" t="str">
-        <x:v>G0000009719</x:v>
+        <x:v>G0000009754</x:v>
       </x:c>
       <x:c r="C390" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D390" s="1" t="str">
-        <x:v>[배스킨라빈스] 교환권 5,000원</x:v>
+        <x:v>[배스킨라빈스] 오늘도힘내세트[아메리카노 Large[ICED] 2잔]</x:v>
       </x:c>
       <x:c r="E390" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F390" s="4" t="str">
-        <x:v>5,000원</x:v>
+        <x:v>7,800원</x:v>
       </x:c>
       <x:c r="G390" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H390" s="4" t="str">
-        <x:v>4,500원</x:v>
+        <x:v>6,864원</x:v>
       </x:c>
       <x:c r="I390" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="391">
       <x:c r="A391" s="3" t="str">
         <x:v>배스킨라빈스</x:v>
       </x:c>
       <x:c r="B391" s="3" t="str">
-        <x:v>G0000009721</x:v>
+        <x:v>G0000009744</x:v>
       </x:c>
       <x:c r="C391" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D391" s="1" t="str">
-        <x:v>[배스킨라빈스] 교환권 5만원</x:v>
+        <x:v>[배스킨라빈스] 오레오 딸기 쉐이크 (Regular)</x:v>
       </x:c>
       <x:c r="E391" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F391" s="4" t="str">
-        <x:v>50,000원</x:v>
+        <x:v>5,800원</x:v>
       </x:c>
       <x:c r="G391" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H391" s="4" t="str">
-        <x:v>45,000원</x:v>
+        <x:v>5,104원</x:v>
       </x:c>
       <x:c r="I391" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="392">
       <x:c r="A392" s="3" t="str">
         <x:v>배스킨라빈스</x:v>
       </x:c>
       <x:c r="B392" s="3" t="str">
-        <x:v>G0000009752</x:v>
+        <x:v>G0000009745</x:v>
       </x:c>
       <x:c r="C392" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D392" s="1" t="str">
-        <x:v>[배스킨라빈스] 달콤당충전 세트[아메리카노 2잔+아이스마카롱 2개]</x:v>
+        <x:v>[배스킨라빈스] 오레오 쉐이크 (Regular)</x:v>
       </x:c>
       <x:c r="E392" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F392" s="4" t="str">
-        <x:v>14,000원</x:v>
+        <x:v>5,800원</x:v>
       </x:c>
       <x:c r="G392" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H392" s="4" t="str">
-        <x:v>12,320원</x:v>
+        <x:v>5,104원</x:v>
       </x:c>
       <x:c r="I392" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="393">
       <x:c r="A393" s="3" t="str">
         <x:v>배스킨라빈스</x:v>
       </x:c>
       <x:c r="B393" s="3" t="str">
-        <x:v>G0000009736</x:v>
+        <x:v>G0000009743</x:v>
       </x:c>
       <x:c r="C393" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D393" s="1" t="str">
-        <x:v>[배스킨라빈스] 더블레귤러 아이스크림</x:v>
+        <x:v>[배스킨라빈스] 오레오 초코 쉐이크 (Regular)</x:v>
       </x:c>
       <x:c r="E393" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F393" s="4" t="str">
-        <x:v>7,300원</x:v>
+        <x:v>5,800원</x:v>
       </x:c>
       <x:c r="G393" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H393" s="4" t="str">
-        <x:v>6,424원</x:v>
+        <x:v>5,104원</x:v>
       </x:c>
       <x:c r="I393" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="394">
       <x:c r="A394" s="3" t="str">
         <x:v>배스킨라빈스</x:v>
       </x:c>
       <x:c r="B394" s="3" t="str">
-        <x:v>G0000009737</x:v>
+        <x:v>G0000009734</x:v>
       </x:c>
       <x:c r="C394" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D394" s="1" t="str">
-        <x:v>[배스킨라빈스] 더블주니어 아이스크림</x:v>
+        <x:v>[배스킨라빈스] 옹기종기팩</x:v>
       </x:c>
       <x:c r="E394" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F394" s="4" t="str">
-        <x:v>5,100원</x:v>
+        <x:v>31,200원</x:v>
       </x:c>
       <x:c r="G394" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H394" s="4" t="str">
-        <x:v>4,488원</x:v>
+        <x:v>27,456원</x:v>
       </x:c>
       <x:c r="I394" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="395">
       <x:c r="A395" s="3" t="str">
         <x:v>배스킨라빈스</x:v>
       </x:c>
       <x:c r="B395" s="3" t="str">
-        <x:v>G0000009742</x:v>
+        <x:v>G0000009763</x:v>
       </x:c>
       <x:c r="C395" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D395" s="1" t="str">
-        <x:v>[배스킨라빈스] 딸기 연유라떼</x:v>
+        <x:v>[배스킨라빈스] 카라멜 마끼아또</x:v>
       </x:c>
       <x:c r="E395" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F395" s="4" t="str">
-        <x:v>5,300원</x:v>
+        <x:v>4,300원</x:v>
       </x:c>
       <x:c r="G395" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H395" s="4" t="str">
-        <x:v>4,664원</x:v>
+        <x:v>3,784원</x:v>
       </x:c>
       <x:c r="I395" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="396">
       <x:c r="A396" s="3" t="str">
         <x:v>배스킨라빈스</x:v>
       </x:c>
       <x:c r="B396" s="3" t="str">
-        <x:v>G0000009732</x:v>
+        <x:v>G0000009750</x:v>
       </x:c>
       <x:c r="C396" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D396" s="1" t="str">
-        <x:v>[배스킨라빈스] 레디팩(474ml) 1개 (플레이버 택1)</x:v>
+        <x:v>[배스킨라빈스] 카페31 아이스 아메리카노</x:v>
       </x:c>
       <x:c r="E396" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F396" s="4" t="str">
-        <x:v>10,800원</x:v>
+        <x:v>5,300원</x:v>
       </x:c>
       <x:c r="G396" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H396" s="4" t="str">
-        <x:v>9,504원</x:v>
+        <x:v>4,664원</x:v>
       </x:c>
       <x:c r="I396" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="397">
       <x:c r="A397" s="3" t="str">
         <x:v>배스킨라빈스</x:v>
       </x:c>
       <x:c r="B397" s="3" t="str">
-        <x:v>G0000009753</x:v>
+        <x:v>G0000009760</x:v>
       </x:c>
       <x:c r="C397" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D397" s="1" t="str">
-        <x:v>[배스킨라빈스] 무지무지좋아 세트[아메리카노 2잔+아이스모찌2개]</x:v>
+        <x:v>[배스킨라빈스] 카페라떼</x:v>
       </x:c>
       <x:c r="E397" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F397" s="4" t="str">
-        <x:v>13,000원</x:v>
+        <x:v>3,800원</x:v>
       </x:c>
       <x:c r="G397" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H397" s="4" t="str">
-        <x:v>11,440원</x:v>
+        <x:v>3,344원</x:v>
       </x:c>
       <x:c r="I397" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="398">
       <x:c r="A398" s="3" t="str">
         <x:v>배스킨라빈스</x:v>
       </x:c>
       <x:c r="B398" s="3" t="str">
-        <x:v>G0000009746</x:v>
+        <x:v>G0000009751</x:v>
       </x:c>
       <x:c r="C398" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D398" s="1" t="str">
-        <x:v>[배스킨라빈스] 밀크 쉐이크 (Regular)</x:v>
+        <x:v>[배스킨라빈스] 카페브리즈 스페셜에디션[250g]</x:v>
       </x:c>
       <x:c r="E398" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F398" s="4" t="str">
-        <x:v>5,800원</x:v>
+        <x:v>16,000원</x:v>
       </x:c>
       <x:c r="G398" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H398" s="4" t="str">
-        <x:v>5,104원</x:v>
+        <x:v>14,080원</x:v>
       </x:c>
       <x:c r="I398" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="399">
       <x:c r="A399" s="3" t="str">
         <x:v>배스킨라빈스</x:v>
       </x:c>
       <x:c r="B399" s="3" t="str">
-        <x:v>G0000009761</x:v>
+        <x:v>G0000009724</x:v>
       </x:c>
       <x:c r="C399" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D399" s="1" t="str">
-        <x:v>[배스킨라빈스] 바닐라빈 라떼</x:v>
+        <x:v>[배스킨라빈스] 쿼터 아이스크림</x:v>
       </x:c>
       <x:c r="E399" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F399" s="4" t="str">
-        <x:v>4,300원</x:v>
+        <x:v>18,500원</x:v>
       </x:c>
       <x:c r="G399" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H399" s="4" t="str">
-        <x:v>3,784원</x:v>
+        <x:v>16,280원</x:v>
       </x:c>
       <x:c r="I399" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="400">
       <x:c r="A400" s="3" t="str">
         <x:v>배스킨라빈스</x:v>
       </x:c>
       <x:c r="B400" s="3" t="str">
-        <x:v>G0000009726</x:v>
+        <x:v>G0000009727</x:v>
       </x:c>
       <x:c r="C400" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D400" s="1" t="str">
-        <x:v>[배스킨라빈스] 버라이어티팩</x:v>
+        <x:v>[배스킨라빈스] 파인트 아이스크림</x:v>
       </x:c>
       <x:c r="E400" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F400" s="4" t="str">
-        <x:v>23,400원</x:v>
+        <x:v>9,800원</x:v>
       </x:c>
       <x:c r="G400" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H400" s="4" t="str">
-        <x:v>20,592원</x:v>
+        <x:v>8,624원</x:v>
       </x:c>
       <x:c r="I400" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="401">
       <x:c r="A401" s="3" t="str">
         <x:v>배스킨라빈스</x:v>
       </x:c>
       <x:c r="B401" s="3" t="str">
-        <x:v>G0000009740</x:v>
+        <x:v>G0000009741</x:v>
       </x:c>
       <x:c r="C401" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D401" s="1" t="str">
-        <x:v>[배스킨라빈스] 블록팩 (170ml) 1개 (플레이버 택1)</x:v>
+        <x:v>[배스킨라빈스] 패밀리 아이스크림</x:v>
       </x:c>
       <x:c r="E401" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F401" s="4" t="str">
-        <x:v>4,000원</x:v>
+        <x:v>26,000원</x:v>
       </x:c>
       <x:c r="G401" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H401" s="4" t="str">
-        <x:v>3,520원</x:v>
+        <x:v>22,880원</x:v>
       </x:c>
       <x:c r="I401" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="402">
       <x:c r="A402" s="3" t="str">
         <x:v>배스킨라빈스</x:v>
       </x:c>
       <x:c r="B402" s="3" t="str">
-        <x:v>G0000009739</x:v>
+        <x:v>G0000009735</x:v>
       </x:c>
       <x:c r="C402" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D402" s="1" t="str">
-        <x:v>[배스킨라빈스] 블록팩 (170ml) 4개 SET</x:v>
+        <x:v>[배스킨라빈스] 하프갤론 아이스크림</x:v>
       </x:c>
       <x:c r="E402" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F402" s="4" t="str">
-        <x:v>16,000원</x:v>
+        <x:v>31,500원</x:v>
       </x:c>
       <x:c r="G402" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H402" s="4" t="str">
-        <x:v>14,080원</x:v>
+        <x:v>27,720원</x:v>
       </x:c>
       <x:c r="I402" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="403">
       <x:c r="A403" s="3" t="str">
         <x:v>배스킨라빈스</x:v>
       </x:c>
       <x:c r="B403" s="3" t="str">
-        <x:v>G0000009738</x:v>
+        <x:v>G0000009733</x:v>
       </x:c>
       <x:c r="C403" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D403" s="1" t="str">
-        <x:v>[배스킨라빈스] 블록팩 (170ml) 6개 SET</x:v>
+        <x:v>[배스킨라빈스] 핸드팩세트 (파인트 4개)</x:v>
       </x:c>
       <x:c r="E403" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F403" s="4" t="str">
-        <x:v>24,000원</x:v>
+        <x:v>39,200원</x:v>
       </x:c>
       <x:c r="G403" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H403" s="4" t="str">
-        <x:v>21,120원</x:v>
+        <x:v>34,496원</x:v>
       </x:c>
       <x:c r="I403" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="404">
       <x:c r="A404" s="3" t="str">
-        <x:v>배스킨라빈스</x:v>
+        <x:v>본죽</x:v>
       </x:c>
       <x:c r="B404" s="3" t="str">
-        <x:v>G0000009731</x:v>
+        <x:v>G0000009582</x:v>
       </x:c>
       <x:c r="C404" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D404" s="1" t="str">
-        <x:v>[배스킨라빈스] 소금우유 아이스 모찌</x:v>
+        <x:v>(본죽) 보양엔 전복죽</x:v>
       </x:c>
       <x:c r="E404" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F404" s="4" t="str">
-        <x:v>3,300원</x:v>
+        <x:v>13,000원</x:v>
       </x:c>
       <x:c r="G404" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H404" s="4" t="str">
-        <x:v>2,904원</x:v>
+        <x:v>11,440원</x:v>
       </x:c>
       <x:c r="I404" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="405">
       <x:c r="A405" s="3" t="str">
-        <x:v>배스킨라빈스</x:v>
+        <x:v>본죽</x:v>
       </x:c>
       <x:c r="B405" s="3" t="str">
-        <x:v>G0000009728</x:v>
+        <x:v>G0000009580</x:v>
       </x:c>
       <x:c r="C405" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D405" s="1" t="str">
-        <x:v>[배스킨라빈스] 싱글레귤러 아이스크림</x:v>
+        <x:v>(본죽) 전복이 2배 진전복죽</x:v>
       </x:c>
       <x:c r="E405" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F405" s="4" t="str">
-        <x:v>3,900원</x:v>
+        <x:v>17,000원</x:v>
       </x:c>
       <x:c r="G405" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H405" s="4" t="str">
-        <x:v>3,432원</x:v>
+        <x:v>14,960원</x:v>
       </x:c>
       <x:c r="I405" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="406">
       <x:c r="A406" s="3" t="str">
-        <x:v>배스킨라빈스</x:v>
+        <x:v>본죽</x:v>
       </x:c>
       <x:c r="B406" s="3" t="str">
-        <x:v>G0000009725</x:v>
+        <x:v>G0000009581</x:v>
       </x:c>
       <x:c r="C406" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D406" s="1" t="str">
-        <x:v>[배스킨라빈스] 싱글킹 아이스크림</x:v>
+        <x:v>(본죽) 특전복죽</x:v>
       </x:c>
       <x:c r="E406" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F406" s="4" t="str">
-        <x:v>4,700원</x:v>
+        <x:v>21,000원</x:v>
       </x:c>
       <x:c r="G406" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H406" s="4" t="str">
-        <x:v>4,136원</x:v>
+        <x:v>18,480원</x:v>
       </x:c>
       <x:c r="I406" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="407">
       <x:c r="A407" s="3" t="str">
-        <x:v>배스킨라빈스</x:v>
+        <x:v>빕스</x:v>
       </x:c>
       <x:c r="B407" s="3" t="str">
-        <x:v>G0000009757</x:v>
+        <x:v>G0000009861</x:v>
       </x:c>
       <x:c r="C407" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D407" s="1" t="str">
-        <x:v>[배스킨라빈스] 아메리카노</x:v>
+        <x:v>[CJONE] 빕스기프트카드 1만원권</x:v>
       </x:c>
       <x:c r="E407" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F407" s="4" t="str">
-        <x:v>3,200원</x:v>
+        <x:v>10,000원</x:v>
       </x:c>
       <x:c r="G407" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H407" s="4" t="str">
-        <x:v>2,816원</x:v>
+        <x:v>9,800원</x:v>
       </x:c>
       <x:c r="I407" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="408">
       <x:c r="A408" s="3" t="str">
-        <x:v>배스킨라빈스</x:v>
+        <x:v>빕스</x:v>
       </x:c>
       <x:c r="B408" s="3" t="str">
-        <x:v>G0000009758</x:v>
+        <x:v>G0000009862</x:v>
       </x:c>
       <x:c r="C408" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D408" s="1" t="str">
-        <x:v>[배스킨라빈스] 아메리카노 Large</x:v>
+        <x:v>[CJONE] 빕스기프트카드 2만원권</x:v>
       </x:c>
       <x:c r="E408" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F408" s="4" t="str">
-        <x:v>3,900원</x:v>
+        <x:v>20,000원</x:v>
       </x:c>
       <x:c r="G408" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H408" s="4" t="str">
-        <x:v>3,432원</x:v>
+        <x:v>19,600원</x:v>
       </x:c>
       <x:c r="I408" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="409">
       <x:c r="A409" s="3" t="str">
-        <x:v>배스킨라빈스</x:v>
+        <x:v>빕스</x:v>
       </x:c>
       <x:c r="B409" s="3" t="str">
-        <x:v>G0000009748</x:v>
+        <x:v>G0000009863</x:v>
       </x:c>
       <x:c r="C409" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D409" s="1" t="str">
-        <x:v>[배스킨라빈스] 아몬드 봉봉 블라스트 (Regular)</x:v>
+        <x:v>[CJONE] 빕스기프트카드 3만원권</x:v>
       </x:c>
       <x:c r="E409" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F409" s="4" t="str">
-        <x:v>5,800원</x:v>
+        <x:v>30,000원</x:v>
       </x:c>
       <x:c r="G409" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H409" s="4" t="str">
-        <x:v>5,104원</x:v>
+        <x:v>29,400원</x:v>
       </x:c>
       <x:c r="I409" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="410">
       <x:c r="A410" s="3" t="str">
-        <x:v>배스킨라빈스</x:v>
+        <x:v>빕스</x:v>
       </x:c>
       <x:c r="B410" s="3" t="str">
-        <x:v>G0000009756</x:v>
+        <x:v>G0000009864</x:v>
       </x:c>
       <x:c r="C410" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D410" s="1" t="str">
-        <x:v>[배스킨라빈스] 아빠왔다팩</x:v>
+        <x:v>[CJONE] 빕스기프트카드 5만원권</x:v>
       </x:c>
       <x:c r="E410" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F410" s="4" t="str">
-        <x:v>15,600원</x:v>
+        <x:v>50,000원</x:v>
       </x:c>
       <x:c r="G410" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H410" s="4" t="str">
-        <x:v>13,728원</x:v>
+        <x:v>49,000원</x:v>
       </x:c>
       <x:c r="I410" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="411">
       <x:c r="A411" s="3" t="str">
-        <x:v>배스킨라빈스</x:v>
+        <x:v>빽다방</x:v>
       </x:c>
       <x:c r="B411" s="3" t="str">
-        <x:v>G0000009730</x:v>
+        <x:v>G0000007316</x:v>
       </x:c>
       <x:c r="C411" s="3" t="str">
-        <x:v>일반상품</x:v>
+        <x:v>특가상품</x:v>
       </x:c>
       <x:c r="D411" s="1" t="str">
-        <x:v>[배스킨라빈스] 아이스 마카롱 초콜릿 무스</x:v>
+        <x:v>[빽다방] 아메리카노(ICED)</x:v>
       </x:c>
       <x:c r="E411" s="3" t="str">
-        <x:v>60일</x:v>
+        <x:v>30일</x:v>
       </x:c>
       <x:c r="F411" s="4" t="str">
-        <x:v>3,800원</x:v>
+        <x:v>2,000원</x:v>
       </x:c>
       <x:c r="G411" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>20%</x:v>
       </x:c>
       <x:c r="H411" s="4" t="str">
-        <x:v>3,344원</x:v>
+        <x:v>1,600원</x:v>
       </x:c>
       <x:c r="I411" s="1" t="str">
-        <x:v/>
+        <x:v># 최소 수량 100개 이상 발송 가능
+# 동일 수신번호는 3개를 초과할 수 없습니다.</x:v>
       </x:c>
     </x:row>
     <x:row r="412">
       <x:c r="A412" s="3" t="str">
-        <x:v>배스킨라빈스</x:v>
+        <x:v>빽다방</x:v>
       </x:c>
       <x:c r="B412" s="3" t="str">
-        <x:v>G0000009729</x:v>
+        <x:v>G0000006589</x:v>
       </x:c>
       <x:c r="C412" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D412" s="1" t="str">
-        <x:v>[배스킨라빈스] 아이스 모나카 우유</x:v>
+        <x:v>[빽다방] 아메리카노(ICED)</x:v>
       </x:c>
       <x:c r="E412" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F412" s="4" t="str">
-        <x:v>3,800원</x:v>
+        <x:v>2,000원</x:v>
       </x:c>
       <x:c r="G412" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H412" s="4" t="str">
-        <x:v>3,344원</x:v>
+        <x:v>1,760원</x:v>
       </x:c>
       <x:c r="I412" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="413">
       <x:c r="A413" s="3" t="str">
-        <x:v>배스킨라빈스</x:v>
+        <x:v>빽다방</x:v>
       </x:c>
       <x:c r="B413" s="3" t="str">
-        <x:v>G0000009755</x:v>
+        <x:v>G0000007315</x:v>
       </x:c>
       <x:c r="C413" s="3" t="str">
-        <x:v>일반상품</x:v>
+        <x:v>특가상품</x:v>
       </x:c>
       <x:c r="D413" s="1" t="str">
-        <x:v>[배스킨라빈스] 아이스 바움쿠헨 아몬드봉봉</x:v>
+        <x:v>[빽다방] 원조커피 (ICED)</x:v>
       </x:c>
       <x:c r="E413" s="3" t="str">
-        <x:v>60일</x:v>
+        <x:v>30일</x:v>
       </x:c>
       <x:c r="F413" s="4" t="str">
-        <x:v>4,500원</x:v>
+        <x:v>2,500원</x:v>
       </x:c>
       <x:c r="G413" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>20%</x:v>
       </x:c>
       <x:c r="H413" s="4" t="str">
-        <x:v>3,960원</x:v>
+        <x:v>2,000원</x:v>
       </x:c>
       <x:c r="I413" s="1" t="str">
-        <x:v/>
+        <x:v># 최소 수량 100개 이상 발송 가능
+# 동일 수신번호는 3개를 초과할 수 없습니다.</x:v>
       </x:c>
     </x:row>
     <x:row r="414">
       <x:c r="A414" s="3" t="str">
-        <x:v>배스킨라빈스</x:v>
+        <x:v>빽다방</x:v>
       </x:c>
       <x:c r="B414" s="3" t="str">
-        <x:v>G0000009749</x:v>
+        <x:v>G0000006591</x:v>
       </x:c>
       <x:c r="C414" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D414" s="1" t="str">
-        <x:v>[배스킨라빈스] 아포가토 라떼</x:v>
+        <x:v>[빽다방] 원조커피 (ICED)</x:v>
       </x:c>
       <x:c r="E414" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F414" s="4" t="str">
-        <x:v>5,000원</x:v>
+        <x:v>2,500원</x:v>
       </x:c>
       <x:c r="G414" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H414" s="4" t="str">
-        <x:v>4,400원</x:v>
+        <x:v>2,200원</x:v>
       </x:c>
       <x:c r="I414" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="415">
       <x:c r="A415" s="3" t="str">
-        <x:v>배스킨라빈스</x:v>
+        <x:v>빽다방</x:v>
       </x:c>
       <x:c r="B415" s="3" t="str">
-        <x:v>G0000009747</x:v>
+        <x:v>G0000006595</x:v>
       </x:c>
       <x:c r="C415" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D415" s="1" t="str">
-        <x:v>[배스킨라빈스] 엄마는 외계인 블라스트 (Regular)</x:v>
+        <x:v>[빽다방] 원조커피(HOT)</x:v>
       </x:c>
       <x:c r="E415" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F415" s="4" t="str">
-        <x:v>5,800원</x:v>
+        <x:v>2,500원</x:v>
       </x:c>
       <x:c r="G415" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H415" s="4" t="str">
-        <x:v>5,104원</x:v>
+        <x:v>2,200원</x:v>
       </x:c>
       <x:c r="I415" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="416">
       <x:c r="A416" s="3" t="str">
-        <x:v>배스킨라빈스</x:v>
+        <x:v>세븐일레븐</x:v>
       </x:c>
       <x:c r="B416" s="3" t="str">
-        <x:v>G0000009764</x:v>
+        <x:v>G0000006193</x:v>
       </x:c>
       <x:c r="C416" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D416" s="1" t="str">
-        <x:v>[배스킨라빈스] 엄마는 외계인 카페모카</x:v>
+        <x:v>[세븐일레븐] 1만원 상품권</x:v>
       </x:c>
       <x:c r="E416" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F416" s="4" t="str">
-        <x:v>4,300원</x:v>
+        <x:v>10,000원</x:v>
       </x:c>
       <x:c r="G416" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H416" s="4" t="str">
-        <x:v>3,784원</x:v>
+        <x:v>9,000원</x:v>
       </x:c>
       <x:c r="I416" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="417">
       <x:c r="A417" s="3" t="str">
-        <x:v>배스킨라빈스</x:v>
+        <x:v>세븐일레븐</x:v>
       </x:c>
       <x:c r="B417" s="3" t="str">
-        <x:v>G0000009762</x:v>
+        <x:v>G0000006196</x:v>
       </x:c>
       <x:c r="C417" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D417" s="1" t="str">
-        <x:v>[배스킨라빈스] 연유라떼</x:v>
+        <x:v>[세븐일레븐] 1천원 상품권</x:v>
       </x:c>
       <x:c r="E417" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F417" s="4" t="str">
-        <x:v>4,300원</x:v>
+        <x:v>1,000원</x:v>
       </x:c>
       <x:c r="G417" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H417" s="4" t="str">
-        <x:v>3,784원</x:v>
+        <x:v>900원</x:v>
       </x:c>
       <x:c r="I417" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="418">
       <x:c r="A418" s="3" t="str">
-        <x:v>배스킨라빈스</x:v>
+        <x:v>세븐일레븐</x:v>
       </x:c>
       <x:c r="B418" s="3" t="str">
-        <x:v>G0000009754</x:v>
+        <x:v>G0000006197</x:v>
       </x:c>
       <x:c r="C418" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D418" s="1" t="str">
-        <x:v>[배스킨라빈스] 오늘도힘내세트[아메리카노 Large[ICED] 2잔]</x:v>
+        <x:v>[세븐일레븐] 2만원 상품권</x:v>
       </x:c>
       <x:c r="E418" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F418" s="4" t="str">
-        <x:v>7,800원</x:v>
+        <x:v>20,000원</x:v>
       </x:c>
       <x:c r="G418" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H418" s="4" t="str">
-        <x:v>6,864원</x:v>
+        <x:v>18,000원</x:v>
       </x:c>
       <x:c r="I418" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="419">
       <x:c r="A419" s="3" t="str">
-        <x:v>배스킨라빈스</x:v>
+        <x:v>세븐일레븐</x:v>
       </x:c>
       <x:c r="B419" s="3" t="str">
-        <x:v>G0000009744</x:v>
+        <x:v>G0000006191</x:v>
       </x:c>
       <x:c r="C419" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D419" s="1" t="str">
-        <x:v>[배스킨라빈스] 오레오 딸기 쉐이크 (Regular)</x:v>
+        <x:v>[세븐일레븐] 3,000원 상품권</x:v>
       </x:c>
       <x:c r="E419" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F419" s="4" t="str">
-        <x:v>5,800원</x:v>
+        <x:v>3,000원</x:v>
       </x:c>
       <x:c r="G419" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H419" s="4" t="str">
-        <x:v>5,104원</x:v>
+        <x:v>2,700원</x:v>
       </x:c>
       <x:c r="I419" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="420">
       <x:c r="A420" s="3" t="str">
-        <x:v>배스킨라빈스</x:v>
+        <x:v>세븐일레븐</x:v>
       </x:c>
       <x:c r="B420" s="3" t="str">
-        <x:v>G0000009745</x:v>
+        <x:v>G0000006194</x:v>
       </x:c>
       <x:c r="C420" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D420" s="1" t="str">
-        <x:v>[배스킨라빈스] 오레오 쉐이크 (Regular)</x:v>
+        <x:v>[세븐일레븐] 3만원 상품권</x:v>
       </x:c>
       <x:c r="E420" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F420" s="4" t="str">
-        <x:v>5,800원</x:v>
+        <x:v>30,000원</x:v>
       </x:c>
       <x:c r="G420" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H420" s="4" t="str">
-        <x:v>5,104원</x:v>
+        <x:v>27,000원</x:v>
       </x:c>
       <x:c r="I420" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="421">
       <x:c r="A421" s="3" t="str">
-        <x:v>배스킨라빈스</x:v>
+        <x:v>세븐일레븐</x:v>
       </x:c>
       <x:c r="B421" s="3" t="str">
-        <x:v>G0000009743</x:v>
+        <x:v>G0000006192</x:v>
       </x:c>
       <x:c r="C421" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D421" s="1" t="str">
-        <x:v>[배스킨라빈스] 오레오 초코 쉐이크 (Regular)</x:v>
+        <x:v>[세븐일레븐] 5,000원 상품권</x:v>
       </x:c>
       <x:c r="E421" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F421" s="4" t="str">
-        <x:v>5,800원</x:v>
+        <x:v>5,000원</x:v>
       </x:c>
       <x:c r="G421" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H421" s="4" t="str">
-        <x:v>5,104원</x:v>
+        <x:v>4,500원</x:v>
       </x:c>
       <x:c r="I421" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="422">
       <x:c r="A422" s="3" t="str">
-        <x:v>배스킨라빈스</x:v>
+        <x:v>쉐이크쉑</x:v>
       </x:c>
       <x:c r="B422" s="3" t="str">
-        <x:v>G0000009734</x:v>
+        <x:v>G0000009899</x:v>
       </x:c>
       <x:c r="C422" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D422" s="1" t="str">
-        <x:v>[배스킨라빈스] 옹기종기팩</x:v>
+        <x:v>[쉐이크쉑] 1만원권</x:v>
       </x:c>
       <x:c r="E422" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F422" s="4" t="str">
-        <x:v>31,200원</x:v>
+        <x:v>10,000원</x:v>
       </x:c>
       <x:c r="G422" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H422" s="4" t="str">
-        <x:v>27,456원</x:v>
+        <x:v>9,000원</x:v>
       </x:c>
       <x:c r="I422" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="423">
       <x:c r="A423" s="3" t="str">
-        <x:v>배스킨라빈스</x:v>
+        <x:v>쉐이크쉑</x:v>
       </x:c>
       <x:c r="B423" s="3" t="str">
-        <x:v>G0000009763</x:v>
+        <x:v>G0000007715</x:v>
       </x:c>
       <x:c r="C423" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D423" s="1" t="str">
-        <x:v>[배스킨라빈스] 카라멜 마끼아또</x:v>
+        <x:v>[쉐이크쉑] 3만원권</x:v>
       </x:c>
       <x:c r="E423" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F423" s="4" t="str">
-        <x:v>4,300원</x:v>
+        <x:v>30,000원</x:v>
       </x:c>
       <x:c r="G423" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H423" s="4" t="str">
-        <x:v>3,784원</x:v>
+        <x:v>27,000원</x:v>
       </x:c>
       <x:c r="I423" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="424">
       <x:c r="A424" s="3" t="str">
-        <x:v>배스킨라빈스</x:v>
+        <x:v>쉐이크쉑</x:v>
       </x:c>
       <x:c r="B424" s="3" t="str">
-        <x:v>G0000009750</x:v>
+        <x:v>G0000009898</x:v>
       </x:c>
       <x:c r="C424" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D424" s="1" t="str">
-        <x:v>[배스킨라빈스] 카페31 아이스 아메리카노</x:v>
+        <x:v>[쉐이크쉑] 5만원권</x:v>
       </x:c>
       <x:c r="E424" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F424" s="4" t="str">
-        <x:v>5,300원</x:v>
+        <x:v>50,000원</x:v>
       </x:c>
       <x:c r="G424" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H424" s="4" t="str">
-        <x:v>4,664원</x:v>
+        <x:v>45,000원</x:v>
       </x:c>
       <x:c r="I424" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="425">
       <x:c r="A425" s="3" t="str">
-        <x:v>배스킨라빈스</x:v>
+        <x:v>스타벅스</x:v>
       </x:c>
       <x:c r="B425" s="3" t="str">
-        <x:v>G0000009760</x:v>
+        <x:v>G0000008809</x:v>
       </x:c>
       <x:c r="C425" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D425" s="1" t="str">
-        <x:v>[배스킨라빈스] 카페라떼</x:v>
+        <x:v>[스타벅스] 간편한 한끼</x:v>
       </x:c>
       <x:c r="E425" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F425" s="4" t="str">
-        <x:v>3,800원</x:v>
+        <x:v>8,200원</x:v>
       </x:c>
       <x:c r="G425" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H425" s="4" t="str">
-        <x:v>3,344원</x:v>
+        <x:v>7,216원</x:v>
       </x:c>
       <x:c r="I425" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="426">
       <x:c r="A426" s="3" t="str">
-        <x:v>배스킨라빈스</x:v>
+        <x:v>스타벅스</x:v>
       </x:c>
       <x:c r="B426" s="3" t="str">
-        <x:v>G0000009751</x:v>
+        <x:v>G0000010053</x:v>
       </x:c>
       <x:c r="C426" s="3" t="str">
-        <x:v>일반상품</x:v>
+        <x:v>특가상품</x:v>
       </x:c>
       <x:c r="D426" s="1" t="str">
-        <x:v>[배스킨라빈스] 카페브리즈 스페셜에디션[250g]</x:v>
+        <x:v>[스타벅스] 고맙습니다</x:v>
       </x:c>
       <x:c r="E426" s="3" t="str">
-        <x:v>60일</x:v>
+        <x:v>30일</x:v>
       </x:c>
       <x:c r="F426" s="4" t="str">
-        <x:v>16,000원</x:v>
+        <x:v>16,900원</x:v>
       </x:c>
       <x:c r="G426" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>15%</x:v>
       </x:c>
       <x:c r="H426" s="4" t="str">
-        <x:v>14,080원</x:v>
+        <x:v>14,365원</x:v>
       </x:c>
       <x:c r="I426" s="1" t="str">
-        <x:v/>
+        <x:v># 최소 수량 100개 이상 발송 가능
+# 동일 수신번호는 3개를 초과할 수 없습니다.</x:v>
       </x:c>
     </x:row>
     <x:row r="427">
       <x:c r="A427" s="3" t="str">
-        <x:v>배스킨라빈스</x:v>
+        <x:v>스타벅스</x:v>
       </x:c>
       <x:c r="B427" s="3" t="str">
-        <x:v>G0000009724</x:v>
+        <x:v>G0000008808</x:v>
       </x:c>
       <x:c r="C427" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D427" s="1" t="str">
-        <x:v>[배스킨라빈스] 쿼터 아이스크림</x:v>
+        <x:v>[스타벅스] 고맙습니다</x:v>
       </x:c>
       <x:c r="E427" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F427" s="4" t="str">
-        <x:v>18,500원</x:v>
+        <x:v>16,900원</x:v>
       </x:c>
       <x:c r="G427" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H427" s="4" t="str">
-        <x:v>16,280원</x:v>
+        <x:v>14,872원</x:v>
       </x:c>
       <x:c r="I427" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="428">
       <x:c r="A428" s="3" t="str">
-        <x:v>배스킨라빈스</x:v>
+        <x:v>스타벅스</x:v>
       </x:c>
       <x:c r="B428" s="3" t="str">
-        <x:v>G0000009727</x:v>
+        <x:v>G0000008807</x:v>
       </x:c>
       <x:c r="C428" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D428" s="1" t="str">
-        <x:v>[배스킨라빈스] 파인트 아이스크림</x:v>
+        <x:v>[스타벅스] 달콤한 가나슈 세트</x:v>
       </x:c>
       <x:c r="E428" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F428" s="4" t="str">
-        <x:v>9,800원</x:v>
+        <x:v>11,600원</x:v>
       </x:c>
       <x:c r="G428" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H428" s="4" t="str">
-        <x:v>8,624원</x:v>
+        <x:v>10,208원</x:v>
       </x:c>
       <x:c r="I428" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="429">
       <x:c r="A429" s="3" t="str">
-        <x:v>배스킨라빈스</x:v>
+        <x:v>스타벅스</x:v>
       </x:c>
       <x:c r="B429" s="3" t="str">
-        <x:v>G0000009741</x:v>
+        <x:v>G0000008794</x:v>
       </x:c>
       <x:c r="C429" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D429" s="1" t="str">
-        <x:v>[배스킨라빈스] 패밀리 아이스크림</x:v>
+        <x:v>[스타벅스] 돌체 콜드 브루 T</x:v>
       </x:c>
       <x:c r="E429" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F429" s="4" t="str">
-        <x:v>26,000원</x:v>
+        <x:v>6,000원</x:v>
       </x:c>
       <x:c r="G429" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H429" s="4" t="str">
-        <x:v>22,880원</x:v>
+        <x:v>5,280원</x:v>
       </x:c>
       <x:c r="I429" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="430">
       <x:c r="A430" s="3" t="str">
-        <x:v>배스킨라빈스</x:v>
+        <x:v>스타벅스</x:v>
       </x:c>
       <x:c r="B430" s="3" t="str">
-        <x:v>G0000009735</x:v>
+        <x:v>G0000008806</x:v>
       </x:c>
       <x:c r="C430" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D430" s="1" t="str">
-        <x:v>[배스킨라빈스] 하프갤론 아이스크림</x:v>
+        <x:v>[스타벅스] 든든한 아침식사</x:v>
       </x:c>
       <x:c r="E430" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F430" s="4" t="str">
-        <x:v>31,500원</x:v>
+        <x:v>10,400원</x:v>
       </x:c>
       <x:c r="G430" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H430" s="4" t="str">
-        <x:v>27,720원</x:v>
+        <x:v>9,152원</x:v>
       </x:c>
       <x:c r="I430" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="431">
       <x:c r="A431" s="3" t="str">
-        <x:v>배스킨라빈스</x:v>
+        <x:v>스타벅스</x:v>
       </x:c>
       <x:c r="B431" s="3" t="str">
-        <x:v>G0000009733</x:v>
+        <x:v>G0000008793</x:v>
       </x:c>
       <x:c r="C431" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D431" s="1" t="str">
-        <x:v>[배스킨라빈스] 핸드팩세트 (파인트 4개)</x:v>
+        <x:v>[스타벅스] 디카페인 카페 라떼 T</x:v>
       </x:c>
       <x:c r="E431" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F431" s="4" t="str">
-        <x:v>39,200원</x:v>
+        <x:v>5,500원</x:v>
       </x:c>
       <x:c r="G431" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H431" s="4" t="str">
-        <x:v>34,496원</x:v>
+        <x:v>4,840원</x:v>
       </x:c>
       <x:c r="I431" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="432">
       <x:c r="A432" s="3" t="str">
-        <x:v>버거킹</x:v>
+        <x:v>스타벅스</x:v>
       </x:c>
       <x:c r="B432" s="3" t="str">
-        <x:v>G0000009860</x:v>
+        <x:v>G0000008792</x:v>
       </x:c>
       <x:c r="C432" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D432" s="1" t="str">
-        <x:v>[버거킹] 몬스터와퍼</x:v>
+        <x:v>[스타벅스] 디카페인 카페 아메리카노 T</x:v>
       </x:c>
       <x:c r="E432" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F432" s="4" t="str">
-        <x:v>9,400원</x:v>
+        <x:v>5,000원</x:v>
       </x:c>
       <x:c r="G432" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H432" s="4" t="str">
-        <x:v>8,272원</x:v>
+        <x:v>4,400원</x:v>
       </x:c>
       <x:c r="I432" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="433">
       <x:c r="A433" s="3" t="str">
-        <x:v>버거킹</x:v>
+        <x:v>스타벅스</x:v>
       </x:c>
       <x:c r="B433" s="3" t="str">
-        <x:v>G0000009852</x:v>
+        <x:v>G0000008903</x:v>
       </x:c>
       <x:c r="C433" s="3" t="str">
-        <x:v>일반상품</x:v>
+        <x:v>특가상품</x:v>
       </x:c>
       <x:c r="D433" s="1" t="str">
-        <x:v>[버거킹] 몬스터와퍼세트</x:v>
+        <x:v>[스타벅스] 따뜻하게 함께</x:v>
       </x:c>
       <x:c r="E433" s="3" t="str">
-        <x:v>60일</x:v>
+        <x:v>30일</x:v>
       </x:c>
       <x:c r="F433" s="4" t="str">
-        <x:v>10,900원</x:v>
+        <x:v>9,400원</x:v>
       </x:c>
       <x:c r="G433" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>15%</x:v>
       </x:c>
       <x:c r="H433" s="4" t="str">
-        <x:v>9,592원</x:v>
+        <x:v>7,990원</x:v>
       </x:c>
       <x:c r="I433" s="1" t="str">
-        <x:v/>
+        <x:v># 최소 수량 100개 이상 발송 가능
+# 동일 수신번호는 3개를 초과할 수 없습니다.</x:v>
       </x:c>
     </x:row>
     <x:row r="434">
       <x:c r="A434" s="3" t="str">
-        <x:v>버거킹</x:v>
+        <x:v>스타벅스</x:v>
       </x:c>
       <x:c r="B434" s="3" t="str">
-        <x:v>G0000009850</x:v>
+        <x:v>G0000008805</x:v>
       </x:c>
       <x:c r="C434" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D434" s="1" t="str">
-        <x:v>[버거킹] 바삭킹4조각</x:v>
+        <x:v>[스타벅스] 따뜻하게 함께</x:v>
       </x:c>
       <x:c r="E434" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F434" s="4" t="str">
-        <x:v>5,900원</x:v>
+        <x:v>9,400원</x:v>
       </x:c>
       <x:c r="G434" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H434" s="4" t="str">
-        <x:v>5,192원</x:v>
+        <x:v>8,272원</x:v>
       </x:c>
       <x:c r="I434" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="435">
       <x:c r="A435" s="3" t="str">
-        <x:v>버거킹</x:v>
+        <x:v>스타벅스</x:v>
       </x:c>
       <x:c r="B435" s="3" t="str">
-        <x:v>G0000009843</x:v>
+        <x:v>G0000008902</x:v>
       </x:c>
       <x:c r="C435" s="3" t="str">
-        <x:v>일반상품</x:v>
+        <x:v>특가상품</x:v>
       </x:c>
       <x:c r="D435" s="1" t="str">
-        <x:v>[버거킹] 불고기와퍼</x:v>
+        <x:v>[스타벅스] 따뜻한 라떼 커플</x:v>
       </x:c>
       <x:c r="E435" s="3" t="str">
-        <x:v>60일</x:v>
+        <x:v>30일</x:v>
       </x:c>
       <x:c r="F435" s="4" t="str">
-        <x:v>7,200원</x:v>
+        <x:v>10,400원</x:v>
       </x:c>
       <x:c r="G435" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>15%</x:v>
       </x:c>
       <x:c r="H435" s="4" t="str">
-        <x:v>6,336원</x:v>
+        <x:v>8,840원</x:v>
       </x:c>
       <x:c r="I435" s="1" t="str">
-        <x:v/>
+        <x:v># 최소 수량 100개 이상 발송 가능
+# 동일 수신번호는 3개를 초과할 수 없습니다.</x:v>
       </x:c>
     </x:row>
     <x:row r="436">
       <x:c r="A436" s="3" t="str">
-        <x:v>버거킹</x:v>
+        <x:v>스타벅스</x:v>
       </x:c>
       <x:c r="B436" s="3" t="str">
-        <x:v>G0000009853</x:v>
+        <x:v>G0000008804</x:v>
       </x:c>
       <x:c r="C436" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D436" s="1" t="str">
-        <x:v>[버거킹] 불고기와퍼세트</x:v>
+        <x:v>[스타벅스] 따뜻한 라떼 커플</x:v>
       </x:c>
       <x:c r="E436" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F436" s="4" t="str">
-        <x:v>9,200원</x:v>
+        <x:v>10,400원</x:v>
       </x:c>
       <x:c r="G436" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H436" s="4" t="str">
-        <x:v>8,096원</x:v>
+        <x:v>9,152원</x:v>
       </x:c>
       <x:c r="I436" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="437">
       <x:c r="A437" s="3" t="str">
-        <x:v>버거킹</x:v>
+        <x:v>스타벅스</x:v>
       </x:c>
       <x:c r="B437" s="3" t="str">
-        <x:v>G0000009847</x:v>
+        <x:v>G0000008791</x:v>
       </x:c>
       <x:c r="C437" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D437" s="1" t="str">
-        <x:v>[버거킹] 불고기와퍼주니어</x:v>
+        <x:v>[스타벅스] 딸기 딜라이트 요거트 블렌디드 T</x:v>
       </x:c>
       <x:c r="E437" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F437" s="4" t="str">
-        <x:v>4,800원</x:v>
+        <x:v>6,500원</x:v>
       </x:c>
       <x:c r="G437" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H437" s="4" t="str">
-        <x:v>4,224원</x:v>
+        <x:v>5,720원</x:v>
       </x:c>
       <x:c r="I437" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="438">
       <x:c r="A438" s="3" t="str">
-        <x:v>버거킹</x:v>
+        <x:v>스타벅스</x:v>
       </x:c>
       <x:c r="B438" s="3" t="str">
-        <x:v>G0000009854</x:v>
+        <x:v>G0000008901</x:v>
       </x:c>
       <x:c r="C438" s="3" t="str">
-        <x:v>일반상품</x:v>
+        <x:v>특가상품</x:v>
       </x:c>
       <x:c r="D438" s="1" t="str">
-        <x:v>[버거킹] 불고기와퍼주니어세트</x:v>
+        <x:v>[스타벅스] 땡스 어 라떼</x:v>
       </x:c>
       <x:c r="E438" s="3" t="str">
-        <x:v>60일</x:v>
+        <x:v>30일</x:v>
       </x:c>
       <x:c r="F438" s="4" t="str">
-        <x:v>6,800원</x:v>
+        <x:v>10,400원</x:v>
       </x:c>
       <x:c r="G438" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>15%</x:v>
       </x:c>
       <x:c r="H438" s="4" t="str">
-        <x:v>5,984원</x:v>
+        <x:v>8,840원</x:v>
       </x:c>
       <x:c r="I438" s="1" t="str">
-        <x:v/>
+        <x:v># 최소 수량 100개 이상 발송 가능
+# 동일 수신번호는 3개를 초과할 수 없습니다.</x:v>
       </x:c>
     </x:row>
     <x:row r="439">
       <x:c r="A439" s="3" t="str">
-        <x:v>버거킹</x:v>
+        <x:v>스타벅스</x:v>
       </x:c>
       <x:c r="B439" s="3" t="str">
-        <x:v>G0000009859</x:v>
+        <x:v>G0000008803</x:v>
       </x:c>
       <x:c r="C439" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D439" s="1" t="str">
-        <x:v>[버거킹] 와퍼</x:v>
+        <x:v>[스타벅스] 땡스 어 라떼</x:v>
       </x:c>
       <x:c r="E439" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F439" s="4" t="str">
-        <x:v>7,200원</x:v>
+        <x:v>10,400원</x:v>
       </x:c>
       <x:c r="G439" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H439" s="4" t="str">
-        <x:v>6,336원</x:v>
+        <x:v>9,152원</x:v>
       </x:c>
       <x:c r="I439" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="440">
       <x:c r="A440" s="3" t="str">
-        <x:v>버거킹</x:v>
+        <x:v>스타벅스</x:v>
       </x:c>
       <x:c r="B440" s="3" t="str">
-        <x:v>G0000009855</x:v>
+        <x:v>G0000008811</x:v>
       </x:c>
       <x:c r="C440" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D440" s="1" t="str">
-        <x:v>[버거킹] 와퍼세트</x:v>
+        <x:v>[스타벅스] 베리베리세트</x:v>
       </x:c>
       <x:c r="E440" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F440" s="4" t="str">
-        <x:v>9,200원</x:v>
+        <x:v>21,300원</x:v>
       </x:c>
       <x:c r="G440" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H440" s="4" t="str">
-        <x:v>8,096원</x:v>
+        <x:v>18,744원</x:v>
       </x:c>
       <x:c r="I440" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="441">
       <x:c r="A441" s="3" t="str">
-        <x:v>버거킹</x:v>
+        <x:v>스타벅스</x:v>
       </x:c>
       <x:c r="B441" s="3" t="str">
-        <x:v>G0000009848</x:v>
+        <x:v>G0000010052</x:v>
       </x:c>
       <x:c r="C441" s="3" t="str">
-        <x:v>일반상품</x:v>
+        <x:v>특가상품</x:v>
       </x:c>
       <x:c r="D441" s="1" t="str">
-        <x:v>[버거킹] 와퍼주니어</x:v>
+        <x:v>[스타벅스] 부드러운 디저트</x:v>
       </x:c>
       <x:c r="E441" s="3" t="str">
-        <x:v>60일</x:v>
+        <x:v>30일</x:v>
       </x:c>
       <x:c r="F441" s="4" t="str">
-        <x:v>4,800원</x:v>
+        <x:v>13,900원</x:v>
       </x:c>
       <x:c r="G441" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>15%</x:v>
       </x:c>
       <x:c r="H441" s="4" t="str">
-        <x:v>4,224원</x:v>
+        <x:v>11,815원</x:v>
       </x:c>
       <x:c r="I441" s="1" t="str">
-        <x:v/>
+        <x:v># 최소 수량 100개 이상 발송 가능
+# 동일 수신번호는 3개를 초과할 수 없습니다.</x:v>
       </x:c>
     </x:row>
     <x:row r="442">
       <x:c r="A442" s="3" t="str">
-        <x:v>버거킹</x:v>
+        <x:v>스타벅스</x:v>
       </x:c>
       <x:c r="B442" s="3" t="str">
-        <x:v>G0000009856</x:v>
+        <x:v>G0000008802</x:v>
       </x:c>
       <x:c r="C442" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D442" s="1" t="str">
-        <x:v>[버거킹] 와퍼주니어세트</x:v>
+        <x:v>[스타벅스] 부드러운 디저트</x:v>
       </x:c>
       <x:c r="E442" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F442" s="4" t="str">
-        <x:v>6,800원</x:v>
+        <x:v>13,900원</x:v>
       </x:c>
       <x:c r="G442" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H442" s="4" t="str">
-        <x:v>5,984원</x:v>
+        <x:v>12,232원</x:v>
       </x:c>
       <x:c r="I442" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="443">
       <x:c r="A443" s="3" t="str">
-        <x:v>버거킹</x:v>
+        <x:v>스타벅스</x:v>
       </x:c>
       <x:c r="B443" s="3" t="str">
-        <x:v>G0000009844</x:v>
+        <x:v>G0000008801</x:v>
       </x:c>
       <x:c r="C443" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D443" s="1" t="str">
-        <x:v>[버거킹] 치즈와퍼</x:v>
+        <x:v>[스타벅스] 생일 축하합니다</x:v>
       </x:c>
       <x:c r="E443" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F443" s="4" t="str">
-        <x:v>7,800원</x:v>
+        <x:v>24,000원</x:v>
       </x:c>
       <x:c r="G443" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H443" s="4" t="str">
-        <x:v>6,864원</x:v>
+        <x:v>21,120원</x:v>
       </x:c>
       <x:c r="I443" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="444">
       <x:c r="A444" s="3" t="str">
-        <x:v>버거킹</x:v>
+        <x:v>스타벅스</x:v>
       </x:c>
       <x:c r="B444" s="3" t="str">
-        <x:v>G0000009857</x:v>
+        <x:v>G0000008800</x:v>
       </x:c>
       <x:c r="C444" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D444" s="1" t="str">
-        <x:v>[버거킹] 치즈와퍼세트</x:v>
+        <x:v>[스타벅스] 소중한 당신께</x:v>
       </x:c>
       <x:c r="E444" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F444" s="4" t="str">
-        <x:v>9,800원</x:v>
+        <x:v>16,700원</x:v>
       </x:c>
       <x:c r="G444" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H444" s="4" t="str">
-        <x:v>8,624원</x:v>
+        <x:v>14,696원</x:v>
       </x:c>
       <x:c r="I444" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="445">
       <x:c r="A445" s="3" t="str">
-        <x:v>버거킹</x:v>
+        <x:v>스타벅스</x:v>
       </x:c>
       <x:c r="B445" s="3" t="str">
-        <x:v>G0000009849</x:v>
+        <x:v>G0000008790</x:v>
       </x:c>
       <x:c r="C445" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D445" s="1" t="str">
-        <x:v>[버거킹] 치즈와퍼주니어</x:v>
+        <x:v>[스타벅스] 스타벅스 돌체 라떼 T</x:v>
       </x:c>
       <x:c r="E445" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F445" s="4" t="str">
-        <x:v>5,100원</x:v>
+        <x:v>6,100원</x:v>
       </x:c>
       <x:c r="G445" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H445" s="4" t="str">
-        <x:v>4,488원</x:v>
+        <x:v>5,368원</x:v>
       </x:c>
       <x:c r="I445" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="446">
       <x:c r="A446" s="3" t="str">
-        <x:v>버거킹</x:v>
+        <x:v>스타벅스</x:v>
       </x:c>
       <x:c r="B446" s="3" t="str">
-        <x:v>G0000009858</x:v>
+        <x:v>G0000010051</x:v>
       </x:c>
       <x:c r="C446" s="3" t="str">
-        <x:v>일반상품</x:v>
+        <x:v>특가상품</x:v>
       </x:c>
       <x:c r="D446" s="1" t="str">
-        <x:v>[버거킹] 치즈와퍼주니어세트</x:v>
+        <x:v>[스타벅스] 시그니처 핫 초콜릿T</x:v>
       </x:c>
       <x:c r="E446" s="3" t="str">
-        <x:v>60일</x:v>
+        <x:v>30일</x:v>
       </x:c>
       <x:c r="F446" s="4" t="str">
-        <x:v>7,100원</x:v>
+        <x:v>5,900원</x:v>
       </x:c>
       <x:c r="G446" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>15%</x:v>
       </x:c>
       <x:c r="H446" s="4" t="str">
-        <x:v>6,248원</x:v>
+        <x:v>5,015원</x:v>
       </x:c>
       <x:c r="I446" s="1" t="str">
-        <x:v/>
+        <x:v># 최소 수량 100개 이상 발송 가능
+# 동일 수신번호는 3개를 초과할 수 없습니다.</x:v>
       </x:c>
     </x:row>
     <x:row r="447">
       <x:c r="A447" s="3" t="str">
-        <x:v>버거킹</x:v>
+        <x:v>스타벅스</x:v>
       </x:c>
       <x:c r="B447" s="3" t="str">
-        <x:v>G0000009851</x:v>
+        <x:v>G0000008789</x:v>
       </x:c>
       <x:c r="C447" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D447" s="1" t="str">
-        <x:v>[버거킹] 코코넛쉬림프3조각</x:v>
+        <x:v>[스타벅스] 시그니처 핫 초콜릿T</x:v>
       </x:c>
       <x:c r="E447" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F447" s="4" t="str">
-        <x:v>4,000원</x:v>
+        <x:v>5,900원</x:v>
       </x:c>
       <x:c r="G447" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H447" s="4" t="str">
-        <x:v>3,520원</x:v>
+        <x:v>5,192원</x:v>
       </x:c>
       <x:c r="I447" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="448">
       <x:c r="A448" s="3" t="str">
-        <x:v>버거킹</x:v>
+        <x:v>스타벅스</x:v>
       </x:c>
       <x:c r="B448" s="3" t="str">
-        <x:v>G0000009845</x:v>
+        <x:v>G0000008900</x:v>
       </x:c>
       <x:c r="C448" s="3" t="str">
-        <x:v>일반상품</x:v>
+        <x:v>특가상품</x:v>
       </x:c>
       <x:c r="D448" s="1" t="str">
-        <x:v>[버거킹] 콰트로치즈와퍼</x:v>
+        <x:v>[스타벅스] 시원하게 함께</x:v>
       </x:c>
       <x:c r="E448" s="3" t="str">
-        <x:v>60일</x:v>
+        <x:v>30일</x:v>
       </x:c>
       <x:c r="F448" s="4" t="str">
-        <x:v>8,000원</x:v>
+        <x:v>9,400원</x:v>
       </x:c>
       <x:c r="G448" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>15%</x:v>
       </x:c>
       <x:c r="H448" s="4" t="str">
-        <x:v>7,040원</x:v>
+        <x:v>7,990원</x:v>
       </x:c>
       <x:c r="I448" s="1" t="str">
-        <x:v/>
+        <x:v># 최소 수량 100개 이상 발송 가능
+# 동일 수신번호는 3개를 초과할 수 없습니다.</x:v>
       </x:c>
     </x:row>
     <x:row r="449">
       <x:c r="A449" s="3" t="str">
-        <x:v>버거킹</x:v>
+        <x:v>스타벅스</x:v>
       </x:c>
       <x:c r="B449" s="3" t="str">
-        <x:v>G0000009841</x:v>
+        <x:v>G0000008799</x:v>
       </x:c>
       <x:c r="C449" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D449" s="1" t="str">
-        <x:v>[버거킹] 콰트로치즈와퍼세트</x:v>
+        <x:v>[스타벅스] 시원하게 함께</x:v>
       </x:c>
       <x:c r="E449" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F449" s="4" t="str">
-        <x:v>10,000원</x:v>
+        <x:v>9,400원</x:v>
       </x:c>
       <x:c r="G449" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H449" s="4" t="str">
-        <x:v>8,800원</x:v>
+        <x:v>8,272원</x:v>
       </x:c>
       <x:c r="I449" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="450">
       <x:c r="A450" s="3" t="str">
-        <x:v>버거킹</x:v>
+        <x:v>스타벅스</x:v>
       </x:c>
       <x:c r="B450" s="3" t="str">
-        <x:v>G0000009846</x:v>
+        <x:v>G0000008788</x:v>
       </x:c>
       <x:c r="C450" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D450" s="1" t="str">
-        <x:v>[버거킹] 통새우와퍼</x:v>
+        <x:v>[스타벅스] 아이스 디카페인 카페 라떼 T</x:v>
       </x:c>
       <x:c r="E450" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F450" s="4" t="str">
-        <x:v>8,000원</x:v>
+        <x:v>5,500원</x:v>
       </x:c>
       <x:c r="G450" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H450" s="4" t="str">
-        <x:v>7,040원</x:v>
+        <x:v>4,840원</x:v>
       </x:c>
       <x:c r="I450" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="451">
       <x:c r="A451" s="3" t="str">
-        <x:v>버거킹</x:v>
+        <x:v>스타벅스</x:v>
       </x:c>
       <x:c r="B451" s="3" t="str">
-        <x:v>G0000009842</x:v>
+        <x:v>G0000008787</x:v>
       </x:c>
       <x:c r="C451" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D451" s="1" t="str">
-        <x:v>[버거킹] 통새우와퍼세트</x:v>
+        <x:v>[스타벅스] 아이스 디카페인 카페 아메리카노 T</x:v>
       </x:c>
       <x:c r="E451" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F451" s="4" t="str">
-        <x:v>10,000원</x:v>
+        <x:v>5,000원</x:v>
       </x:c>
       <x:c r="G451" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H451" s="4" t="str">
-        <x:v>8,800원</x:v>
+        <x:v>4,400원</x:v>
       </x:c>
       <x:c r="I451" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="452">
       <x:c r="A452" s="3" t="str">
-        <x:v>본죽</x:v>
+        <x:v>스타벅스</x:v>
       </x:c>
       <x:c r="B452" s="3" t="str">
-        <x:v>G0000009582</x:v>
+        <x:v>G0000008786</x:v>
       </x:c>
       <x:c r="C452" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D452" s="1" t="str">
-        <x:v>(본죽) 보양엔 전복죽</x:v>
+        <x:v>[스타벅스] 아이스 스타벅스 돌체 라떼 T</x:v>
       </x:c>
       <x:c r="E452" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F452" s="4" t="str">
-        <x:v>13,000원</x:v>
+        <x:v>6,100원</x:v>
       </x:c>
       <x:c r="G452" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H452" s="4" t="str">
-        <x:v>11,440원</x:v>
+        <x:v>5,368원</x:v>
       </x:c>
       <x:c r="I452" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="453">
       <x:c r="A453" s="3" t="str">
-        <x:v>본죽</x:v>
+        <x:v>스타벅스</x:v>
       </x:c>
       <x:c r="B453" s="3" t="str">
-        <x:v>G0000009580</x:v>
+        <x:v>G0000010050</x:v>
       </x:c>
       <x:c r="C453" s="3" t="str">
-        <x:v>일반상품</x:v>
+        <x:v>특가상품</x:v>
       </x:c>
       <x:c r="D453" s="1" t="str">
-        <x:v>(본죽) 전복이 2배 진전복죽</x:v>
+        <x:v>[스타벅스] 아이스 시그니처 초콜릿T</x:v>
       </x:c>
       <x:c r="E453" s="3" t="str">
-        <x:v>60일</x:v>
+        <x:v>30일</x:v>
       </x:c>
       <x:c r="F453" s="4" t="str">
-        <x:v>17,000원</x:v>
+        <x:v>5,900원</x:v>
       </x:c>
       <x:c r="G453" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>15%</x:v>
       </x:c>
       <x:c r="H453" s="4" t="str">
-        <x:v>14,960원</x:v>
+        <x:v>5,015원</x:v>
       </x:c>
       <x:c r="I453" s="1" t="str">
-        <x:v/>
+        <x:v># 최소 수량 100개 이상 발송 가능
+# 동일 수신번호는 3개를 초과할 수 없습니다.</x:v>
       </x:c>
     </x:row>
     <x:row r="454">
       <x:c r="A454" s="3" t="str">
-        <x:v>본죽</x:v>
+        <x:v>스타벅스</x:v>
       </x:c>
       <x:c r="B454" s="3" t="str">
-        <x:v>G0000009581</x:v>
+        <x:v>G0000008785</x:v>
       </x:c>
       <x:c r="C454" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D454" s="1" t="str">
-        <x:v>(본죽) 특전복죽</x:v>
+        <x:v>[스타벅스] 아이스 시그니처 초콜릿T</x:v>
       </x:c>
       <x:c r="E454" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F454" s="4" t="str">
-        <x:v>21,000원</x:v>
+        <x:v>5,900원</x:v>
       </x:c>
       <x:c r="G454" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H454" s="4" t="str">
-        <x:v>18,480원</x:v>
+        <x:v>5,192원</x:v>
       </x:c>
       <x:c r="I454" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="455">
       <x:c r="A455" s="3" t="str">
-        <x:v>빕스</x:v>
+        <x:v>스타벅스</x:v>
       </x:c>
       <x:c r="B455" s="3" t="str">
-        <x:v>G0000009861</x:v>
+        <x:v>G0000008784</x:v>
       </x:c>
       <x:c r="C455" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D455" s="1" t="str">
-        <x:v>[CJONE] 빕스기프트카드 1만원권</x:v>
+        <x:v>[스타벅스] 아이스 자몽 허니 블랙 티 T</x:v>
       </x:c>
       <x:c r="E455" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F455" s="4" t="str">
-        <x:v>10,000원</x:v>
+        <x:v>5,900원</x:v>
       </x:c>
       <x:c r="G455" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H455" s="4" t="str">
-        <x:v>9,800원</x:v>
+        <x:v>5,192원</x:v>
       </x:c>
       <x:c r="I455" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="456">
       <x:c r="A456" s="3" t="str">
-        <x:v>빕스</x:v>
+        <x:v>스타벅스</x:v>
       </x:c>
       <x:c r="B456" s="3" t="str">
-        <x:v>G0000009862</x:v>
+        <x:v>G0000008783</x:v>
       </x:c>
       <x:c r="C456" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D456" s="1" t="str">
-        <x:v>[CJONE] 빕스기프트카드 2만원권</x:v>
+        <x:v>[스타벅스] 아이스 카라멜 마키아또 T</x:v>
       </x:c>
       <x:c r="E456" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F456" s="4" t="str">
-        <x:v>20,000원</x:v>
+        <x:v>6,100원</x:v>
       </x:c>
       <x:c r="G456" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H456" s="4" t="str">
-        <x:v>19,600원</x:v>
+        <x:v>5,368원</x:v>
       </x:c>
       <x:c r="I456" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="457">
       <x:c r="A457" s="3" t="str">
-        <x:v>빕스</x:v>
+        <x:v>스타벅스</x:v>
       </x:c>
       <x:c r="B457" s="3" t="str">
-        <x:v>G0000009863</x:v>
+        <x:v>G0000008899</x:v>
       </x:c>
       <x:c r="C457" s="3" t="str">
-        <x:v>일반상품</x:v>
+        <x:v>특가상품</x:v>
       </x:c>
       <x:c r="D457" s="1" t="str">
-        <x:v>[CJONE] 빕스기프트카드 3만원권</x:v>
+        <x:v>[스타벅스] 아이스 카페 라떼T</x:v>
       </x:c>
       <x:c r="E457" s="3" t="str">
-        <x:v>60일</x:v>
+        <x:v>30일</x:v>
       </x:c>
       <x:c r="F457" s="4" t="str">
-        <x:v>30,000원</x:v>
+        <x:v>5,200원</x:v>
       </x:c>
       <x:c r="G457" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>15%</x:v>
       </x:c>
       <x:c r="H457" s="4" t="str">
-        <x:v>29,400원</x:v>
+        <x:v>4,420원</x:v>
       </x:c>
       <x:c r="I457" s="1" t="str">
-        <x:v/>
+        <x:v># 최소 수량 100개 이상 발송 가능
+# 동일 수신번호는 3개를 초과할 수 없습니다.</x:v>
       </x:c>
     </x:row>
     <x:row r="458">
       <x:c r="A458" s="3" t="str">
-        <x:v>빕스</x:v>
+        <x:v>스타벅스</x:v>
       </x:c>
       <x:c r="B458" s="3" t="str">
-        <x:v>G0000009864</x:v>
+        <x:v>G0000008782</x:v>
       </x:c>
       <x:c r="C458" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D458" s="1" t="str">
-        <x:v>[CJONE] 빕스기프트카드 5만원권</x:v>
+        <x:v>[스타벅스] 아이스 카페 라떼T</x:v>
       </x:c>
       <x:c r="E458" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F458" s="4" t="str">
-        <x:v>50,000원</x:v>
+        <x:v>5,200원</x:v>
       </x:c>
       <x:c r="G458" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H458" s="4" t="str">
-        <x:v>49,000원</x:v>
+        <x:v>4,576원</x:v>
       </x:c>
       <x:c r="I458" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="459">
       <x:c r="A459" s="3" t="str">
-        <x:v>빽다방</x:v>
+        <x:v>스타벅스</x:v>
       </x:c>
       <x:c r="B459" s="3" t="str">
-        <x:v>G0000007316</x:v>
+        <x:v>G0000010049</x:v>
       </x:c>
       <x:c r="C459" s="3" t="str">
         <x:v>특가상품</x:v>
       </x:c>
       <x:c r="D459" s="1" t="str">
-        <x:v>[빽다방] 아메리카노(ICED)</x:v>
+        <x:v>[스타벅스] 아이스 카페 모카T</x:v>
       </x:c>
       <x:c r="E459" s="3" t="str">
         <x:v>30일</x:v>
       </x:c>
       <x:c r="F459" s="4" t="str">
-        <x:v>2,000원</x:v>
+        <x:v>5,700원</x:v>
       </x:c>
       <x:c r="G459" s="3" t="str">
-        <x:v>20%</x:v>
+        <x:v>15%</x:v>
       </x:c>
       <x:c r="H459" s="4" t="str">
-        <x:v>1,600원</x:v>
+        <x:v>4,845원</x:v>
       </x:c>
       <x:c r="I459" s="1" t="str">
         <x:v># 최소 수량 100개 이상 발송 가능
 # 동일 수신번호는 3개를 초과할 수 없습니다.</x:v>
       </x:c>
     </x:row>
     <x:row r="460">
       <x:c r="A460" s="3" t="str">
-        <x:v>빽다방</x:v>
+        <x:v>스타벅스</x:v>
       </x:c>
       <x:c r="B460" s="3" t="str">
-        <x:v>G0000006589</x:v>
+        <x:v>G0000008781</x:v>
       </x:c>
       <x:c r="C460" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D460" s="1" t="str">
-        <x:v>[빽다방] 아메리카노(ICED)</x:v>
+        <x:v>[스타벅스] 아이스 카페 모카T</x:v>
       </x:c>
       <x:c r="E460" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F460" s="4" t="str">
-        <x:v>2,000원</x:v>
+        <x:v>5,700원</x:v>
       </x:c>
       <x:c r="G460" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H460" s="4" t="str">
-        <x:v>1,760원</x:v>
+        <x:v>5,016원</x:v>
       </x:c>
       <x:c r="I460" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="461">
       <x:c r="A461" s="3" t="str">
-        <x:v>빽다방</x:v>
+        <x:v>스타벅스</x:v>
       </x:c>
       <x:c r="B461" s="3" t="str">
-        <x:v>G0000007315</x:v>
+        <x:v>G0000008897</x:v>
       </x:c>
       <x:c r="C461" s="3" t="str">
         <x:v>특가상품</x:v>
       </x:c>
       <x:c r="D461" s="1" t="str">
-        <x:v>[빽다방] 원조커피 (ICED)</x:v>
+        <x:v>[스타벅스] 아이스 카페 아메리카노T</x:v>
       </x:c>
       <x:c r="E461" s="3" t="str">
         <x:v>30일</x:v>
       </x:c>
       <x:c r="F461" s="4" t="str">
-        <x:v>2,500원</x:v>
+        <x:v>4,700원</x:v>
       </x:c>
       <x:c r="G461" s="3" t="str">
         <x:v>20%</x:v>
       </x:c>
       <x:c r="H461" s="4" t="str">
-        <x:v>2,000원</x:v>
+        <x:v>3,760원</x:v>
       </x:c>
       <x:c r="I461" s="1" t="str">
         <x:v># 최소 수량 100개 이상 발송 가능
 # 동일 수신번호는 3개를 초과할 수 없습니다.</x:v>
       </x:c>
     </x:row>
     <x:row r="462">
       <x:c r="A462" s="3" t="str">
-        <x:v>빽다방</x:v>
+        <x:v>스타벅스</x:v>
       </x:c>
       <x:c r="B462" s="3" t="str">
-        <x:v>G0000006591</x:v>
+        <x:v>G0000008894</x:v>
       </x:c>
       <x:c r="C462" s="3" t="str">
-        <x:v>일반상품</x:v>
+        <x:v>특가상품</x:v>
       </x:c>
       <x:c r="D462" s="1" t="str">
-        <x:v>[빽다방] 원조커피 (ICED)</x:v>
+        <x:v>[스타벅스] 아이스 카페 아메리카노T</x:v>
       </x:c>
       <x:c r="E462" s="3" t="str">
-        <x:v>60일</x:v>
+        <x:v>30일</x:v>
       </x:c>
       <x:c r="F462" s="4" t="str">
-        <x:v>2,500원</x:v>
+        <x:v>4,700원</x:v>
       </x:c>
       <x:c r="G462" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>15%</x:v>
       </x:c>
       <x:c r="H462" s="4" t="str">
-        <x:v>2,200원</x:v>
+        <x:v>3,995원</x:v>
       </x:c>
       <x:c r="I462" s="1" t="str">
-        <x:v/>
+        <x:v>
+# 동일 수신번호는 3개를 초과할 수 없습니다.</x:v>
       </x:c>
     </x:row>
     <x:row r="463">
       <x:c r="A463" s="3" t="str">
-        <x:v>빽다방</x:v>
+        <x:v>스타벅스</x:v>
       </x:c>
       <x:c r="B463" s="3" t="str">
-        <x:v>G0000006595</x:v>
+        <x:v>G0000008780</x:v>
       </x:c>
       <x:c r="C463" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D463" s="1" t="str">
-        <x:v>[빽다방] 원조커피(HOT)</x:v>
+        <x:v>[스타벅스] 아이스 카페 아메리카노T</x:v>
       </x:c>
       <x:c r="E463" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F463" s="4" t="str">
-        <x:v>2,500원</x:v>
+        <x:v>4,700원</x:v>
       </x:c>
       <x:c r="G463" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H463" s="4" t="str">
-        <x:v>2,200원</x:v>
+        <x:v>4,136원</x:v>
       </x:c>
       <x:c r="I463" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="464">
       <x:c r="A464" s="3" t="str">
-        <x:v>세븐일레븐</x:v>
+        <x:v>스타벅스</x:v>
       </x:c>
       <x:c r="B464" s="3" t="str">
-        <x:v>G0000006193</x:v>
+        <x:v>G0000008812</x:v>
       </x:c>
       <x:c r="C464" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D464" s="1" t="str">
-        <x:v>[세븐일레븐] 1만원 상품권</x:v>
+        <x:v>[스타벅스] 우리 우정 포에버</x:v>
       </x:c>
       <x:c r="E464" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F464" s="4" t="str">
-        <x:v>10,000원</x:v>
+        <x:v>19,900원</x:v>
       </x:c>
       <x:c r="G464" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H464" s="4" t="str">
-        <x:v>9,000원</x:v>
+        <x:v>17,512원</x:v>
       </x:c>
       <x:c r="I464" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="465">
       <x:c r="A465" s="3" t="str">
-        <x:v>세븐일레븐</x:v>
+        <x:v>스타벅스</x:v>
       </x:c>
       <x:c r="B465" s="3" t="str">
-        <x:v>G0000006196</x:v>
+        <x:v>G0000008779</x:v>
       </x:c>
       <x:c r="C465" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D465" s="1" t="str">
-        <x:v>[세븐일레븐] 1천원 상품권</x:v>
+        <x:v>[스타벅스] 자몽허니 블랙티 T</x:v>
       </x:c>
       <x:c r="E465" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F465" s="4" t="str">
-        <x:v>1,000원</x:v>
+        <x:v>5,900원</x:v>
       </x:c>
       <x:c r="G465" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H465" s="4" t="str">
-        <x:v>900원</x:v>
+        <x:v>5,192원</x:v>
       </x:c>
       <x:c r="I465" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="466">
       <x:c r="A466" s="3" t="str">
-        <x:v>세븐일레븐</x:v>
+        <x:v>스타벅스</x:v>
       </x:c>
       <x:c r="B466" s="3" t="str">
-        <x:v>G0000006197</x:v>
+        <x:v>G0000008778</x:v>
       </x:c>
       <x:c r="C466" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D466" s="1" t="str">
-        <x:v>[세븐일레븐] 2만원 상품권</x:v>
+        <x:v>[스타벅스] 자바 칩 프라푸치노 T</x:v>
       </x:c>
       <x:c r="E466" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F466" s="4" t="str">
-        <x:v>20,000원</x:v>
+        <x:v>6,500원</x:v>
       </x:c>
       <x:c r="G466" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H466" s="4" t="str">
-        <x:v>18,000원</x:v>
+        <x:v>5,720원</x:v>
       </x:c>
       <x:c r="I466" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="467">
       <x:c r="A467" s="3" t="str">
-        <x:v>세븐일레븐</x:v>
+        <x:v>스타벅스</x:v>
       </x:c>
       <x:c r="B467" s="3" t="str">
-        <x:v>G0000006191</x:v>
+        <x:v>G0000008798</x:v>
       </x:c>
       <x:c r="C467" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D467" s="1" t="str">
-        <x:v>[세븐일레븐] 3,000원 상품권</x:v>
+        <x:v>[스타벅스] 잘될 거예요</x:v>
       </x:c>
       <x:c r="E467" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F467" s="4" t="str">
-        <x:v>3,000원</x:v>
+        <x:v>12,800원</x:v>
       </x:c>
       <x:c r="G467" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H467" s="4" t="str">
-        <x:v>2,700원</x:v>
+        <x:v>11,264원</x:v>
       </x:c>
       <x:c r="I467" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="468">
       <x:c r="A468" s="3" t="str">
-        <x:v>세븐일레븐</x:v>
+        <x:v>스타벅스</x:v>
       </x:c>
       <x:c r="B468" s="3" t="str">
-        <x:v>G0000006194</x:v>
+        <x:v>G0000008777</x:v>
       </x:c>
       <x:c r="C468" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D468" s="1" t="str">
-        <x:v>[세븐일레븐] 3만원 상품권</x:v>
+        <x:v>[스타벅스] 제주 말차 크림 프라푸치노 T</x:v>
       </x:c>
       <x:c r="E468" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F468" s="4" t="str">
-        <x:v>30,000원</x:v>
+        <x:v>6,500원</x:v>
       </x:c>
       <x:c r="G468" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H468" s="4" t="str">
-        <x:v>27,000원</x:v>
+        <x:v>5,720원</x:v>
       </x:c>
       <x:c r="I468" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="469">
       <x:c r="A469" s="3" t="str">
-        <x:v>세븐일레븐</x:v>
+        <x:v>스타벅스</x:v>
       </x:c>
       <x:c r="B469" s="3" t="str">
-        <x:v>G0000006192</x:v>
+        <x:v>G0000008797</x:v>
       </x:c>
       <x:c r="C469" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D469" s="1" t="str">
-        <x:v>[세븐일레븐] 5,000원 상품권</x:v>
+        <x:v>[스타벅스] 진한 티라미수 세트</x:v>
       </x:c>
       <x:c r="E469" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F469" s="4" t="str">
-        <x:v>5,000원</x:v>
+        <x:v>16,300원</x:v>
       </x:c>
       <x:c r="G469" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H469" s="4" t="str">
-        <x:v>4,500원</x:v>
+        <x:v>14,344원</x:v>
       </x:c>
       <x:c r="I469" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="470">
       <x:c r="A470" s="3" t="str">
-        <x:v>쉐이크쉑</x:v>
+        <x:v>스타벅스</x:v>
       </x:c>
       <x:c r="B470" s="3" t="str">
-        <x:v>G0000007715</x:v>
+        <x:v>G0000008776</x:v>
       </x:c>
       <x:c r="C470" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D470" s="1" t="str">
-        <x:v>[쉐이크쉑] 3만원권</x:v>
+        <x:v>[스타벅스] 초콜릿 크림 칩 프라푸치노 T</x:v>
       </x:c>
       <x:c r="E470" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F470" s="4" t="str">
-        <x:v>30,000원</x:v>
+        <x:v>6,200원</x:v>
       </x:c>
       <x:c r="G470" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H470" s="4" t="str">
-        <x:v>27,000원</x:v>
+        <x:v>5,456원</x:v>
       </x:c>
       <x:c r="I470" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="471">
       <x:c r="A471" s="3" t="str">
         <x:v>스타벅스</x:v>
       </x:c>
       <x:c r="B471" s="3" t="str">
-        <x:v>G0000008809</x:v>
+        <x:v>G0000008775</x:v>
       </x:c>
       <x:c r="C471" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D471" s="1" t="str">
-        <x:v>[스타벅스] 간편한 한끼</x:v>
+        <x:v>[스타벅스] 카라멜 마키아또 T</x:v>
       </x:c>
       <x:c r="E471" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F471" s="4" t="str">
-        <x:v>8,200원</x:v>
+        <x:v>6,100원</x:v>
       </x:c>
       <x:c r="G471" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H471" s="4" t="str">
-        <x:v>7,216원</x:v>
+        <x:v>5,368원</x:v>
       </x:c>
       <x:c r="I471" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="472">
       <x:c r="A472" s="3" t="str">
         <x:v>스타벅스</x:v>
       </x:c>
       <x:c r="B472" s="3" t="str">
-        <x:v>G0000008485</x:v>
+        <x:v>G0000008898</x:v>
       </x:c>
       <x:c r="C472" s="3" t="str">
         <x:v>특가상품</x:v>
       </x:c>
       <x:c r="D472" s="1" t="str">
-        <x:v>[스타벅스] 고맙습니다</x:v>
+        <x:v>[스타벅스] 카페 라떼T</x:v>
       </x:c>
       <x:c r="E472" s="3" t="str">
         <x:v>30일</x:v>
       </x:c>
       <x:c r="F472" s="4" t="str">
-        <x:v>16,900원</x:v>
+        <x:v>5,200원</x:v>
       </x:c>
       <x:c r="G472" s="3" t="str">
         <x:v>15%</x:v>
       </x:c>
       <x:c r="H472" s="4" t="str">
-        <x:v>14,365원</x:v>
+        <x:v>4,420원</x:v>
       </x:c>
       <x:c r="I472" s="1" t="str">
         <x:v># 최소 수량 100개 이상 발송 가능
 # 동일 수신번호는 3개를 초과할 수 없습니다.</x:v>
       </x:c>
     </x:row>
     <x:row r="473">
       <x:c r="A473" s="3" t="str">
         <x:v>스타벅스</x:v>
       </x:c>
       <x:c r="B473" s="3" t="str">
-        <x:v>G0000008808</x:v>
+        <x:v>G0000008774</x:v>
       </x:c>
       <x:c r="C473" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D473" s="1" t="str">
-        <x:v>[스타벅스] 고맙습니다</x:v>
+        <x:v>[스타벅스] 카페 라떼T</x:v>
       </x:c>
       <x:c r="E473" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F473" s="4" t="str">
-        <x:v>16,900원</x:v>
+        <x:v>5,200원</x:v>
       </x:c>
       <x:c r="G473" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H473" s="4" t="str">
-        <x:v>14,872원</x:v>
+        <x:v>4,576원</x:v>
       </x:c>
       <x:c r="I473" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="474">
       <x:c r="A474" s="3" t="str">
         <x:v>스타벅스</x:v>
       </x:c>
       <x:c r="B474" s="3" t="str">
-        <x:v>G0000008807</x:v>
+        <x:v>G0000010048</x:v>
       </x:c>
       <x:c r="C474" s="3" t="str">
-        <x:v>일반상품</x:v>
+        <x:v>특가상품</x:v>
       </x:c>
       <x:c r="D474" s="1" t="str">
-        <x:v>[스타벅스] 달콤한 가나슈 세트</x:v>
+        <x:v>[스타벅스] 카페 모카T</x:v>
       </x:c>
       <x:c r="E474" s="3" t="str">
-        <x:v>60일</x:v>
+        <x:v>30일</x:v>
       </x:c>
       <x:c r="F474" s="4" t="str">
-        <x:v>11,600원</x:v>
+        <x:v>5,700원</x:v>
       </x:c>
       <x:c r="G474" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>15%</x:v>
       </x:c>
       <x:c r="H474" s="4" t="str">
-        <x:v>10,208원</x:v>
+        <x:v>4,845원</x:v>
       </x:c>
       <x:c r="I474" s="1" t="str">
-        <x:v/>
+        <x:v># 최소 수량 100개 이상 발송 가능
+# 동일 수신번호는 3개를 초과할 수 없습니다.</x:v>
       </x:c>
     </x:row>
     <x:row r="475">
       <x:c r="A475" s="3" t="str">
         <x:v>스타벅스</x:v>
       </x:c>
       <x:c r="B475" s="3" t="str">
-        <x:v>G0000008794</x:v>
+        <x:v>G0000008773</x:v>
       </x:c>
       <x:c r="C475" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D475" s="1" t="str">
-        <x:v>[스타벅스] 돌체 콜드 브루 T</x:v>
+        <x:v>[스타벅스] 카페 모카T</x:v>
       </x:c>
       <x:c r="E475" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F475" s="4" t="str">
-        <x:v>6,000원</x:v>
+        <x:v>5,700원</x:v>
       </x:c>
       <x:c r="G475" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H475" s="4" t="str">
-        <x:v>5,280원</x:v>
+        <x:v>5,016원</x:v>
       </x:c>
       <x:c r="I475" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="476">
       <x:c r="A476" s="3" t="str">
         <x:v>스타벅스</x:v>
       </x:c>
       <x:c r="B476" s="3" t="str">
-        <x:v>G0000008806</x:v>
+        <x:v>G0000008896</x:v>
       </x:c>
       <x:c r="C476" s="3" t="str">
-        <x:v>일반상품</x:v>
+        <x:v>특가상품</x:v>
       </x:c>
       <x:c r="D476" s="1" t="str">
-        <x:v>[스타벅스] 든든한 아침식사</x:v>
+        <x:v>[스타벅스] 카페 아메리카노T</x:v>
       </x:c>
       <x:c r="E476" s="3" t="str">
-        <x:v>60일</x:v>
+        <x:v>30일</x:v>
       </x:c>
       <x:c r="F476" s="4" t="str">
-        <x:v>10,400원</x:v>
+        <x:v>4,700원</x:v>
       </x:c>
       <x:c r="G476" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>20%</x:v>
       </x:c>
       <x:c r="H476" s="4" t="str">
-        <x:v>9,152원</x:v>
+        <x:v>3,760원</x:v>
       </x:c>
       <x:c r="I476" s="1" t="str">
-        <x:v/>
+        <x:v># 최소 수량 100개 이상 발송 가능
+# 동일 수신번호는 3개를 초과할 수 없습니다.</x:v>
       </x:c>
     </x:row>
     <x:row r="477">
       <x:c r="A477" s="3" t="str">
         <x:v>스타벅스</x:v>
       </x:c>
       <x:c r="B477" s="3" t="str">
-        <x:v>G0000008793</x:v>
+        <x:v>G0000008895</x:v>
       </x:c>
       <x:c r="C477" s="3" t="str">
-        <x:v>일반상품</x:v>
+        <x:v>특가상품</x:v>
       </x:c>
       <x:c r="D477" s="1" t="str">
-        <x:v>[스타벅스] 디카페인 카페 라떼 T</x:v>
+        <x:v>[스타벅스] 카페 아메리카노T</x:v>
       </x:c>
       <x:c r="E477" s="3" t="str">
-        <x:v>60일</x:v>
+        <x:v>30일</x:v>
       </x:c>
       <x:c r="F477" s="4" t="str">
-        <x:v>5,500원</x:v>
+        <x:v>4,700원</x:v>
       </x:c>
       <x:c r="G477" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>15%</x:v>
       </x:c>
       <x:c r="H477" s="4" t="str">
-        <x:v>4,840원</x:v>
+        <x:v>3,995원</x:v>
       </x:c>
       <x:c r="I477" s="1" t="str">
-        <x:v/>
+        <x:v>
+# 동일 수신번호는 3개를 초과할 수 없습니다.</x:v>
       </x:c>
     </x:row>
     <x:row r="478">
       <x:c r="A478" s="3" t="str">
         <x:v>스타벅스</x:v>
       </x:c>
       <x:c r="B478" s="3" t="str">
-        <x:v>G0000008792</x:v>
+        <x:v>G0000008772</x:v>
       </x:c>
       <x:c r="C478" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D478" s="1" t="str">
-        <x:v>[스타벅스] 디카페인 카페 아메리카노 T</x:v>
+        <x:v>[스타벅스] 카페 아메리카노T</x:v>
       </x:c>
       <x:c r="E478" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F478" s="4" t="str">
-        <x:v>5,000원</x:v>
+        <x:v>4,700원</x:v>
       </x:c>
       <x:c r="G478" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H478" s="4" t="str">
-        <x:v>4,400원</x:v>
+        <x:v>4,136원</x:v>
       </x:c>
       <x:c r="I478" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="479">
       <x:c r="A479" s="3" t="str">
         <x:v>스타벅스</x:v>
       </x:c>
       <x:c r="B479" s="3" t="str">
-        <x:v>G0000008903</x:v>
+        <x:v>G0000008771</x:v>
       </x:c>
       <x:c r="C479" s="3" t="str">
-        <x:v>특가상품</x:v>
+        <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D479" s="1" t="str">
-        <x:v>[스타벅스] 따뜻하게 함께</x:v>
+        <x:v>[스타벅스] 콜드 브루 T</x:v>
       </x:c>
       <x:c r="E479" s="3" t="str">
-        <x:v>30일</x:v>
+        <x:v>60일</x:v>
       </x:c>
       <x:c r="F479" s="4" t="str">
-        <x:v>9,400원</x:v>
+        <x:v>5,100원</x:v>
       </x:c>
       <x:c r="G479" s="3" t="str">
-        <x:v>15%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H479" s="4" t="str">
-        <x:v>7,990원</x:v>
+        <x:v>4,488원</x:v>
       </x:c>
       <x:c r="I479" s="1" t="str">
-        <x:v># 최소 수량 100개 이상 발송 가능
-# 동일 수신번호는 3개를 초과할 수 없습니다.</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="480">
       <x:c r="A480" s="3" t="str">
         <x:v>스타벅스</x:v>
       </x:c>
       <x:c r="B480" s="3" t="str">
-        <x:v>G0000008805</x:v>
+        <x:v>G0000008770</x:v>
       </x:c>
       <x:c r="C480" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D480" s="1" t="str">
-        <x:v>[스타벅스] 따뜻하게 함께</x:v>
+        <x:v>[스타벅스] 쿨 라임 피지오 T</x:v>
       </x:c>
       <x:c r="E480" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F480" s="4" t="str">
-        <x:v>9,400원</x:v>
+        <x:v>6,100원</x:v>
       </x:c>
       <x:c r="G480" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H480" s="4" t="str">
-        <x:v>8,272원</x:v>
+        <x:v>5,368원</x:v>
       </x:c>
       <x:c r="I480" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="481">
       <x:c r="A481" s="3" t="str">
         <x:v>스타벅스</x:v>
       </x:c>
       <x:c r="B481" s="3" t="str">
-        <x:v>G0000008902</x:v>
+        <x:v>G0000008796</x:v>
       </x:c>
       <x:c r="C481" s="3" t="str">
-        <x:v>특가상품</x:v>
+        <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D481" s="1" t="str">
-        <x:v>[스타벅스] 따뜻한 라떼 커플</x:v>
+        <x:v>[스타벅스] 해피벌쓰데이</x:v>
       </x:c>
       <x:c r="E481" s="3" t="str">
-        <x:v>30일</x:v>
+        <x:v>60일</x:v>
       </x:c>
       <x:c r="F481" s="4" t="str">
-        <x:v>10,400원</x:v>
+        <x:v>16,700원</x:v>
       </x:c>
       <x:c r="G481" s="3" t="str">
-        <x:v>15%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H481" s="4" t="str">
-        <x:v>8,840원</x:v>
+        <x:v>14,696원</x:v>
       </x:c>
       <x:c r="I481" s="1" t="str">
-        <x:v># 최소 수량 100개 이상 발송 가능
-# 동일 수신번호는 3개를 초과할 수 없습니다.</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="482">
       <x:c r="A482" s="3" t="str">
         <x:v>스타벅스</x:v>
       </x:c>
       <x:c r="B482" s="3" t="str">
-        <x:v>G0000008804</x:v>
+        <x:v>G0000008795</x:v>
       </x:c>
       <x:c r="C482" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D482" s="1" t="str">
-        <x:v>[스타벅스] 따뜻한 라떼 커플</x:v>
+        <x:v>[스타벅스] 힘내세요</x:v>
       </x:c>
       <x:c r="E482" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F482" s="4" t="str">
-        <x:v>10,400원</x:v>
+        <x:v>24,400원</x:v>
       </x:c>
       <x:c r="G482" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H482" s="4" t="str">
-        <x:v>9,152원</x:v>
+        <x:v>21,472원</x:v>
       </x:c>
       <x:c r="I482" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="483">
       <x:c r="A483" s="3" t="str">
         <x:v>스타벅스</x:v>
       </x:c>
       <x:c r="B483" s="3" t="str">
-        <x:v>G0000008791</x:v>
+        <x:v>G0000009262</x:v>
       </x:c>
       <x:c r="C483" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D483" s="1" t="str">
-        <x:v>[스타벅스] 딸기 딜라이트 요거트 블렌디드 T</x:v>
+        <x:v>[스타벅스] e카드 1만원 교환권</x:v>
       </x:c>
       <x:c r="E483" s="3" t="str">
-        <x:v>60일</x:v>
+        <x:v>30일</x:v>
       </x:c>
       <x:c r="F483" s="4" t="str">
-        <x:v>6,500원</x:v>
+        <x:v>10,000원</x:v>
       </x:c>
       <x:c r="G483" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H483" s="4" t="str">
-        <x:v>5,720원</x:v>
+        <x:v>9,800원</x:v>
       </x:c>
       <x:c r="I483" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="484">
       <x:c r="A484" s="3" t="str">
         <x:v>스타벅스</x:v>
       </x:c>
       <x:c r="B484" s="3" t="str">
-        <x:v>G0000008901</x:v>
+        <x:v>G0000009398</x:v>
       </x:c>
       <x:c r="C484" s="3" t="str">
-        <x:v>특가상품</x:v>
+        <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D484" s="1" t="str">
-        <x:v>[스타벅스] 땡스 어 라떼</x:v>
+        <x:v>[스타벅스] e카드 1만원 교환권</x:v>
       </x:c>
       <x:c r="E484" s="3" t="str">
-        <x:v>30일</x:v>
+        <x:v>60일</x:v>
       </x:c>
       <x:c r="F484" s="4" t="str">
-        <x:v>10,400원</x:v>
+        <x:v>10,000원</x:v>
       </x:c>
       <x:c r="G484" s="3" t="str">
-        <x:v>15%</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H484" s="4" t="str">
-        <x:v>8,840원</x:v>
+        <x:v>10,000원</x:v>
       </x:c>
       <x:c r="I484" s="1" t="str">
-        <x:v># 최소 수량 100개 이상 발송 가능
-# 동일 수신번호는 3개를 초과할 수 없습니다.</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="485">
       <x:c r="A485" s="3" t="str">
         <x:v>스타벅스</x:v>
       </x:c>
       <x:c r="B485" s="3" t="str">
-        <x:v>G0000008803</x:v>
+        <x:v>G0000009261</x:v>
       </x:c>
       <x:c r="C485" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D485" s="1" t="str">
-        <x:v>[스타벅스] 땡스 어 라떼</x:v>
+        <x:v>[스타벅스] e카드 2만원 교환권</x:v>
       </x:c>
       <x:c r="E485" s="3" t="str">
-        <x:v>60일</x:v>
+        <x:v>30일</x:v>
       </x:c>
       <x:c r="F485" s="4" t="str">
-        <x:v>10,400원</x:v>
+        <x:v>20,000원</x:v>
       </x:c>
       <x:c r="G485" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H485" s="4" t="str">
-        <x:v>9,152원</x:v>
+        <x:v>19,600원</x:v>
       </x:c>
       <x:c r="I485" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="486">
       <x:c r="A486" s="3" t="str">
         <x:v>스타벅스</x:v>
       </x:c>
       <x:c r="B486" s="3" t="str">
-        <x:v>G0000008811</x:v>
+        <x:v>G0000009397</x:v>
       </x:c>
       <x:c r="C486" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D486" s="1" t="str">
-        <x:v>[스타벅스] 베리베리세트</x:v>
+        <x:v>[스타벅스] e카드 2만원 교환권</x:v>
       </x:c>
       <x:c r="E486" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F486" s="4" t="str">
-        <x:v>21,300원</x:v>
+        <x:v>20,000원</x:v>
       </x:c>
       <x:c r="G486" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H486" s="4" t="str">
-        <x:v>18,744원</x:v>
+        <x:v>20,000원</x:v>
       </x:c>
       <x:c r="I486" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="487">
       <x:c r="A487" s="3" t="str">
         <x:v>스타벅스</x:v>
       </x:c>
       <x:c r="B487" s="3" t="str">
-        <x:v>G0000008481</x:v>
+        <x:v>G0000009260</x:v>
       </x:c>
       <x:c r="C487" s="3" t="str">
-        <x:v>특가상품</x:v>
+        <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D487" s="1" t="str">
-        <x:v>[스타벅스] 부드러운 디저트</x:v>
+        <x:v>[스타벅스] e카드 3만원 교환권</x:v>
       </x:c>
       <x:c r="E487" s="3" t="str">
         <x:v>30일</x:v>
       </x:c>
       <x:c r="F487" s="4" t="str">
-        <x:v>13,900원</x:v>
+        <x:v>30,000원</x:v>
       </x:c>
       <x:c r="G487" s="3" t="str">
-        <x:v>15%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H487" s="4" t="str">
-        <x:v>11,815원</x:v>
+        <x:v>29,400원</x:v>
       </x:c>
       <x:c r="I487" s="1" t="str">
-        <x:v># 최소 수량 100개 이상 발송 가능
-# 동일 수신번호는 3개를 초과할 수 없습니다.</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="488">
       <x:c r="A488" s="3" t="str">
         <x:v>스타벅스</x:v>
       </x:c>
       <x:c r="B488" s="3" t="str">
-        <x:v>G0000008802</x:v>
+        <x:v>G0000009396</x:v>
       </x:c>
       <x:c r="C488" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D488" s="1" t="str">
-        <x:v>[스타벅스] 부드러운 디저트</x:v>
+        <x:v>[스타벅스] e카드 3만원 교환권</x:v>
       </x:c>
       <x:c r="E488" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F488" s="4" t="str">
-        <x:v>13,900원</x:v>
+        <x:v>30,000원</x:v>
       </x:c>
       <x:c r="G488" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H488" s="4" t="str">
-        <x:v>12,232원</x:v>
+        <x:v>30,000원</x:v>
       </x:c>
       <x:c r="I488" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="489">
       <x:c r="A489" s="3" t="str">
         <x:v>스타벅스</x:v>
       </x:c>
       <x:c r="B489" s="3" t="str">
-        <x:v>G0000008801</x:v>
+        <x:v>G0000009259</x:v>
       </x:c>
       <x:c r="C489" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D489" s="1" t="str">
-        <x:v>[스타벅스] 생일 축하합니다</x:v>
+        <x:v>[스타벅스] e카드 5만원 교환권</x:v>
       </x:c>
       <x:c r="E489" s="3" t="str">
-        <x:v>60일</x:v>
+        <x:v>30일</x:v>
       </x:c>
       <x:c r="F489" s="4" t="str">
-        <x:v>24,000원</x:v>
+        <x:v>50,000원</x:v>
       </x:c>
       <x:c r="G489" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H489" s="4" t="str">
-        <x:v>21,120원</x:v>
+        <x:v>49,000원</x:v>
       </x:c>
       <x:c r="I489" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="490">
       <x:c r="A490" s="3" t="str">
         <x:v>스타벅스</x:v>
       </x:c>
       <x:c r="B490" s="3" t="str">
-        <x:v>G0000008800</x:v>
+        <x:v>G0000009395</x:v>
       </x:c>
       <x:c r="C490" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D490" s="1" t="str">
-        <x:v>[스타벅스] 소중한 당신께</x:v>
+        <x:v>[스타벅스] e카드 5만원 교환권</x:v>
       </x:c>
       <x:c r="E490" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F490" s="4" t="str">
-        <x:v>16,700원</x:v>
+        <x:v>50,000원</x:v>
       </x:c>
       <x:c r="G490" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H490" s="4" t="str">
-        <x:v>14,696원</x:v>
+        <x:v>50,000원</x:v>
       </x:c>
       <x:c r="I490" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="491">
       <x:c r="A491" s="3" t="str">
-        <x:v>스타벅스</x:v>
+        <x:v>신세계상품권</x:v>
       </x:c>
       <x:c r="B491" s="3" t="str">
-        <x:v>G0000008790</x:v>
+        <x:v>G0000009867</x:v>
       </x:c>
       <x:c r="C491" s="3" t="str">
-        <x:v>일반상품</x:v>
+        <x:v>특가상품</x:v>
       </x:c>
       <x:c r="D491" s="1" t="str">
-        <x:v>[스타벅스] 스타벅스 돌체 라떼 T</x:v>
+        <x:v>[신세계상품권] 10,000원</x:v>
       </x:c>
       <x:c r="E491" s="3" t="str">
-        <x:v>60일</x:v>
+        <x:v>30일</x:v>
       </x:c>
       <x:c r="F491" s="4" t="str">
-        <x:v>6,100원</x:v>
+        <x:v>10,000원</x:v>
       </x:c>
       <x:c r="G491" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>7%</x:v>
       </x:c>
       <x:c r="H491" s="4" t="str">
-        <x:v>5,368원</x:v>
+        <x:v>9,300원</x:v>
       </x:c>
       <x:c r="I491" s="1" t="str">
-        <x:v/>
+        <x:v># 최소 수량 100개 이상 발송 가능
+# 동일 수신번호는 3개를 초과할 수 없습니다.</x:v>
       </x:c>
     </x:row>
     <x:row r="492">
       <x:c r="A492" s="3" t="str">
-        <x:v>스타벅스</x:v>
+        <x:v>신세계상품권</x:v>
       </x:c>
       <x:c r="B492" s="3" t="str">
-        <x:v>G0000008479</x:v>
+        <x:v>G0000008097</x:v>
       </x:c>
       <x:c r="C492" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D492" s="1" t="str">
+        <x:v>[신세계상품권] 10,000원</x:v>
+      </x:c>
+      <x:c r="E492" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F492" s="4" t="str">
+        <x:v>10,000원</x:v>
+      </x:c>
+      <x:c r="G492" s="3" t="str">
+        <x:v>2%</x:v>
+      </x:c>
+      <x:c r="H492" s="4" t="str">
+        <x:v>9,800원</x:v>
+      </x:c>
+      <x:c r="I492" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="493">
+      <x:c r="A493" s="3" t="str">
+        <x:v>신세계상품권</x:v>
+      </x:c>
+      <x:c r="B493" s="3" t="str">
+        <x:v>G0000009877</x:v>
+      </x:c>
+      <x:c r="C493" s="3" t="str">
         <x:v>특가상품</x:v>
       </x:c>
-      <x:c r="D492" s="1" t="str">
-[...2 lines deleted...]
-      <x:c r="E492" s="3" t="str">
+      <x:c r="D493" s="1" t="str">
+        <x:v>[신세계상품권] 10,000원 (백화점전용)</x:v>
+      </x:c>
+      <x:c r="E493" s="3" t="str">
         <x:v>30일</x:v>
       </x:c>
-      <x:c r="F492" s="4" t="str">
-[...8 lines deleted...]
-      <x:c r="I492" s="1" t="str">
+      <x:c r="F493" s="4" t="str">
+        <x:v>10,000원</x:v>
+      </x:c>
+      <x:c r="G493" s="3" t="str">
+        <x:v>10%</x:v>
+      </x:c>
+      <x:c r="H493" s="4" t="str">
+        <x:v>9,000원</x:v>
+      </x:c>
+      <x:c r="I493" s="1" t="str">
+        <x:v># 최소 수량 300개 이상 발송 가능
+# 동일 수신번호는 3개를 초과할 수 없습니다.</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="494">
+      <x:c r="A494" s="3" t="str">
+        <x:v>신세계상품권</x:v>
+      </x:c>
+      <x:c r="B494" s="3" t="str">
+        <x:v>G0000009871</x:v>
+      </x:c>
+      <x:c r="C494" s="3" t="str">
+        <x:v>특가상품</x:v>
+      </x:c>
+      <x:c r="D494" s="1" t="str">
+        <x:v>[신세계상품권] 100,000원</x:v>
+      </x:c>
+      <x:c r="E494" s="3" t="str">
+        <x:v>30일</x:v>
+      </x:c>
+      <x:c r="F494" s="4" t="str">
+        <x:v>100,000원</x:v>
+      </x:c>
+      <x:c r="G494" s="3" t="str">
+        <x:v>5%</x:v>
+      </x:c>
+      <x:c r="H494" s="4" t="str">
+        <x:v>95,000원</x:v>
+      </x:c>
+      <x:c r="I494" s="1" t="str">
+        <x:v>
+# 동일 수신번호는 1개를 초과할 수 없습니다.</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="495">
+      <x:c r="A495" s="3" t="str">
+        <x:v>신세계상품권</x:v>
+      </x:c>
+      <x:c r="B495" s="3" t="str">
+        <x:v>G0000008096</x:v>
+      </x:c>
+      <x:c r="C495" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D495" s="1" t="str">
+        <x:v>[신세계상품권] 100,000원</x:v>
+      </x:c>
+      <x:c r="E495" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F495" s="4" t="str">
+        <x:v>100,000원</x:v>
+      </x:c>
+      <x:c r="G495" s="3" t="str">
+        <x:v>2%</x:v>
+      </x:c>
+      <x:c r="H495" s="4" t="str">
+        <x:v>98,000원</x:v>
+      </x:c>
+      <x:c r="I495" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="496">
+      <x:c r="A496" s="3" t="str">
+        <x:v>신세계상품권</x:v>
+      </x:c>
+      <x:c r="B496" s="3" t="str">
+        <x:v>G0000009870</x:v>
+      </x:c>
+      <x:c r="C496" s="3" t="str">
+        <x:v>특가상품</x:v>
+      </x:c>
+      <x:c r="D496" s="1" t="str">
+        <x:v>[신세계상품권] 20,000원</x:v>
+      </x:c>
+      <x:c r="E496" s="3" t="str">
+        <x:v>30일</x:v>
+      </x:c>
+      <x:c r="F496" s="4" t="str">
+        <x:v>20,000원</x:v>
+      </x:c>
+      <x:c r="G496" s="3" t="str">
+        <x:v>7%</x:v>
+      </x:c>
+      <x:c r="H496" s="4" t="str">
+        <x:v>18,600원</x:v>
+      </x:c>
+      <x:c r="I496" s="1" t="str">
+        <x:v># 최소 수량 300개 이상 발송 가능
+# 동일 수신번호는 3개를 초과할 수 없습니다.</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="497">
+      <x:c r="A497" s="3" t="str">
+        <x:v>신세계상품권</x:v>
+      </x:c>
+      <x:c r="B497" s="3" t="str">
+        <x:v>G0000008095</x:v>
+      </x:c>
+      <x:c r="C497" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D497" s="1" t="str">
+        <x:v>[신세계상품권] 20,000원</x:v>
+      </x:c>
+      <x:c r="E497" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F497" s="4" t="str">
+        <x:v>20,000원</x:v>
+      </x:c>
+      <x:c r="G497" s="3" t="str">
+        <x:v>2%</x:v>
+      </x:c>
+      <x:c r="H497" s="4" t="str">
+        <x:v>19,600원</x:v>
+      </x:c>
+      <x:c r="I497" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="498">
+      <x:c r="A498" s="3" t="str">
+        <x:v>신세계상품권</x:v>
+      </x:c>
+      <x:c r="B498" s="3" t="str">
+        <x:v>G0000009868</x:v>
+      </x:c>
+      <x:c r="C498" s="3" t="str">
+        <x:v>특가상품</x:v>
+      </x:c>
+      <x:c r="D498" s="1" t="str">
+        <x:v>[신세계상품권] 30,000원</x:v>
+      </x:c>
+      <x:c r="E498" s="3" t="str">
+        <x:v>30일</x:v>
+      </x:c>
+      <x:c r="F498" s="4" t="str">
+        <x:v>30,000원</x:v>
+      </x:c>
+      <x:c r="G498" s="3" t="str">
+        <x:v>7%</x:v>
+      </x:c>
+      <x:c r="H498" s="4" t="str">
+        <x:v>27,900원</x:v>
+      </x:c>
+      <x:c r="I498" s="1" t="str">
+        <x:v># 최소 수량 300개 이상 발송 가능
+# 동일 수신번호는 3개를 초과할 수 없습니다.</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="499">
+      <x:c r="A499" s="3" t="str">
+        <x:v>신세계상품권</x:v>
+      </x:c>
+      <x:c r="B499" s="3" t="str">
+        <x:v>G0000008094</x:v>
+      </x:c>
+      <x:c r="C499" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D499" s="1" t="str">
+        <x:v>[신세계상품권] 30,000원</x:v>
+      </x:c>
+      <x:c r="E499" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F499" s="4" t="str">
+        <x:v>30,000원</x:v>
+      </x:c>
+      <x:c r="G499" s="3" t="str">
+        <x:v>2%</x:v>
+      </x:c>
+      <x:c r="H499" s="4" t="str">
+        <x:v>29,400원</x:v>
+      </x:c>
+      <x:c r="I499" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="500">
+      <x:c r="A500" s="3" t="str">
+        <x:v>신세계상품권</x:v>
+      </x:c>
+      <x:c r="B500" s="3" t="str">
+        <x:v>G0000009888</x:v>
+      </x:c>
+      <x:c r="C500" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D500" s="1" t="str">
+        <x:v>[신세계상품권] 40,000원</x:v>
+      </x:c>
+      <x:c r="E500" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F500" s="4" t="str">
+        <x:v>40,000원</x:v>
+      </x:c>
+      <x:c r="G500" s="3" t="str">
+        <x:v>2%</x:v>
+      </x:c>
+      <x:c r="H500" s="4" t="str">
+        <x:v>39,200원</x:v>
+      </x:c>
+      <x:c r="I500" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="501">
+      <x:c r="A501" s="3" t="str">
+        <x:v>신세계상품권</x:v>
+      </x:c>
+      <x:c r="B501" s="3" t="str">
+        <x:v>G0000009869</x:v>
+      </x:c>
+      <x:c r="C501" s="3" t="str">
+        <x:v>특가상품</x:v>
+      </x:c>
+      <x:c r="D501" s="1" t="str">
+        <x:v>[신세계상품권] 5,000원</x:v>
+      </x:c>
+      <x:c r="E501" s="3" t="str">
+        <x:v>30일</x:v>
+      </x:c>
+      <x:c r="F501" s="4" t="str">
+        <x:v>5,000원</x:v>
+      </x:c>
+      <x:c r="G501" s="3" t="str">
+        <x:v>7%</x:v>
+      </x:c>
+      <x:c r="H501" s="4" t="str">
+        <x:v>4,650원</x:v>
+      </x:c>
+      <x:c r="I501" s="1" t="str">
         <x:v># 최소 수량 100개 이상 발송 가능
 # 동일 수신번호는 3개를 초과할 수 없습니다.</x:v>
       </x:c>
     </x:row>
-    <x:row r="493">
-[...261 lines deleted...]
-    </x:row>
     <x:row r="502">
       <x:c r="A502" s="3" t="str">
-        <x:v>스타벅스</x:v>
+        <x:v>신세계상품권</x:v>
       </x:c>
       <x:c r="B502" s="3" t="str">
-        <x:v>G0000008783</x:v>
+        <x:v>G0000008093</x:v>
       </x:c>
       <x:c r="C502" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D502" s="1" t="str">
-        <x:v>[스타벅스] 아이스 카라멜 마키아또 T</x:v>
+        <x:v>[신세계상품권] 5,000원</x:v>
       </x:c>
       <x:c r="E502" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F502" s="4" t="str">
-        <x:v>6,100원</x:v>
+        <x:v>5,000원</x:v>
       </x:c>
       <x:c r="G502" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H502" s="4" t="str">
-        <x:v>5,368원</x:v>
+        <x:v>4,900원</x:v>
       </x:c>
       <x:c r="I502" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="503">
       <x:c r="A503" s="3" t="str">
-        <x:v>스타벅스</x:v>
+        <x:v>신세계상품권</x:v>
       </x:c>
       <x:c r="B503" s="3" t="str">
-        <x:v>G0000008899</x:v>
+        <x:v>G0000009874</x:v>
       </x:c>
       <x:c r="C503" s="3" t="str">
         <x:v>특가상품</x:v>
       </x:c>
       <x:c r="D503" s="1" t="str">
-        <x:v>[스타벅스] 아이스 카페 라떼T</x:v>
+        <x:v>[신세계상품권] 5,000원 (백화점전용)</x:v>
       </x:c>
       <x:c r="E503" s="3" t="str">
         <x:v>30일</x:v>
       </x:c>
       <x:c r="F503" s="4" t="str">
-        <x:v>5,200원</x:v>
+        <x:v>5,000원</x:v>
       </x:c>
       <x:c r="G503" s="3" t="str">
-        <x:v>15%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H503" s="4" t="str">
-        <x:v>4,420원</x:v>
+        <x:v>4,500원</x:v>
       </x:c>
       <x:c r="I503" s="1" t="str">
-        <x:v># 최소 수량 100개 이상 발송 가능
+        <x:v># 최소 수량 300개 이상 발송 가능
 # 동일 수신번호는 3개를 초과할 수 없습니다.</x:v>
       </x:c>
     </x:row>
     <x:row r="504">
       <x:c r="A504" s="3" t="str">
-        <x:v>스타벅스</x:v>
+        <x:v>신세계상품권</x:v>
       </x:c>
       <x:c r="B504" s="3" t="str">
-        <x:v>G0000008782</x:v>
+        <x:v>G0000009866</x:v>
       </x:c>
       <x:c r="C504" s="3" t="str">
-        <x:v>일반상품</x:v>
+        <x:v>특가상품</x:v>
       </x:c>
       <x:c r="D504" s="1" t="str">
-        <x:v>[스타벅스] 아이스 카페 라떼T</x:v>
+        <x:v>[신세계상품권] 50,000원</x:v>
       </x:c>
       <x:c r="E504" s="3" t="str">
-        <x:v>60일</x:v>
+        <x:v>30일</x:v>
       </x:c>
       <x:c r="F504" s="4" t="str">
-        <x:v>5,200원</x:v>
+        <x:v>50,000원</x:v>
       </x:c>
       <x:c r="G504" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>7%</x:v>
       </x:c>
       <x:c r="H504" s="4" t="str">
-        <x:v>4,576원</x:v>
+        <x:v>46,500원</x:v>
       </x:c>
       <x:c r="I504" s="1" t="str">
-        <x:v/>
+        <x:v>
+# 동일 수신번호는 1개를 초과할 수 없습니다.</x:v>
       </x:c>
     </x:row>
     <x:row r="505">
       <x:c r="A505" s="3" t="str">
-        <x:v>스타벅스</x:v>
+        <x:v>신세계상품권</x:v>
       </x:c>
       <x:c r="B505" s="3" t="str">
-        <x:v>G0000008476</x:v>
+        <x:v>G0000008092</x:v>
       </x:c>
       <x:c r="C505" s="3" t="str">
-        <x:v>특가상품</x:v>
+        <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D505" s="1" t="str">
-        <x:v>[스타벅스] 아이스 카페 모카T</x:v>
+        <x:v>[신세계상품권] 50,000원</x:v>
       </x:c>
       <x:c r="E505" s="3" t="str">
-        <x:v>30일</x:v>
+        <x:v>60일</x:v>
       </x:c>
       <x:c r="F505" s="4" t="str">
-        <x:v>5,700원</x:v>
+        <x:v>50,000원</x:v>
       </x:c>
       <x:c r="G505" s="3" t="str">
-        <x:v>15%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H505" s="4" t="str">
-        <x:v>4,845원</x:v>
+        <x:v>49,000원</x:v>
       </x:c>
       <x:c r="I505" s="1" t="str">
-        <x:v># 최소 수량 100개 이상 발송 가능
-# 동일 수신번호는 3개를 초과할 수 없습니다.</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="506">
       <x:c r="A506" s="3" t="str">
-        <x:v>스타벅스</x:v>
+        <x:v>신세계상품권</x:v>
       </x:c>
       <x:c r="B506" s="3" t="str">
-        <x:v>G0000008781</x:v>
+        <x:v>G0000009886</x:v>
       </x:c>
       <x:c r="C506" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D506" s="1" t="str">
-        <x:v>[스타벅스] 아이스 카페 모카T</x:v>
+        <x:v>[신세계상품권] 60,000원</x:v>
       </x:c>
       <x:c r="E506" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F506" s="4" t="str">
-        <x:v>5,700원</x:v>
+        <x:v>60,000원</x:v>
       </x:c>
       <x:c r="G506" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H506" s="4" t="str">
-        <x:v>5,016원</x:v>
+        <x:v>58,800원</x:v>
       </x:c>
       <x:c r="I506" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="507">
       <x:c r="A507" s="3" t="str">
-        <x:v>스타벅스</x:v>
+        <x:v>신세계상품권</x:v>
       </x:c>
       <x:c r="B507" s="3" t="str">
-        <x:v>G0000008897</x:v>
+        <x:v>G0000009889</x:v>
       </x:c>
       <x:c r="C507" s="3" t="str">
-        <x:v>특가상품</x:v>
+        <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D507" s="1" t="str">
-        <x:v>[스타벅스] 아이스 카페 아메리카노T</x:v>
+        <x:v>[신세계상품권] 70,000원</x:v>
       </x:c>
       <x:c r="E507" s="3" t="str">
-        <x:v>30일</x:v>
+        <x:v>60일</x:v>
       </x:c>
       <x:c r="F507" s="4" t="str">
-        <x:v>4,700원</x:v>
+        <x:v>70,000원</x:v>
       </x:c>
       <x:c r="G507" s="3" t="str">
-        <x:v>20%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H507" s="4" t="str">
-        <x:v>3,760원</x:v>
+        <x:v>68,600원</x:v>
       </x:c>
       <x:c r="I507" s="1" t="str">
-        <x:v># 최소 수량 100개 이상 발송 가능
-# 동일 수신번호는 3개를 초과할 수 없습니다.</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="508">
       <x:c r="A508" s="3" t="str">
-        <x:v>스타벅스</x:v>
+        <x:v>아웃백</x:v>
       </x:c>
       <x:c r="B508" s="3" t="str">
-        <x:v>G0000008894</x:v>
+        <x:v>G0000009603</x:v>
       </x:c>
       <x:c r="C508" s="3" t="str">
-        <x:v>특가상품</x:v>
+        <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D508" s="1" t="str">
-        <x:v>[스타벅스] 아이스 카페 아메리카노T</x:v>
+        <x:v>(아웃백) 기프트카드 1만원권</x:v>
       </x:c>
       <x:c r="E508" s="3" t="str">
-        <x:v>30일</x:v>
+        <x:v>60일</x:v>
       </x:c>
       <x:c r="F508" s="4" t="str">
-        <x:v>4,700원</x:v>
+        <x:v>10,000원</x:v>
       </x:c>
       <x:c r="G508" s="3" t="str">
-        <x:v>15%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H508" s="4" t="str">
-        <x:v>3,995원</x:v>
+        <x:v>9,800원</x:v>
       </x:c>
       <x:c r="I508" s="1" t="str">
-        <x:v>
-# 동일 수신번호는 3개를 초과할 수 없습니다.</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="509">
       <x:c r="A509" s="3" t="str">
-        <x:v>스타벅스</x:v>
+        <x:v>아웃백</x:v>
       </x:c>
       <x:c r="B509" s="3" t="str">
-        <x:v>G0000008780</x:v>
+        <x:v>G0000009602</x:v>
       </x:c>
       <x:c r="C509" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D509" s="1" t="str">
-        <x:v>[스타벅스] 아이스 카페 아메리카노T</x:v>
+        <x:v>(아웃백) 기프트카드 2만원권</x:v>
       </x:c>
       <x:c r="E509" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F509" s="4" t="str">
-        <x:v>4,700원</x:v>
+        <x:v>20,000원</x:v>
       </x:c>
       <x:c r="G509" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H509" s="4" t="str">
-        <x:v>4,136원</x:v>
+        <x:v>19,600원</x:v>
       </x:c>
       <x:c r="I509" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="510">
       <x:c r="A510" s="3" t="str">
-        <x:v>스타벅스</x:v>
+        <x:v>아웃백</x:v>
       </x:c>
       <x:c r="B510" s="3" t="str">
-        <x:v>G0000008812</x:v>
+        <x:v>G0000009601</x:v>
       </x:c>
       <x:c r="C510" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D510" s="1" t="str">
-        <x:v>[스타벅스] 우리 우정 포에버</x:v>
+        <x:v>(아웃백) 기프트카드 3만원권</x:v>
       </x:c>
       <x:c r="E510" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F510" s="4" t="str">
-        <x:v>19,900원</x:v>
+        <x:v>30,000원</x:v>
       </x:c>
       <x:c r="G510" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H510" s="4" t="str">
-        <x:v>17,512원</x:v>
+        <x:v>29,400원</x:v>
       </x:c>
       <x:c r="I510" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="511">
       <x:c r="A511" s="3" t="str">
-        <x:v>스타벅스</x:v>
+        <x:v>아웃백</x:v>
       </x:c>
       <x:c r="B511" s="3" t="str">
-        <x:v>G0000008779</x:v>
+        <x:v>G0000008471</x:v>
       </x:c>
       <x:c r="C511" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D511" s="1" t="str">
-        <x:v>[스타벅스] 자몽허니 블랙티 T</x:v>
+        <x:v>(아웃백) 기프트카드 5만원권</x:v>
       </x:c>
       <x:c r="E511" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F511" s="4" t="str">
-        <x:v>5,900원</x:v>
+        <x:v>50,000원</x:v>
       </x:c>
       <x:c r="G511" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H511" s="4" t="str">
-        <x:v>5,192원</x:v>
+        <x:v>49,000원</x:v>
       </x:c>
       <x:c r="I511" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="512">
       <x:c r="A512" s="3" t="str">
-        <x:v>스타벅스</x:v>
+        <x:v>아티제</x:v>
       </x:c>
       <x:c r="B512" s="3" t="str">
-        <x:v>G0000008778</x:v>
+        <x:v>G0000008827</x:v>
       </x:c>
       <x:c r="C512" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D512" s="1" t="str">
-        <x:v>[스타벅스] 자바 칩 프라푸치노 T</x:v>
+        <x:v>[아티제] 뉴욕 치즈 케이크</x:v>
       </x:c>
       <x:c r="E512" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F512" s="4" t="str">
-        <x:v>6,500원</x:v>
+        <x:v>44,000원</x:v>
       </x:c>
       <x:c r="G512" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H512" s="4" t="str">
-        <x:v>5,720원</x:v>
+        <x:v>38,720원</x:v>
       </x:c>
       <x:c r="I512" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="513">
       <x:c r="A513" s="3" t="str">
-        <x:v>스타벅스</x:v>
+        <x:v>아티제</x:v>
       </x:c>
       <x:c r="B513" s="3" t="str">
-        <x:v>G0000008798</x:v>
+        <x:v>G0000008829</x:v>
       </x:c>
       <x:c r="C513" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D513" s="1" t="str">
-        <x:v>[스타벅스] 잘될 거예요</x:v>
+        <x:v>[아티제] 말돈 소금빵+아메리카노 P 1잔</x:v>
       </x:c>
       <x:c r="E513" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F513" s="4" t="str">
-        <x:v>12,800원</x:v>
+        <x:v>8,400원</x:v>
       </x:c>
       <x:c r="G513" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H513" s="4" t="str">
-        <x:v>11,264원</x:v>
+        <x:v>7,392원</x:v>
       </x:c>
       <x:c r="I513" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="514">
       <x:c r="A514" s="3" t="str">
-        <x:v>스타벅스</x:v>
+        <x:v>아티제</x:v>
       </x:c>
       <x:c r="B514" s="3" t="str">
-        <x:v>G0000008777</x:v>
+        <x:v>G0000008833</x:v>
       </x:c>
       <x:c r="C514" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D514" s="1" t="str">
-        <x:v>[스타벅스] 제주 말차 크림 프라푸치노 T</x:v>
+        <x:v>[아티제] 아이스 카페 아메리카노</x:v>
       </x:c>
       <x:c r="E514" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F514" s="4" t="str">
-        <x:v>6,500원</x:v>
+        <x:v>4,900원</x:v>
       </x:c>
       <x:c r="G514" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H514" s="4" t="str">
-        <x:v>5,720원</x:v>
+        <x:v>4,312원</x:v>
       </x:c>
       <x:c r="I514" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="515">
       <x:c r="A515" s="3" t="str">
-        <x:v>스타벅스</x:v>
+        <x:v>아티제</x:v>
       </x:c>
       <x:c r="B515" s="3" t="str">
-        <x:v>G0000008797</x:v>
+        <x:v>G0000008834</x:v>
       </x:c>
       <x:c r="C515" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D515" s="1" t="str">
-        <x:v>[스타벅스] 진한 티라미수 세트</x:v>
+        <x:v>[아티제] 얼그레이 쉬폰</x:v>
       </x:c>
       <x:c r="E515" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F515" s="4" t="str">
-        <x:v>16,300원</x:v>
+        <x:v>43,000원</x:v>
       </x:c>
       <x:c r="G515" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H515" s="4" t="str">
-        <x:v>14,344원</x:v>
+        <x:v>37,840원</x:v>
       </x:c>
       <x:c r="I515" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="516">
       <x:c r="A516" s="3" t="str">
-        <x:v>스타벅스</x:v>
+        <x:v>아티제</x:v>
       </x:c>
       <x:c r="B516" s="3" t="str">
-        <x:v>G0000008776</x:v>
+        <x:v>G0000008835</x:v>
       </x:c>
       <x:c r="C516" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D516" s="1" t="str">
-        <x:v>[스타벅스] 초콜릿 크림 칩 프라푸치노 T</x:v>
+        <x:v>[아티제] 카페 아메리카노</x:v>
       </x:c>
       <x:c r="E516" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F516" s="4" t="str">
-        <x:v>6,200원</x:v>
+        <x:v>4,900원</x:v>
       </x:c>
       <x:c r="G516" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H516" s="4" t="str">
-        <x:v>5,456원</x:v>
+        <x:v>4,312원</x:v>
       </x:c>
       <x:c r="I516" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="517">
       <x:c r="A517" s="3" t="str">
-        <x:v>스타벅스</x:v>
+        <x:v>아티제</x:v>
       </x:c>
       <x:c r="B517" s="3" t="str">
-        <x:v>G0000008775</x:v>
+        <x:v>G0000008837</x:v>
       </x:c>
       <x:c r="C517" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D517" s="1" t="str">
-        <x:v>[스타벅스] 카라멜 마키아또 T</x:v>
+        <x:v>[아티제] 테디베어 초코 쉬폰</x:v>
       </x:c>
       <x:c r="E517" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F517" s="4" t="str">
-        <x:v>6,100원</x:v>
+        <x:v>43,000원</x:v>
       </x:c>
       <x:c r="G517" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H517" s="4" t="str">
-        <x:v>5,368원</x:v>
+        <x:v>37,840원</x:v>
       </x:c>
       <x:c r="I517" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="518">
       <x:c r="A518" s="3" t="str">
-        <x:v>스타벅스</x:v>
+        <x:v>애슐리</x:v>
       </x:c>
       <x:c r="B518" s="3" t="str">
-        <x:v>G0000008898</x:v>
+        <x:v>G0000007721</x:v>
       </x:c>
       <x:c r="C518" s="3" t="str">
-        <x:v>특가상품</x:v>
+        <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D518" s="1" t="str">
-        <x:v>[스타벅스] 카페 라떼T</x:v>
+        <x:v>(애슐리) 샐러드바 1인 이용권(주말/공휴일)</x:v>
       </x:c>
       <x:c r="E518" s="3" t="str">
-        <x:v>30일</x:v>
+        <x:v>60일</x:v>
       </x:c>
       <x:c r="F518" s="4" t="str">
-        <x:v>5,200원</x:v>
+        <x:v>27,900원</x:v>
       </x:c>
       <x:c r="G518" s="3" t="str">
-        <x:v>15%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H518" s="4" t="str">
-        <x:v>4,420원</x:v>
+        <x:v>24,552원</x:v>
       </x:c>
       <x:c r="I518" s="1" t="str">
-        <x:v># 최소 수량 100개 이상 발송 가능
-# 동일 수신번호는 3개를 초과할 수 없습니다.</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="519">
       <x:c r="A519" s="3" t="str">
-        <x:v>스타벅스</x:v>
+        <x:v>애슐리</x:v>
       </x:c>
       <x:c r="B519" s="3" t="str">
-        <x:v>G0000008774</x:v>
+        <x:v>G0000007720</x:v>
       </x:c>
       <x:c r="C519" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D519" s="1" t="str">
-        <x:v>[스타벅스] 카페 라떼T</x:v>
+        <x:v>(애슐리) 샐러드바 1인 이용권(평일디너)</x:v>
       </x:c>
       <x:c r="E519" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F519" s="4" t="str">
-        <x:v>5,200원</x:v>
+        <x:v>25,900원</x:v>
       </x:c>
       <x:c r="G519" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H519" s="4" t="str">
-        <x:v>4,576원</x:v>
+        <x:v>22,792원</x:v>
       </x:c>
       <x:c r="I519" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="520">
       <x:c r="A520" s="3" t="str">
-        <x:v>스타벅스</x:v>
+        <x:v>애슐리</x:v>
       </x:c>
       <x:c r="B520" s="3" t="str">
-        <x:v>G0000008473</x:v>
+        <x:v>G0000007719</x:v>
       </x:c>
       <x:c r="C520" s="3" t="str">
-        <x:v>특가상품</x:v>
+        <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D520" s="1" t="str">
-        <x:v>[스타벅스] 카페 모카T</x:v>
+        <x:v>(애슐리) 샐러드바 1인 이용권(평일런치)</x:v>
       </x:c>
       <x:c r="E520" s="3" t="str">
-        <x:v>30일</x:v>
+        <x:v>60일</x:v>
       </x:c>
       <x:c r="F520" s="4" t="str">
-        <x:v>5,700원</x:v>
+        <x:v>19,900원</x:v>
       </x:c>
       <x:c r="G520" s="3" t="str">
-        <x:v>15%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H520" s="4" t="str">
-        <x:v>4,845원</x:v>
+        <x:v>17,512원</x:v>
       </x:c>
       <x:c r="I520" s="1" t="str">
-        <x:v># 최소 수량 100개 이상 발송 가능
-# 동일 수신번호는 3개를 초과할 수 없습니다.</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="521">
       <x:c r="A521" s="3" t="str">
-        <x:v>스타벅스</x:v>
+        <x:v>애슐리</x:v>
       </x:c>
       <x:c r="B521" s="3" t="str">
-        <x:v>G0000008773</x:v>
+        <x:v>G0000007718</x:v>
       </x:c>
       <x:c r="C521" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D521" s="1" t="str">
-        <x:v>[스타벅스] 카페 모카T</x:v>
+        <x:v>(애슐리) 샐러드바 2인 이용권(주말/공휴일)</x:v>
       </x:c>
       <x:c r="E521" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F521" s="4" t="str">
-        <x:v>5,700원</x:v>
+        <x:v>55,800원</x:v>
       </x:c>
       <x:c r="G521" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H521" s="4" t="str">
-        <x:v>5,016원</x:v>
+        <x:v>49,104원</x:v>
       </x:c>
       <x:c r="I521" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="522">
       <x:c r="A522" s="3" t="str">
-        <x:v>스타벅스</x:v>
+        <x:v>애슐리</x:v>
       </x:c>
       <x:c r="B522" s="3" t="str">
-        <x:v>G0000008896</x:v>
+        <x:v>G0000007717</x:v>
       </x:c>
       <x:c r="C522" s="3" t="str">
-        <x:v>특가상품</x:v>
+        <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D522" s="1" t="str">
-        <x:v>[스타벅스] 카페 아메리카노T</x:v>
+        <x:v>(애슐리) 샐러드바 2인 이용권(평일디너)</x:v>
       </x:c>
       <x:c r="E522" s="3" t="str">
-        <x:v>30일</x:v>
+        <x:v>60일</x:v>
       </x:c>
       <x:c r="F522" s="4" t="str">
-        <x:v>4,700원</x:v>
+        <x:v>51,800원</x:v>
       </x:c>
       <x:c r="G522" s="3" t="str">
-        <x:v>20%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H522" s="4" t="str">
-        <x:v>3,760원</x:v>
+        <x:v>45,584원</x:v>
       </x:c>
       <x:c r="I522" s="1" t="str">
-        <x:v># 최소 수량 100개 이상 발송 가능
-# 동일 수신번호는 3개를 초과할 수 없습니다.</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="523">
       <x:c r="A523" s="3" t="str">
-        <x:v>스타벅스</x:v>
+        <x:v>애슐리</x:v>
       </x:c>
       <x:c r="B523" s="3" t="str">
-        <x:v>G0000008895</x:v>
+        <x:v>G0000007716</x:v>
       </x:c>
       <x:c r="C523" s="3" t="str">
-        <x:v>특가상품</x:v>
+        <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D523" s="1" t="str">
-        <x:v>[스타벅스] 카페 아메리카노T</x:v>
+        <x:v>(애슐리) 샐러드바 2인 이용권(평일런치)</x:v>
       </x:c>
       <x:c r="E523" s="3" t="str">
-        <x:v>30일</x:v>
+        <x:v>60일</x:v>
       </x:c>
       <x:c r="F523" s="4" t="str">
-        <x:v>4,700원</x:v>
+        <x:v>39,800원</x:v>
       </x:c>
       <x:c r="G523" s="3" t="str">
-        <x:v>15%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H523" s="4" t="str">
-        <x:v>3,995원</x:v>
+        <x:v>35,024원</x:v>
       </x:c>
       <x:c r="I523" s="1" t="str">
-        <x:v>
-# 동일 수신번호는 3개를 초과할 수 없습니다.</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="524">
       <x:c r="A524" s="3" t="str">
-        <x:v>스타벅스</x:v>
+        <x:v>엔제리너스</x:v>
       </x:c>
       <x:c r="B524" s="3" t="str">
-        <x:v>G0000008772</x:v>
+        <x:v>G0000009116</x:v>
       </x:c>
       <x:c r="C524" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D524" s="1" t="str">
-        <x:v>[스타벅스] 카페 아메리카노T</x:v>
+        <x:v>[롯데GRS엔제리너스] [다이어트 성공 부적] 에그마요 샐러드 + 아메리카노(R)</x:v>
       </x:c>
       <x:c r="E524" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F524" s="4" t="str">
-        <x:v>4,700원</x:v>
+        <x:v>11,700원</x:v>
       </x:c>
       <x:c r="G524" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H524" s="4" t="str">
-        <x:v>4,136원</x:v>
+        <x:v>10,296원</x:v>
       </x:c>
       <x:c r="I524" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="525">
       <x:c r="A525" s="3" t="str">
-        <x:v>스타벅스</x:v>
+        <x:v>엔제리너스</x:v>
       </x:c>
       <x:c r="B525" s="3" t="str">
-        <x:v>G0000008771</x:v>
+        <x:v>G0000009115</x:v>
       </x:c>
       <x:c r="C525" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D525" s="1" t="str">
-        <x:v>[스타벅스] 콜드 브루 T</x:v>
+        <x:v>[롯데GRS엔제리너스] 돌체라떼R</x:v>
       </x:c>
       <x:c r="E525" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F525" s="4" t="str">
-        <x:v>5,100원</x:v>
+        <x:v>6,700원</x:v>
       </x:c>
       <x:c r="G525" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H525" s="4" t="str">
-        <x:v>4,488원</x:v>
+        <x:v>5,896원</x:v>
       </x:c>
       <x:c r="I525" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="526">
       <x:c r="A526" s="3" t="str">
-        <x:v>스타벅스</x:v>
+        <x:v>엔제리너스</x:v>
       </x:c>
       <x:c r="B526" s="3" t="str">
-        <x:v>G0000008770</x:v>
+        <x:v>G0000009114</x:v>
       </x:c>
       <x:c r="C526" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D526" s="1" t="str">
-        <x:v>[스타벅스] 쿨 라임 피지오 T</x:v>
+        <x:v>[롯데GRS엔제리너스] 돌체라떼S</x:v>
       </x:c>
       <x:c r="E526" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F526" s="4" t="str">
         <x:v>6,100원</x:v>
       </x:c>
       <x:c r="G526" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H526" s="4" t="str">
         <x:v>5,368원</x:v>
       </x:c>
       <x:c r="I526" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="527">
       <x:c r="A527" s="3" t="str">
-        <x:v>스타벅스</x:v>
+        <x:v>엔제리너스</x:v>
       </x:c>
       <x:c r="B527" s="3" t="str">
-        <x:v>G0000008796</x:v>
+        <x:v>G0000009113</x:v>
       </x:c>
       <x:c r="C527" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D527" s="1" t="str">
-        <x:v>[스타벅스] 해피벌쓰데이</x:v>
+        <x:v>[롯데GRS엔제리너스] 둘이좋아(아메리카노(R)+카페라떼(R))</x:v>
       </x:c>
       <x:c r="E527" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F527" s="4" t="str">
-        <x:v>16,700원</x:v>
+        <x:v>11,100원</x:v>
       </x:c>
       <x:c r="G527" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H527" s="4" t="str">
-        <x:v>14,696원</x:v>
+        <x:v>9,768원</x:v>
       </x:c>
       <x:c r="I527" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="528">
       <x:c r="A528" s="3" t="str">
-        <x:v>스타벅스</x:v>
+        <x:v>엔제리너스</x:v>
       </x:c>
       <x:c r="B528" s="3" t="str">
-        <x:v>G0000008795</x:v>
+        <x:v>G0000009112</x:v>
       </x:c>
       <x:c r="C528" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D528" s="1" t="str">
-        <x:v>[스타벅스] 힘내세요</x:v>
+        <x:v>[롯데GRS엔제리너스] 든든하게 먹고다녀(불고기반미+햄&amp;에그반미+아메리카노(R) 2잔)</x:v>
       </x:c>
       <x:c r="E528" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F528" s="4" t="str">
-        <x:v>24,400원</x:v>
+        <x:v>25,600원</x:v>
       </x:c>
       <x:c r="G528" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H528" s="4" t="str">
-        <x:v>21,472원</x:v>
+        <x:v>22,528원</x:v>
       </x:c>
       <x:c r="I528" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="529">
       <x:c r="A529" s="3" t="str">
-        <x:v>스타벅스</x:v>
+        <x:v>엔제리너스</x:v>
       </x:c>
       <x:c r="B529" s="3" t="str">
-        <x:v>G0000009262</x:v>
+        <x:v>G0000008663</x:v>
       </x:c>
       <x:c r="C529" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D529" s="1" t="str">
-        <x:v>[스타벅스] e카드 1만원 교환권</x:v>
+        <x:v>[롯데GRS엔제리너스] 딸기라떼</x:v>
       </x:c>
       <x:c r="E529" s="3" t="str">
-        <x:v>30일</x:v>
+        <x:v>60일</x:v>
       </x:c>
       <x:c r="F529" s="4" t="str">
-        <x:v>10,000원</x:v>
+        <x:v>6,300원</x:v>
       </x:c>
       <x:c r="G529" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H529" s="4" t="str">
-        <x:v>9,800원</x:v>
+        <x:v>5,544원</x:v>
       </x:c>
       <x:c r="I529" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="530">
       <x:c r="A530" s="3" t="str">
-        <x:v>스타벅스</x:v>
+        <x:v>엔제리너스</x:v>
       </x:c>
       <x:c r="B530" s="3" t="str">
-        <x:v>G0000009398</x:v>
+        <x:v>G0000009111</x:v>
       </x:c>
       <x:c r="C530" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D530" s="1" t="str">
-        <x:v>[스타벅스] e카드 1만원 교환권</x:v>
+        <x:v>[롯데GRS엔제리너스] 라떼가 필요한 순간(카페라떼(R) 2잔)</x:v>
       </x:c>
       <x:c r="E530" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F530" s="4" t="str">
-        <x:v>10,000원</x:v>
+        <x:v>11,600원</x:v>
       </x:c>
       <x:c r="G530" s="3" t="str">
-        <x:v/>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H530" s="4" t="str">
-        <x:v>10,000원</x:v>
+        <x:v>10,208원</x:v>
       </x:c>
       <x:c r="I530" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="531">
       <x:c r="A531" s="3" t="str">
-        <x:v>스타벅스</x:v>
+        <x:v>엔제리너스</x:v>
       </x:c>
       <x:c r="B531" s="3" t="str">
-        <x:v>G0000009261</x:v>
+        <x:v>G0000008664</x:v>
       </x:c>
       <x:c r="C531" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D531" s="1" t="str">
-        <x:v>[스타벅스] e카드 2만원 교환권</x:v>
+        <x:v>[롯데GRS엔제리너스] 리얼토마토주스</x:v>
       </x:c>
       <x:c r="E531" s="3" t="str">
-        <x:v>30일</x:v>
+        <x:v>60일</x:v>
       </x:c>
       <x:c r="F531" s="4" t="str">
-        <x:v>20,000원</x:v>
+        <x:v>6,500원</x:v>
       </x:c>
       <x:c r="G531" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H531" s="4" t="str">
-        <x:v>19,600원</x:v>
+        <x:v>5,720원</x:v>
       </x:c>
       <x:c r="I531" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="532">
       <x:c r="A532" s="3" t="str">
-        <x:v>스타벅스</x:v>
+        <x:v>엔제리너스</x:v>
       </x:c>
       <x:c r="B532" s="3" t="str">
-        <x:v>G0000009397</x:v>
+        <x:v>G0000009110</x:v>
       </x:c>
       <x:c r="C532" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D532" s="1" t="str">
-        <x:v>[스타벅스] e카드 2만원 교환권</x:v>
+        <x:v>[롯데GRS엔제리너스] 바닐라 카페라떼(R)</x:v>
       </x:c>
       <x:c r="E532" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F532" s="4" t="str">
-        <x:v>20,000원</x:v>
+        <x:v>6,300원</x:v>
       </x:c>
       <x:c r="G532" s="3" t="str">
-        <x:v/>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H532" s="4" t="str">
-        <x:v>20,000원</x:v>
+        <x:v>5,544원</x:v>
       </x:c>
       <x:c r="I532" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="533">
       <x:c r="A533" s="3" t="str">
-        <x:v>스타벅스</x:v>
+        <x:v>엔제리너스</x:v>
       </x:c>
       <x:c r="B533" s="3" t="str">
-        <x:v>G0000009260</x:v>
+        <x:v>G0000009109</x:v>
       </x:c>
       <x:c r="C533" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D533" s="1" t="str">
-        <x:v>[스타벅스] e카드 3만원 교환권</x:v>
+        <x:v>[롯데GRS엔제리너스] 바닐라 카페라떼(S)</x:v>
       </x:c>
       <x:c r="E533" s="3" t="str">
-        <x:v>30일</x:v>
+        <x:v>60일</x:v>
       </x:c>
       <x:c r="F533" s="4" t="str">
-        <x:v>30,000원</x:v>
+        <x:v>5,700원</x:v>
       </x:c>
       <x:c r="G533" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H533" s="4" t="str">
-        <x:v>29,400원</x:v>
+        <x:v>5,016원</x:v>
       </x:c>
       <x:c r="I533" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="534">
       <x:c r="A534" s="3" t="str">
-        <x:v>스타벅스</x:v>
+        <x:v>엔제리너스</x:v>
       </x:c>
       <x:c r="B534" s="3" t="str">
-        <x:v>G0000009396</x:v>
+        <x:v>G0000009108</x:v>
       </x:c>
       <x:c r="C534" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D534" s="1" t="str">
-        <x:v>[스타벅스] e카드 3만원 교환권</x:v>
+        <x:v>[롯데GRS엔제리너스] 반미의 정석(오리지널불고기 반미+아메리카노(R))</x:v>
       </x:c>
       <x:c r="E534" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F534" s="4" t="str">
-        <x:v>30,000원</x:v>
+        <x:v>12,900원</x:v>
       </x:c>
       <x:c r="G534" s="3" t="str">
-        <x:v/>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H534" s="4" t="str">
-        <x:v>30,000원</x:v>
+        <x:v>11,352원</x:v>
       </x:c>
       <x:c r="I534" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="535">
       <x:c r="A535" s="3" t="str">
-        <x:v>스타벅스</x:v>
+        <x:v>엔제리너스</x:v>
       </x:c>
       <x:c r="B535" s="3" t="str">
-        <x:v>G0000009259</x:v>
+        <x:v>G0000009107</x:v>
       </x:c>
       <x:c r="C535" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D535" s="1" t="str">
-        <x:v>[스타벅스] e카드 5만원 교환권</x:v>
+        <x:v>[롯데GRS엔제리너스] 밥은 먹고 다녀(햄&amp;에그 반미+아메리카노(R))</x:v>
       </x:c>
       <x:c r="E535" s="3" t="str">
-        <x:v>30일</x:v>
+        <x:v>60일</x:v>
       </x:c>
       <x:c r="F535" s="4" t="str">
-        <x:v>50,000원</x:v>
+        <x:v>12,700원</x:v>
       </x:c>
       <x:c r="G535" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H535" s="4" t="str">
-        <x:v>49,000원</x:v>
+        <x:v>11,176원</x:v>
       </x:c>
       <x:c r="I535" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="536">
       <x:c r="A536" s="3" t="str">
-        <x:v>스타벅스</x:v>
+        <x:v>엔제리너스</x:v>
       </x:c>
       <x:c r="B536" s="3" t="str">
-        <x:v>G0000009395</x:v>
+        <x:v>G0000009106</x:v>
       </x:c>
       <x:c r="C536" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D536" s="1" t="str">
-        <x:v>[스타벅스] e카드 5만원 교환권</x:v>
+        <x:v>[롯데GRS엔제리너스] 배부르게 먹고다녀(불고기반미+치즈에그마요반미+아메리카노(R) 2잔)</x:v>
       </x:c>
       <x:c r="E536" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F536" s="4" t="str">
-        <x:v>50,000원</x:v>
+        <x:v>24,600원</x:v>
       </x:c>
       <x:c r="G536" s="3" t="str">
-        <x:v/>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H536" s="4" t="str">
-        <x:v>50,000원</x:v>
+        <x:v>21,648원</x:v>
       </x:c>
       <x:c r="I536" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="537">
       <x:c r="A537" s="3" t="str">
-        <x:v>신세계상품권</x:v>
+        <x:v>엔제리너스</x:v>
       </x:c>
       <x:c r="B537" s="3" t="str">
-        <x:v>G0000009867</x:v>
+        <x:v>G0000008669</x:v>
       </x:c>
       <x:c r="C537" s="3" t="str">
-        <x:v>특가상품</x:v>
+        <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D537" s="1" t="str">
-        <x:v>[신세계상품권] 10,000원</x:v>
+        <x:v>[롯데GRS엔제리너스] 블루베리 스무디(R)</x:v>
       </x:c>
       <x:c r="E537" s="3" t="str">
-        <x:v>30일</x:v>
+        <x:v>60일</x:v>
       </x:c>
       <x:c r="F537" s="4" t="str">
-        <x:v>10,000원</x:v>
+        <x:v>6,700원</x:v>
       </x:c>
       <x:c r="G537" s="3" t="str">
-        <x:v>7%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H537" s="4" t="str">
-        <x:v>9,300원</x:v>
+        <x:v>5,896원</x:v>
       </x:c>
       <x:c r="I537" s="1" t="str">
-        <x:v># 최소 수량 100개 이상 발송 가능
-# 동일 수신번호는 3개를 초과할 수 없습니다.</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="538">
       <x:c r="A538" s="3" t="str">
-        <x:v>신세계상품권</x:v>
+        <x:v>엔제리너스</x:v>
       </x:c>
       <x:c r="B538" s="3" t="str">
-        <x:v>G0000008097</x:v>
+        <x:v>G0000009105</x:v>
       </x:c>
       <x:c r="C538" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D538" s="1" t="str">
-        <x:v>[신세계상품권] 10,000원</x:v>
+        <x:v>[롯데GRS엔제리너스] 사이좋게 우리둘이(햄&amp;에그반미+치즈에그마요반미+아메리카노(R) 2잔)</x:v>
       </x:c>
       <x:c r="E538" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F538" s="4" t="str">
-        <x:v>10,000원</x:v>
+        <x:v>24,400원</x:v>
       </x:c>
       <x:c r="G538" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H538" s="4" t="str">
-        <x:v>9,800원</x:v>
+        <x:v>21,472원</x:v>
       </x:c>
       <x:c r="I538" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="539">
       <x:c r="A539" s="3" t="str">
-        <x:v>신세계상품권</x:v>
+        <x:v>엔제리너스</x:v>
       </x:c>
       <x:c r="B539" s="3" t="str">
-        <x:v>G0000009877</x:v>
+        <x:v>G0000008672</x:v>
       </x:c>
       <x:c r="C539" s="3" t="str">
-        <x:v>특가상품</x:v>
+        <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D539" s="1" t="str">
-        <x:v>[신세계상품권] 10,000원 (백화점전용)</x:v>
+        <x:v>[롯데GRS엔제리너스] 샤인머스캣스노우</x:v>
       </x:c>
       <x:c r="E539" s="3" t="str">
-        <x:v>30일</x:v>
+        <x:v>60일</x:v>
       </x:c>
       <x:c r="F539" s="4" t="str">
-        <x:v>10,000원</x:v>
+        <x:v>6,700원</x:v>
       </x:c>
       <x:c r="G539" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H539" s="4" t="str">
-        <x:v>9,000원</x:v>
+        <x:v>5,896원</x:v>
       </x:c>
       <x:c r="I539" s="1" t="str">
-        <x:v># 최소 수량 300개 이상 발송 가능
-# 동일 수신번호는 3개를 초과할 수 없습니다.</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="540">
       <x:c r="A540" s="3" t="str">
-        <x:v>신세계상품권</x:v>
+        <x:v>엔제리너스</x:v>
       </x:c>
       <x:c r="B540" s="3" t="str">
-        <x:v>G0000009871</x:v>
+        <x:v>G0000008673</x:v>
       </x:c>
       <x:c r="C540" s="3" t="str">
-        <x:v>특가상품</x:v>
+        <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D540" s="1" t="str">
-        <x:v>[신세계상품권] 100,000원</x:v>
+        <x:v>[롯데GRS엔제리너스] 샤인머스캣스파클링에이드</x:v>
       </x:c>
       <x:c r="E540" s="3" t="str">
-        <x:v>30일</x:v>
+        <x:v>60일</x:v>
       </x:c>
       <x:c r="F540" s="4" t="str">
-        <x:v>100,000원</x:v>
+        <x:v>6,300원</x:v>
       </x:c>
       <x:c r="G540" s="3" t="str">
-        <x:v>5%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H540" s="4" t="str">
-        <x:v>95,000원</x:v>
+        <x:v>5,544원</x:v>
       </x:c>
       <x:c r="I540" s="1" t="str">
-        <x:v># 최소 수량 100개 이상 발송 가능
-# 동일 수신번호는 3개를 초과할 수 없습니다.</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="541">
       <x:c r="A541" s="3" t="str">
-        <x:v>신세계상품권</x:v>
+        <x:v>엔제리너스</x:v>
       </x:c>
       <x:c r="B541" s="3" t="str">
-        <x:v>G0000008096</x:v>
+        <x:v>G0000009104</x:v>
       </x:c>
       <x:c r="C541" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D541" s="1" t="str">
-        <x:v>[신세계상품권] 100,000원</x:v>
+        <x:v>[롯데GRS엔제리너스] 아메리카노(R)</x:v>
       </x:c>
       <x:c r="E541" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F541" s="4" t="str">
-        <x:v>100,000원</x:v>
+        <x:v>5,300원</x:v>
       </x:c>
       <x:c r="G541" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H541" s="4" t="str">
-        <x:v>98,000원</x:v>
+        <x:v>4,664원</x:v>
       </x:c>
       <x:c r="I541" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="542">
       <x:c r="A542" s="3" t="str">
-        <x:v>신세계상품권</x:v>
+        <x:v>엔제리너스</x:v>
       </x:c>
       <x:c r="B542" s="3" t="str">
-        <x:v>G0000009870</x:v>
+        <x:v>G0000009103</x:v>
       </x:c>
       <x:c r="C542" s="3" t="str">
-        <x:v>특가상품</x:v>
+        <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D542" s="1" t="str">
-        <x:v>[신세계상품권] 20,000원</x:v>
+        <x:v>[롯데GRS엔제리너스] 아메리카노(R) 2잔</x:v>
       </x:c>
       <x:c r="E542" s="3" t="str">
-        <x:v>30일</x:v>
+        <x:v>60일</x:v>
       </x:c>
       <x:c r="F542" s="4" t="str">
-        <x:v>20,000원</x:v>
+        <x:v>10,600원</x:v>
       </x:c>
       <x:c r="G542" s="3" t="str">
-        <x:v>7%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H542" s="4" t="str">
-        <x:v>18,600원</x:v>
+        <x:v>9,328원</x:v>
       </x:c>
       <x:c r="I542" s="1" t="str">
-        <x:v># 최소 수량 300개 이상 발송 가능
-# 동일 수신번호는 3개를 초과할 수 없습니다.</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="543">
       <x:c r="A543" s="3" t="str">
-        <x:v>신세계상품권</x:v>
+        <x:v>엔제리너스</x:v>
       </x:c>
       <x:c r="B543" s="3" t="str">
-        <x:v>G0000008095</x:v>
+        <x:v>G0000009102</x:v>
       </x:c>
       <x:c r="C543" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D543" s="1" t="str">
-        <x:v>[신세계상품권] 20,000원</x:v>
+        <x:v>[롯데GRS엔제리너스] 아메리카노(S)</x:v>
       </x:c>
       <x:c r="E543" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F543" s="4" t="str">
-        <x:v>20,000원</x:v>
+        <x:v>4,700원</x:v>
       </x:c>
       <x:c r="G543" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H543" s="4" t="str">
-        <x:v>19,600원</x:v>
+        <x:v>4,136원</x:v>
       </x:c>
       <x:c r="I543" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="544">
       <x:c r="A544" s="3" t="str">
-        <x:v>신세계상품권</x:v>
+        <x:v>엔제리너스</x:v>
       </x:c>
       <x:c r="B544" s="3" t="str">
-        <x:v>G0000009868</x:v>
+        <x:v>G0000009101</x:v>
       </x:c>
       <x:c r="C544" s="3" t="str">
-        <x:v>특가상품</x:v>
+        <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D544" s="1" t="str">
-        <x:v>[신세계상품권] 30,000원</x:v>
+        <x:v>[롯데GRS엔제리너스] 아이스 카라멜 마끼아또(R)</x:v>
       </x:c>
       <x:c r="E544" s="3" t="str">
-        <x:v>30일</x:v>
+        <x:v>60일</x:v>
       </x:c>
       <x:c r="F544" s="4" t="str">
-        <x:v>30,000원</x:v>
+        <x:v>6,700원</x:v>
       </x:c>
       <x:c r="G544" s="3" t="str">
-        <x:v>7%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H544" s="4" t="str">
-        <x:v>27,900원</x:v>
+        <x:v>5,896원</x:v>
       </x:c>
       <x:c r="I544" s="1" t="str">
-        <x:v># 최소 수량 300개 이상 발송 가능
-# 동일 수신번호는 3개를 초과할 수 없습니다.</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="545">
       <x:c r="A545" s="3" t="str">
-        <x:v>신세계상품권</x:v>
+        <x:v>엔제리너스</x:v>
       </x:c>
       <x:c r="B545" s="3" t="str">
-        <x:v>G0000008094</x:v>
+        <x:v>G0000009099</x:v>
       </x:c>
       <x:c r="C545" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D545" s="1" t="str">
-        <x:v>[신세계상품권] 30,000원</x:v>
+        <x:v>[롯데GRS엔제리너스] 에그마요 샐러드</x:v>
       </x:c>
       <x:c r="E545" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F545" s="4" t="str">
-        <x:v>30,000원</x:v>
+        <x:v>6,400원</x:v>
       </x:c>
       <x:c r="G545" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H545" s="4" t="str">
-        <x:v>29,400원</x:v>
+        <x:v>5,632원</x:v>
       </x:c>
       <x:c r="I545" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="546">
       <x:c r="A546" s="3" t="str">
-        <x:v>신세계상품권</x:v>
+        <x:v>엔제리너스</x:v>
       </x:c>
       <x:c r="B546" s="3" t="str">
-        <x:v>G0000009869</x:v>
+        <x:v>G0000009100</x:v>
       </x:c>
       <x:c r="C546" s="3" t="str">
-        <x:v>특가상품</x:v>
+        <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D546" s="1" t="str">
-        <x:v>[신세계상품권] 5,000원</x:v>
+        <x:v>[롯데GRS엔제리너스] 치즈에그마요 반미+아메리카노(R)</x:v>
       </x:c>
       <x:c r="E546" s="3" t="str">
-        <x:v>30일</x:v>
+        <x:v>60일</x:v>
       </x:c>
       <x:c r="F546" s="4" t="str">
-        <x:v>5,000원</x:v>
+        <x:v>11,700원</x:v>
       </x:c>
       <x:c r="G546" s="3" t="str">
-        <x:v>7%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H546" s="4" t="str">
-        <x:v>4,650원</x:v>
+        <x:v>10,296원</x:v>
       </x:c>
       <x:c r="I546" s="1" t="str">
-        <x:v># 최소 수량 100개 이상 발송 가능
-# 동일 수신번호는 3개를 초과할 수 없습니다.</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="547">
       <x:c r="A547" s="3" t="str">
-        <x:v>신세계상품권</x:v>
+        <x:v>엔제리너스</x:v>
       </x:c>
       <x:c r="B547" s="3" t="str">
-        <x:v>G0000008093</x:v>
+        <x:v>G0000009098</x:v>
       </x:c>
       <x:c r="C547" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D547" s="1" t="str">
-        <x:v>[신세계상품권] 5,000원</x:v>
+        <x:v>[롯데GRS엔제리너스] 카라멜 마끼아또(S)</x:v>
       </x:c>
       <x:c r="E547" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F547" s="4" t="str">
-        <x:v>5,000원</x:v>
+        <x:v>6,100원</x:v>
       </x:c>
       <x:c r="G547" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H547" s="4" t="str">
-        <x:v>4,900원</x:v>
+        <x:v>5,368원</x:v>
       </x:c>
       <x:c r="I547" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="548">
       <x:c r="A548" s="3" t="str">
-        <x:v>신세계상품권</x:v>
+        <x:v>엔제리너스</x:v>
       </x:c>
       <x:c r="B548" s="3" t="str">
-        <x:v>G0000009874</x:v>
+        <x:v>G0000009097</x:v>
       </x:c>
       <x:c r="C548" s="3" t="str">
-        <x:v>특가상품</x:v>
+        <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D548" s="1" t="str">
-        <x:v>[신세계상품권] 5,000원 (백화점전용)</x:v>
+        <x:v>[롯데GRS엔제리너스] 카페라떼(R)</x:v>
       </x:c>
       <x:c r="E548" s="3" t="str">
-        <x:v>30일</x:v>
+        <x:v>60일</x:v>
       </x:c>
       <x:c r="F548" s="4" t="str">
-        <x:v>5,000원</x:v>
+        <x:v>5,800원</x:v>
       </x:c>
       <x:c r="G548" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H548" s="4" t="str">
-        <x:v>4,500원</x:v>
+        <x:v>5,104원</x:v>
       </x:c>
       <x:c r="I548" s="1" t="str">
-        <x:v># 최소 수량 300개 이상 발송 가능
-# 동일 수신번호는 3개를 초과할 수 없습니다.</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="549">
       <x:c r="A549" s="3" t="str">
-        <x:v>신세계상품권</x:v>
+        <x:v>엔제리너스</x:v>
       </x:c>
       <x:c r="B549" s="3" t="str">
-        <x:v>G0000009866</x:v>
+        <x:v>G0000009096</x:v>
       </x:c>
       <x:c r="C549" s="3" t="str">
-        <x:v>특가상품</x:v>
+        <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D549" s="1" t="str">
-        <x:v>[신세계상품권] 50,000원</x:v>
+        <x:v>[롯데GRS엔제리너스] 카페라떼(S)</x:v>
       </x:c>
       <x:c r="E549" s="3" t="str">
-        <x:v>30일</x:v>
+        <x:v>60일</x:v>
       </x:c>
       <x:c r="F549" s="4" t="str">
-        <x:v>50,000원</x:v>
+        <x:v>5,200원</x:v>
       </x:c>
       <x:c r="G549" s="3" t="str">
-        <x:v>7%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H549" s="4" t="str">
-        <x:v>46,500원</x:v>
+        <x:v>4,576원</x:v>
       </x:c>
       <x:c r="I549" s="1" t="str">
-        <x:v># 최소 수량 300개 이상 발송 가능
-# 동일 수신번호는 3개를 초과할 수 없습니다.</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="550">
       <x:c r="A550" s="3" t="str">
-        <x:v>신세계상품권</x:v>
+        <x:v>엔제리너스</x:v>
       </x:c>
       <x:c r="B550" s="3" t="str">
-        <x:v>G0000008092</x:v>
+        <x:v>G0000009095</x:v>
       </x:c>
       <x:c r="C550" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D550" s="1" t="str">
-        <x:v>[신세계상품권] 50,000원</x:v>
+        <x:v>[롯데GRS엔제리너스] 카페모카(R)</x:v>
       </x:c>
       <x:c r="E550" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F550" s="4" t="str">
-        <x:v>50,000원</x:v>
+        <x:v>6,300원</x:v>
       </x:c>
       <x:c r="G550" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H550" s="4" t="str">
-        <x:v>49,000원</x:v>
+        <x:v>5,544원</x:v>
       </x:c>
       <x:c r="I550" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="551">
       <x:c r="A551" s="3" t="str">
-        <x:v>신세계상품권</x:v>
+        <x:v>엔제리너스</x:v>
       </x:c>
       <x:c r="B551" s="3" t="str">
-        <x:v>G0000009889</x:v>
+        <x:v>G0000009094</x:v>
       </x:c>
       <x:c r="C551" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D551" s="1" t="str">
-        <x:v>[신세계상품권] 70,000원</x:v>
+        <x:v>[롯데GRS엔제리너스] 카페모카(S)</x:v>
       </x:c>
       <x:c r="E551" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F551" s="4" t="str">
-        <x:v>70,000원</x:v>
+        <x:v>5,700원</x:v>
       </x:c>
       <x:c r="G551" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H551" s="4" t="str">
-        <x:v>68,600원</x:v>
+        <x:v>5,016원</x:v>
       </x:c>
       <x:c r="I551" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="552">
       <x:c r="A552" s="3" t="str">
-        <x:v>아웃백</x:v>
+        <x:v>엔제리너스</x:v>
       </x:c>
       <x:c r="B552" s="3" t="str">
-        <x:v>G0000009603</x:v>
+        <x:v>G0000009093</x:v>
       </x:c>
       <x:c r="C552" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D552" s="1" t="str">
-        <x:v>(아웃백) 기프트카드 1만원권</x:v>
+        <x:v>[롯데GRS엔제리너스] 카푸치노(R)</x:v>
       </x:c>
       <x:c r="E552" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F552" s="4" t="str">
-        <x:v>10,000원</x:v>
+        <x:v>5,800원</x:v>
       </x:c>
       <x:c r="G552" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H552" s="4" t="str">
-        <x:v>9,800원</x:v>
+        <x:v>5,104원</x:v>
       </x:c>
       <x:c r="I552" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="553">
       <x:c r="A553" s="3" t="str">
-        <x:v>아웃백</x:v>
+        <x:v>엔제리너스</x:v>
       </x:c>
       <x:c r="B553" s="3" t="str">
-        <x:v>G0000009602</x:v>
+        <x:v>G0000009092</x:v>
       </x:c>
       <x:c r="C553" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D553" s="1" t="str">
-        <x:v>(아웃백) 기프트카드 2만원권</x:v>
+        <x:v>[롯데GRS엔제리너스] 카푸치노(S)</x:v>
       </x:c>
       <x:c r="E553" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F553" s="4" t="str">
-        <x:v>20,000원</x:v>
+        <x:v>5,200원</x:v>
       </x:c>
       <x:c r="G553" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H553" s="4" t="str">
-        <x:v>19,600원</x:v>
+        <x:v>4,576원</x:v>
       </x:c>
       <x:c r="I553" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="554">
       <x:c r="A554" s="3" t="str">
-        <x:v>아웃백</x:v>
+        <x:v>예스24</x:v>
       </x:c>
       <x:c r="B554" s="3" t="str">
-        <x:v>G0000009601</x:v>
+        <x:v>G0000008843</x:v>
       </x:c>
       <x:c r="C554" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D554" s="1" t="str">
-        <x:v>(아웃백) 기프트카드 3만원권</x:v>
+        <x:v>[예스24] 10,000원 상품권</x:v>
       </x:c>
       <x:c r="E554" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F554" s="4" t="str">
-        <x:v>30,000원</x:v>
+        <x:v>10,000원</x:v>
       </x:c>
       <x:c r="G554" s="3" t="str">
         <x:v>2%</x:v>
       </x:c>
       <x:c r="H554" s="4" t="str">
-        <x:v>29,400원</x:v>
+        <x:v>9,800원</x:v>
       </x:c>
       <x:c r="I554" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="555">
       <x:c r="A555" s="3" t="str">
-        <x:v>아웃백</x:v>
+        <x:v>예스24</x:v>
       </x:c>
       <x:c r="B555" s="3" t="str">
-        <x:v>G0000008471</x:v>
+        <x:v>G0000008844</x:v>
       </x:c>
       <x:c r="C555" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D555" s="1" t="str">
-        <x:v>(아웃백) 기프트카드 5만원권</x:v>
+        <x:v>[예스24] 20,000원 상품권</x:v>
       </x:c>
       <x:c r="E555" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F555" s="4" t="str">
-        <x:v>50,000원</x:v>
+        <x:v>20,000원</x:v>
       </x:c>
       <x:c r="G555" s="3" t="str">
         <x:v>2%</x:v>
       </x:c>
       <x:c r="H555" s="4" t="str">
-        <x:v>49,000원</x:v>
+        <x:v>19,600원</x:v>
       </x:c>
       <x:c r="I555" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="556">
       <x:c r="A556" s="3" t="str">
-        <x:v>아티제</x:v>
+        <x:v>예스24</x:v>
       </x:c>
       <x:c r="B556" s="3" t="str">
-        <x:v>G0000008827</x:v>
+        <x:v>G0000008845</x:v>
       </x:c>
       <x:c r="C556" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D556" s="1" t="str">
-        <x:v>[아티제] 뉴욕 치즈 케이크</x:v>
+        <x:v>[예스24] 3,000원 상품권</x:v>
       </x:c>
       <x:c r="E556" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F556" s="4" t="str">
-        <x:v>44,000원</x:v>
+        <x:v>3,000원</x:v>
       </x:c>
       <x:c r="G556" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H556" s="4" t="str">
-        <x:v>38,720원</x:v>
+        <x:v>2,940원</x:v>
       </x:c>
       <x:c r="I556" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="557">
       <x:c r="A557" s="3" t="str">
-        <x:v>아티제</x:v>
+        <x:v>예스24</x:v>
       </x:c>
       <x:c r="B557" s="3" t="str">
-        <x:v>G0000008829</x:v>
+        <x:v>G0000008846</x:v>
       </x:c>
       <x:c r="C557" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D557" s="1" t="str">
-        <x:v>[아티제] 말돈 소금빵+아메리카노 P 1잔</x:v>
+        <x:v>[예스24] 30,000원 상품권</x:v>
       </x:c>
       <x:c r="E557" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F557" s="4" t="str">
-        <x:v>8,400원</x:v>
+        <x:v>30,000원</x:v>
       </x:c>
       <x:c r="G557" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H557" s="4" t="str">
-        <x:v>7,392원</x:v>
+        <x:v>29,400원</x:v>
       </x:c>
       <x:c r="I557" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="558">
       <x:c r="A558" s="3" t="str">
-        <x:v>아티제</x:v>
+        <x:v>예스24</x:v>
       </x:c>
       <x:c r="B558" s="3" t="str">
-        <x:v>G0000008833</x:v>
+        <x:v>G0000008847</x:v>
       </x:c>
       <x:c r="C558" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D558" s="1" t="str">
-        <x:v>[아티제] 아이스 카페 아메리카노</x:v>
+        <x:v>[예스24] 5,000원 상품권</x:v>
       </x:c>
       <x:c r="E558" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F558" s="4" t="str">
+        <x:v>5,000원</x:v>
+      </x:c>
+      <x:c r="G558" s="3" t="str">
+        <x:v>2%</x:v>
+      </x:c>
+      <x:c r="H558" s="4" t="str">
         <x:v>4,900원</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>4,312원</x:v>
       </x:c>
       <x:c r="I558" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="559">
       <x:c r="A559" s="3" t="str">
-        <x:v>아티제</x:v>
+        <x:v>예스24</x:v>
       </x:c>
       <x:c r="B559" s="3" t="str">
-        <x:v>G0000008834</x:v>
+        <x:v>G0000008848</x:v>
       </x:c>
       <x:c r="C559" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D559" s="1" t="str">
-        <x:v>[아티제] 얼그레이 쉬폰</x:v>
+        <x:v>[예스24] 50,000원 상품권</x:v>
       </x:c>
       <x:c r="E559" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F559" s="4" t="str">
-        <x:v>43,000원</x:v>
+        <x:v>50,000원</x:v>
       </x:c>
       <x:c r="G559" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H559" s="4" t="str">
-        <x:v>37,840원</x:v>
+        <x:v>49,000원</x:v>
       </x:c>
       <x:c r="I559" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="560">
       <x:c r="A560" s="3" t="str">
-        <x:v>아티제</x:v>
+        <x:v>올리브영</x:v>
       </x:c>
       <x:c r="B560" s="3" t="str">
-        <x:v>G0000008835</x:v>
+        <x:v>G0000008655</x:v>
       </x:c>
       <x:c r="C560" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D560" s="1" t="str">
-        <x:v>[아티제] 카페 아메리카노</x:v>
+        <x:v>[CJONE] 올리브영 기프트카드 1만원권</x:v>
       </x:c>
       <x:c r="E560" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F560" s="4" t="str">
-        <x:v>4,900원</x:v>
+        <x:v>10,000원</x:v>
       </x:c>
       <x:c r="G560" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H560" s="4" t="str">
-        <x:v>4,312원</x:v>
+        <x:v>9,800원</x:v>
       </x:c>
       <x:c r="I560" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="561">
       <x:c r="A561" s="3" t="str">
-        <x:v>아티제</x:v>
+        <x:v>올리브영</x:v>
       </x:c>
       <x:c r="B561" s="3" t="str">
-        <x:v>G0000008837</x:v>
+        <x:v>G0000008656</x:v>
       </x:c>
       <x:c r="C561" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D561" s="1" t="str">
-        <x:v>[아티제] 테디베어 초코 쉬폰</x:v>
+        <x:v>[CJONE] 올리브영 기프트카드 2만원권</x:v>
       </x:c>
       <x:c r="E561" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F561" s="4" t="str">
-        <x:v>43,000원</x:v>
+        <x:v>20,000원</x:v>
       </x:c>
       <x:c r="G561" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H561" s="4" t="str">
-        <x:v>37,840원</x:v>
+        <x:v>19,600원</x:v>
       </x:c>
       <x:c r="I561" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="562">
       <x:c r="A562" s="3" t="str">
-        <x:v>애슐리</x:v>
+        <x:v>올리브영</x:v>
       </x:c>
       <x:c r="B562" s="3" t="str">
-        <x:v>G0000007721</x:v>
+        <x:v>G0000008657</x:v>
       </x:c>
       <x:c r="C562" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D562" s="1" t="str">
-        <x:v>(애슐리) 샐러드바 1인 이용권(주말/공휴일)</x:v>
+        <x:v>[CJONE] 올리브영 기프트카드 3만원권</x:v>
       </x:c>
       <x:c r="E562" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F562" s="4" t="str">
-        <x:v>27,900원</x:v>
+        <x:v>30,000원</x:v>
       </x:c>
       <x:c r="G562" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H562" s="4" t="str">
-        <x:v>24,552원</x:v>
+        <x:v>29,400원</x:v>
       </x:c>
       <x:c r="I562" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="563">
       <x:c r="A563" s="3" t="str">
-        <x:v>애슐리</x:v>
+        <x:v>올리브영</x:v>
       </x:c>
       <x:c r="B563" s="3" t="str">
-        <x:v>G0000007720</x:v>
+        <x:v>G0000008658</x:v>
       </x:c>
       <x:c r="C563" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D563" s="1" t="str">
-        <x:v>(애슐리) 샐러드바 1인 이용권(평일디너)</x:v>
+        <x:v>[CJONE] 올리브영 기프트카드 5천원권</x:v>
       </x:c>
       <x:c r="E563" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F563" s="4" t="str">
-        <x:v>25,900원</x:v>
+        <x:v>5,000원</x:v>
       </x:c>
       <x:c r="G563" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H563" s="4" t="str">
-        <x:v>22,792원</x:v>
+        <x:v>4,900원</x:v>
       </x:c>
       <x:c r="I563" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="564">
       <x:c r="A564" s="3" t="str">
-        <x:v>애슐리</x:v>
+        <x:v>올리브영</x:v>
       </x:c>
       <x:c r="B564" s="3" t="str">
-        <x:v>G0000007719</x:v>
+        <x:v>G0000008659</x:v>
       </x:c>
       <x:c r="C564" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D564" s="1" t="str">
-        <x:v>(애슐리) 샐러드바 1인 이용권(평일런치)</x:v>
+        <x:v>[CJONE] 올리브영기프트카드 5만원권</x:v>
       </x:c>
       <x:c r="E564" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F564" s="4" t="str">
-        <x:v>19,900원</x:v>
+        <x:v>50,000원</x:v>
       </x:c>
       <x:c r="G564" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H564" s="4" t="str">
-        <x:v>17,512원</x:v>
+        <x:v>49,000원</x:v>
       </x:c>
       <x:c r="I564" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="565">
       <x:c r="A565" s="3" t="str">
-        <x:v>애슐리</x:v>
+        <x:v>와인25플러스</x:v>
       </x:c>
       <x:c r="B565" s="3" t="str">
-        <x:v>G0000007716</x:v>
+        <x:v>G0000008869</x:v>
       </x:c>
       <x:c r="C565" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D565" s="1" t="str">
-        <x:v>(애슐리) 샐러드바 2인 이용권(평일런치)</x:v>
+        <x:v>[와인25플러스] 와인25+모바일상품권 1만원권</x:v>
       </x:c>
       <x:c r="E565" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F565" s="4" t="str">
-        <x:v>39,800원</x:v>
+        <x:v>10,000원</x:v>
       </x:c>
       <x:c r="G565" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H565" s="4" t="str">
-        <x:v>35,024원</x:v>
+        <x:v>9,800원</x:v>
       </x:c>
       <x:c r="I565" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="566">
       <x:c r="A566" s="3" t="str">
-        <x:v>엔제리너스</x:v>
+        <x:v>와인25플러스</x:v>
       </x:c>
       <x:c r="B566" s="3" t="str">
-        <x:v>G0000009116</x:v>
+        <x:v>G0000008870</x:v>
       </x:c>
       <x:c r="C566" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D566" s="1" t="str">
-        <x:v>[롯데GRS엔제리너스] [다이어트 성공 부적] 에그마요 샐러드 + 아메리카노(R)</x:v>
+        <x:v>[와인25플러스] 와인25+모바일상품권 2만원권</x:v>
       </x:c>
       <x:c r="E566" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F566" s="4" t="str">
-        <x:v>11,700원</x:v>
+        <x:v>20,000원</x:v>
       </x:c>
       <x:c r="G566" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H566" s="4" t="str">
-        <x:v>10,296원</x:v>
+        <x:v>19,600원</x:v>
       </x:c>
       <x:c r="I566" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="567">
       <x:c r="A567" s="3" t="str">
-        <x:v>엔제리너스</x:v>
+        <x:v>와인25플러스</x:v>
       </x:c>
       <x:c r="B567" s="3" t="str">
-        <x:v>G0000009115</x:v>
+        <x:v>G0000008871</x:v>
       </x:c>
       <x:c r="C567" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D567" s="1" t="str">
-        <x:v>[롯데GRS엔제리너스] 돌체라떼R</x:v>
+        <x:v>[와인25플러스] 와인25+모바일상품권 3만원권</x:v>
       </x:c>
       <x:c r="E567" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F567" s="4" t="str">
-        <x:v>6,700원</x:v>
+        <x:v>30,000원</x:v>
       </x:c>
       <x:c r="G567" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H567" s="4" t="str">
-        <x:v>5,896원</x:v>
+        <x:v>29,400원</x:v>
       </x:c>
       <x:c r="I567" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="568">
       <x:c r="A568" s="3" t="str">
-        <x:v>엔제리너스</x:v>
+        <x:v>와인25플러스</x:v>
       </x:c>
       <x:c r="B568" s="3" t="str">
-        <x:v>G0000009114</x:v>
+        <x:v>G0000008872</x:v>
       </x:c>
       <x:c r="C568" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D568" s="1" t="str">
-        <x:v>[롯데GRS엔제리너스] 돌체라떼S</x:v>
+        <x:v>[와인25플러스] 와인25+모바일상품권 5천원권</x:v>
       </x:c>
       <x:c r="E568" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F568" s="4" t="str">
-        <x:v>6,100원</x:v>
+        <x:v>5,000원</x:v>
       </x:c>
       <x:c r="G568" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H568" s="4" t="str">
-        <x:v>5,368원</x:v>
+        <x:v>4,900원</x:v>
       </x:c>
       <x:c r="I568" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="569">
       <x:c r="A569" s="3" t="str">
-        <x:v>엔제리너스</x:v>
+        <x:v>웨이브</x:v>
       </x:c>
       <x:c r="B569" s="3" t="str">
-        <x:v>G0000009113</x:v>
+        <x:v>G0000009005</x:v>
       </x:c>
       <x:c r="C569" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D569" s="1" t="str">
-        <x:v>[롯데GRS엔제리너스] 둘이좋아(아메리카노(R)+카페라떼(R))</x:v>
+        <x:v>[웨이브] 베이직 3개월 이용권</x:v>
       </x:c>
       <x:c r="E569" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F569" s="4" t="str">
-        <x:v>11,100원</x:v>
+        <x:v>23,700원</x:v>
       </x:c>
       <x:c r="G569" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H569" s="4" t="str">
-        <x:v>9,768원</x:v>
+        <x:v>23,226원</x:v>
       </x:c>
       <x:c r="I569" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="570">
       <x:c r="A570" s="3" t="str">
-        <x:v>엔제리너스</x:v>
+        <x:v>웨이브</x:v>
       </x:c>
       <x:c r="B570" s="3" t="str">
-        <x:v>G0000009112</x:v>
+        <x:v>G0000009006</x:v>
       </x:c>
       <x:c r="C570" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D570" s="1" t="str">
-        <x:v>[롯데GRS엔제리너스] 든든하게 먹고다녀(불고기반미+햄&amp;에그반미+아메리카노(R) 2잔)</x:v>
+        <x:v>[웨이브] 베이직 6개월 이용권</x:v>
       </x:c>
       <x:c r="E570" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F570" s="4" t="str">
-        <x:v>25,600원</x:v>
+        <x:v>47,400원</x:v>
       </x:c>
       <x:c r="G570" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H570" s="4" t="str">
-        <x:v>22,528원</x:v>
+        <x:v>46,452원</x:v>
       </x:c>
       <x:c r="I570" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="571">
       <x:c r="A571" s="3" t="str">
-        <x:v>엔제리너스</x:v>
+        <x:v>웨이브</x:v>
       </x:c>
       <x:c r="B571" s="3" t="str">
-        <x:v>G0000008663</x:v>
+        <x:v>G0000009009</x:v>
       </x:c>
       <x:c r="C571" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D571" s="1" t="str">
-        <x:v>[롯데GRS엔제리너스] 딸기라떼</x:v>
+        <x:v>[웨이브] 스탠다드 3개월 이용권</x:v>
       </x:c>
       <x:c r="E571" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F571" s="4" t="str">
-        <x:v>6,300원</x:v>
+        <x:v>32,700원</x:v>
       </x:c>
       <x:c r="G571" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H571" s="4" t="str">
-        <x:v>5,544원</x:v>
+        <x:v>32,046원</x:v>
       </x:c>
       <x:c r="I571" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="572">
       <x:c r="A572" s="3" t="str">
-        <x:v>엔제리너스</x:v>
+        <x:v>웨이브</x:v>
       </x:c>
       <x:c r="B572" s="3" t="str">
-        <x:v>G0000009111</x:v>
+        <x:v>G0000009010</x:v>
       </x:c>
       <x:c r="C572" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D572" s="1" t="str">
-        <x:v>[롯데GRS엔제리너스] 라떼가 필요한 순간(카페라떼(R) 2잔)</x:v>
+        <x:v>[웨이브] 스탠다드 6개월 이용권</x:v>
       </x:c>
       <x:c r="E572" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F572" s="4" t="str">
-        <x:v>11,600원</x:v>
+        <x:v>65,400원</x:v>
       </x:c>
       <x:c r="G572" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H572" s="4" t="str">
-        <x:v>10,208원</x:v>
+        <x:v>64,092원</x:v>
       </x:c>
       <x:c r="I572" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="573">
       <x:c r="A573" s="3" t="str">
-        <x:v>엔제리너스</x:v>
+        <x:v>웨이브</x:v>
       </x:c>
       <x:c r="B573" s="3" t="str">
-        <x:v>G0000008664</x:v>
+        <x:v>G0000009007</x:v>
       </x:c>
       <x:c r="C573" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D573" s="1" t="str">
-        <x:v>[롯데GRS엔제리너스] 리얼토마토주스</x:v>
+        <x:v>[웨이브] 프리미엄 1개월 이용권</x:v>
       </x:c>
       <x:c r="E573" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F573" s="4" t="str">
-        <x:v>6,500원</x:v>
+        <x:v>13,900원</x:v>
       </x:c>
       <x:c r="G573" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H573" s="4" t="str">
-        <x:v>5,720원</x:v>
+        <x:v>13,622원</x:v>
       </x:c>
       <x:c r="I573" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="574">
       <x:c r="A574" s="3" t="str">
-        <x:v>엔제리너스</x:v>
+        <x:v>웨이브</x:v>
       </x:c>
       <x:c r="B574" s="3" t="str">
-        <x:v>G0000009110</x:v>
+        <x:v>G0000009008</x:v>
       </x:c>
       <x:c r="C574" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D574" s="1" t="str">
-        <x:v>[롯데GRS엔제리너스] 바닐라 카페라떼(R)</x:v>
+        <x:v>[웨이브] 프리미엄 3개월 이용권</x:v>
       </x:c>
       <x:c r="E574" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F574" s="4" t="str">
-        <x:v>6,300원</x:v>
+        <x:v>41,700원</x:v>
       </x:c>
       <x:c r="G574" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H574" s="4" t="str">
-        <x:v>5,544원</x:v>
+        <x:v>40,866원</x:v>
       </x:c>
       <x:c r="I574" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="575">
       <x:c r="A575" s="3" t="str">
-        <x:v>엔제리너스</x:v>
+        <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B575" s="3" t="str">
-        <x:v>G0000009109</x:v>
+        <x:v>G0000009487</x:v>
       </x:c>
       <x:c r="C575" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D575" s="1" t="str">
-        <x:v>[롯데GRS엔제리너스] 바닐라 카페라떼(S)</x:v>
+        <x:v>[이디야커피] (L)HOT 고구마라떼</x:v>
       </x:c>
       <x:c r="E575" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F575" s="4" t="str">
-        <x:v>5,700원</x:v>
+        <x:v>4,500원</x:v>
       </x:c>
       <x:c r="G575" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H575" s="4" t="str">
-        <x:v>5,016원</x:v>
+        <x:v>3,960원</x:v>
       </x:c>
       <x:c r="I575" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="576">
       <x:c r="A576" s="3" t="str">
-        <x:v>엔제리너스</x:v>
+        <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B576" s="3" t="str">
-        <x:v>G0000009108</x:v>
+        <x:v>G0000009454</x:v>
       </x:c>
       <x:c r="C576" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D576" s="1" t="str">
-        <x:v>[롯데GRS엔제리너스] 반미의 정석(오리지널불고기 반미+아메리카노(R))</x:v>
+        <x:v>[이디야커피] (L)HOT 달달커피</x:v>
       </x:c>
       <x:c r="E576" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F576" s="4" t="str">
-        <x:v>12,900원</x:v>
+        <x:v>3,200원</x:v>
       </x:c>
       <x:c r="G576" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H576" s="4" t="str">
-        <x:v>11,352원</x:v>
+        <x:v>2,816원</x:v>
       </x:c>
       <x:c r="I576" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="577">
       <x:c r="A577" s="3" t="str">
-        <x:v>엔제리너스</x:v>
+        <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B577" s="3" t="str">
-        <x:v>G0000009107</x:v>
+        <x:v>G0000009408</x:v>
       </x:c>
       <x:c r="C577" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D577" s="1" t="str">
-        <x:v>[롯데GRS엔제리너스] 밥은 먹고 다녀(햄&amp;에그 반미+아메리카노(R))</x:v>
+        <x:v>[이디야커피] (L)HOT 레몬차</x:v>
       </x:c>
       <x:c r="E577" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F577" s="4" t="str">
-        <x:v>12,700원</x:v>
+        <x:v>4,500원</x:v>
       </x:c>
       <x:c r="G577" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H577" s="4" t="str">
-        <x:v>11,176원</x:v>
+        <x:v>3,960원</x:v>
       </x:c>
       <x:c r="I577" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="578">
       <x:c r="A578" s="3" t="str">
-        <x:v>엔제리너스</x:v>
+        <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B578" s="3" t="str">
-        <x:v>G0000009106</x:v>
+        <x:v>G0000009407</x:v>
       </x:c>
       <x:c r="C578" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D578" s="1" t="str">
-        <x:v>[롯데GRS엔제리너스] 배부르게 먹고다녀(불고기반미+치즈에그마요반미+아메리카노(R) 2잔)</x:v>
+        <x:v>[이디야커피] (L)HOT 로열밀크티</x:v>
       </x:c>
       <x:c r="E578" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F578" s="4" t="str">
-        <x:v>24,600원</x:v>
+        <x:v>4,900원</x:v>
       </x:c>
       <x:c r="G578" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H578" s="4" t="str">
-        <x:v>21,648원</x:v>
+        <x:v>4,312원</x:v>
       </x:c>
       <x:c r="I578" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="579">
       <x:c r="A579" s="3" t="str">
-        <x:v>엔제리너스</x:v>
+        <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B579" s="3" t="str">
-        <x:v>G0000008669</x:v>
+        <x:v>G0000009419</x:v>
       </x:c>
       <x:c r="C579" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D579" s="1" t="str">
-        <x:v>[롯데GRS엔제리너스] 블루베리 스무디(R)</x:v>
+        <x:v>[이디야커피] (L)HOT 말차라떼</x:v>
       </x:c>
       <x:c r="E579" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F579" s="4" t="str">
-        <x:v>6,700원</x:v>
+        <x:v>4,500원</x:v>
       </x:c>
       <x:c r="G579" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H579" s="4" t="str">
-        <x:v>5,896원</x:v>
+        <x:v>3,960원</x:v>
       </x:c>
       <x:c r="I579" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="580">
       <x:c r="A580" s="3" t="str">
-        <x:v>엔제리너스</x:v>
+        <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B580" s="3" t="str">
-        <x:v>G0000009105</x:v>
+        <x:v>G0000009418</x:v>
       </x:c>
       <x:c r="C580" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D580" s="1" t="str">
-        <x:v>[롯데GRS엔제리너스] 사이좋게 우리둘이(햄&amp;에그반미+치즈에그마요반미+아메리카노(R) 2잔)</x:v>
+        <x:v>[이디야커피] (L)HOT 미숫가루라떼</x:v>
       </x:c>
       <x:c r="E580" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F580" s="4" t="str">
-        <x:v>24,400원</x:v>
+        <x:v>3,900원</x:v>
       </x:c>
       <x:c r="G580" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H580" s="4" t="str">
-        <x:v>21,472원</x:v>
+        <x:v>3,432원</x:v>
       </x:c>
       <x:c r="I580" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="581">
       <x:c r="A581" s="3" t="str">
-        <x:v>엔제리너스</x:v>
+        <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B581" s="3" t="str">
-        <x:v>G0000008672</x:v>
+        <x:v>G0000009488</x:v>
       </x:c>
       <x:c r="C581" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D581" s="1" t="str">
-        <x:v>[롯데GRS엔제리너스] 샤인머스캣스노우</x:v>
+        <x:v>[이디야커피] (L)HOT 민트초콜릿</x:v>
       </x:c>
       <x:c r="E581" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F581" s="4" t="str">
-        <x:v>6,700원</x:v>
+        <x:v>4,500원</x:v>
       </x:c>
       <x:c r="G581" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H581" s="4" t="str">
-        <x:v>5,896원</x:v>
+        <x:v>3,960원</x:v>
       </x:c>
       <x:c r="I581" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="582">
       <x:c r="A582" s="3" t="str">
-        <x:v>엔제리너스</x:v>
+        <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B582" s="3" t="str">
-        <x:v>G0000008673</x:v>
+        <x:v>G0000009434</x:v>
       </x:c>
       <x:c r="C582" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D582" s="1" t="str">
-        <x:v>[롯데GRS엔제리너스] 샤인머스캣스파클링에이드</x:v>
+        <x:v>[이디야커피] (L)HOT 배모과차</x:v>
       </x:c>
       <x:c r="E582" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F582" s="4" t="str">
-        <x:v>6,300원</x:v>
+        <x:v>4,500원</x:v>
       </x:c>
       <x:c r="G582" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H582" s="4" t="str">
-        <x:v>5,544원</x:v>
+        <x:v>3,960원</x:v>
       </x:c>
       <x:c r="I582" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="583">
       <x:c r="A583" s="3" t="str">
-        <x:v>엔제리너스</x:v>
+        <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B583" s="3" t="str">
-        <x:v>G0000009104</x:v>
+        <x:v>G0000009435</x:v>
       </x:c>
       <x:c r="C583" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D583" s="1" t="str">
-        <x:v>[롯데GRS엔제리너스] 아메리카노(R)</x:v>
+        <x:v>[이디야커피] (L)HOT 복분자뱅쇼</x:v>
       </x:c>
       <x:c r="E583" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F583" s="4" t="str">
-        <x:v>5,300원</x:v>
+        <x:v>4,900원</x:v>
       </x:c>
       <x:c r="G583" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H583" s="4" t="str">
-        <x:v>4,664원</x:v>
+        <x:v>4,312원</x:v>
       </x:c>
       <x:c r="I583" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="584">
       <x:c r="A584" s="3" t="str">
-        <x:v>엔제리너스</x:v>
+        <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B584" s="3" t="str">
-        <x:v>G0000009103</x:v>
+        <x:v>G0000009453</x:v>
       </x:c>
       <x:c r="C584" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D584" s="1" t="str">
-        <x:v>[롯데GRS엔제리너스] 아메리카노(R) 2잔</x:v>
+        <x:v>[이디야커피] (L)HOT 생강차</x:v>
       </x:c>
       <x:c r="E584" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F584" s="4" t="str">
-        <x:v>10,600원</x:v>
+        <x:v>4,500원</x:v>
       </x:c>
       <x:c r="G584" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H584" s="4" t="str">
-        <x:v>9,328원</x:v>
+        <x:v>3,960원</x:v>
       </x:c>
       <x:c r="I584" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="585">
       <x:c r="A585" s="3" t="str">
-        <x:v>엔제리너스</x:v>
+        <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B585" s="3" t="str">
-        <x:v>G0000009102</x:v>
+        <x:v>G0000009458</x:v>
       </x:c>
       <x:c r="C585" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D585" s="1" t="str">
-        <x:v>[롯데GRS엔제리너스] 아메리카노(S)</x:v>
+        <x:v>[이디야커피] (L)HOT 시그니처 라떼</x:v>
       </x:c>
       <x:c r="E585" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F585" s="4" t="str">
         <x:v>4,700원</x:v>
       </x:c>
       <x:c r="G585" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H585" s="4" t="str">
         <x:v>4,136원</x:v>
       </x:c>
       <x:c r="I585" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="586">
       <x:c r="A586" s="3" t="str">
-        <x:v>엔제리너스</x:v>
+        <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B586" s="3" t="str">
-        <x:v>G0000009101</x:v>
+        <x:v>G0000009451</x:v>
       </x:c>
       <x:c r="C586" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D586" s="1" t="str">
-        <x:v>[롯데GRS엔제리너스] 아이스 카라멜 마끼아또(R)</x:v>
+        <x:v>[이디야커피] (L)HOT 쌍화차</x:v>
       </x:c>
       <x:c r="E586" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F586" s="4" t="str">
-        <x:v>6,700원</x:v>
+        <x:v>4,500원</x:v>
       </x:c>
       <x:c r="G586" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H586" s="4" t="str">
-        <x:v>5,896원</x:v>
+        <x:v>3,960원</x:v>
       </x:c>
       <x:c r="I586" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="587">
       <x:c r="A587" s="3" t="str">
-        <x:v>엔제리너스</x:v>
+        <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B587" s="3" t="str">
-        <x:v>G0000009099</x:v>
+        <x:v>G0000009483</x:v>
       </x:c>
       <x:c r="C587" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D587" s="1" t="str">
-        <x:v>[롯데GRS엔제리너스] 에그마요 샐러드</x:v>
+        <x:v>[이디야커피] (L)HOT 유자차</x:v>
       </x:c>
       <x:c r="E587" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F587" s="4" t="str">
-        <x:v>6,400원</x:v>
+        <x:v>4,500원</x:v>
       </x:c>
       <x:c r="G587" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H587" s="4" t="str">
-        <x:v>5,632원</x:v>
+        <x:v>3,960원</x:v>
       </x:c>
       <x:c r="I587" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="588">
       <x:c r="A588" s="3" t="str">
-        <x:v>엔제리너스</x:v>
+        <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B588" s="3" t="str">
-        <x:v>G0000009100</x:v>
+        <x:v>G0000009433</x:v>
       </x:c>
       <x:c r="C588" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D588" s="1" t="str">
-        <x:v>[롯데GRS엔제리너스] 치즈에그마요 반미+아메리카노(R)</x:v>
+        <x:v>[이디야커피] (L)HOT 자몽차</x:v>
       </x:c>
       <x:c r="E588" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F588" s="4" t="str">
-        <x:v>11,700원</x:v>
+        <x:v>4,500원</x:v>
       </x:c>
       <x:c r="G588" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H588" s="4" t="str">
-        <x:v>10,296원</x:v>
+        <x:v>3,960원</x:v>
       </x:c>
       <x:c r="I588" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="589">
       <x:c r="A589" s="3" t="str">
-        <x:v>엔제리너스</x:v>
+        <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B589" s="3" t="str">
-        <x:v>G0000009098</x:v>
+        <x:v>G0000009455</x:v>
       </x:c>
       <x:c r="C589" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D589" s="1" t="str">
-        <x:v>[롯데GRS엔제리너스] 카라멜 마끼아또(S)</x:v>
+        <x:v>[이디야커피] (L)HOT 제로슈가 달달커피</x:v>
       </x:c>
       <x:c r="E589" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F589" s="4" t="str">
-        <x:v>6,100원</x:v>
+        <x:v>3,200원</x:v>
       </x:c>
       <x:c r="G589" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H589" s="4" t="str">
-        <x:v>5,368원</x:v>
+        <x:v>2,816원</x:v>
       </x:c>
       <x:c r="I589" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="590">
       <x:c r="A590" s="3" t="str">
-        <x:v>엔제리너스</x:v>
+        <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B590" s="3" t="str">
-        <x:v>G0000009097</x:v>
+        <x:v>G0000009492</x:v>
       </x:c>
       <x:c r="C590" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D590" s="1" t="str">
-        <x:v>[롯데GRS엔제리너스] 카페라떼(R)</x:v>
+        <x:v>[이디야커피] (L)HOT 초콜릿</x:v>
       </x:c>
       <x:c r="E590" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F590" s="4" t="str">
-        <x:v>5,800원</x:v>
+        <x:v>4,200원</x:v>
       </x:c>
       <x:c r="G590" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H590" s="4" t="str">
-        <x:v>5,104원</x:v>
+        <x:v>3,696원</x:v>
       </x:c>
       <x:c r="I590" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="591">
       <x:c r="A591" s="3" t="str">
-        <x:v>엔제리너스</x:v>
+        <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B591" s="3" t="str">
-        <x:v>G0000009096</x:v>
+        <x:v>G0000009457</x:v>
       </x:c>
       <x:c r="C591" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D591" s="1" t="str">
-        <x:v>[롯데GRS엔제리너스] 카페라떼(S)</x:v>
+        <x:v>[이디야커피] (L)HOT 카푸치노</x:v>
       </x:c>
       <x:c r="E591" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F591" s="4" t="str">
-        <x:v>5,200원</x:v>
+        <x:v>4,200원</x:v>
       </x:c>
       <x:c r="G591" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H591" s="4" t="str">
-        <x:v>4,576원</x:v>
+        <x:v>3,696원</x:v>
       </x:c>
       <x:c r="I591" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="592">
       <x:c r="A592" s="3" t="str">
-        <x:v>엔제리너스</x:v>
+        <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B592" s="3" t="str">
-        <x:v>G0000009095</x:v>
+        <x:v>G0000009489</x:v>
       </x:c>
       <x:c r="C592" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D592" s="1" t="str">
-        <x:v>[롯데GRS엔제리너스] 카페모카(R)</x:v>
+        <x:v>[이디야커피] (L)HOT 토피넛라떼</x:v>
       </x:c>
       <x:c r="E592" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F592" s="4" t="str">
-        <x:v>6,300원</x:v>
+        <x:v>4,500원</x:v>
       </x:c>
       <x:c r="G592" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H592" s="4" t="str">
-        <x:v>5,544원</x:v>
+        <x:v>3,960원</x:v>
       </x:c>
       <x:c r="I592" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="593">
       <x:c r="A593" s="3" t="str">
-        <x:v>엔제리너스</x:v>
+        <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B593" s="3" t="str">
-        <x:v>G0000009094</x:v>
+        <x:v>G0000009456</x:v>
       </x:c>
       <x:c r="C593" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D593" s="1" t="str">
-        <x:v>[롯데GRS엔제리너스] 카페모카(S)</x:v>
+        <x:v>[이디야커피] (L)HOT 헤이즐넛 아메리카노</x:v>
       </x:c>
       <x:c r="E593" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F593" s="4" t="str">
-        <x:v>5,700원</x:v>
+        <x:v>3,900원</x:v>
       </x:c>
       <x:c r="G593" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H593" s="4" t="str">
-        <x:v>5,016원</x:v>
+        <x:v>3,432원</x:v>
       </x:c>
       <x:c r="I593" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="594">
       <x:c r="A594" s="3" t="str">
-        <x:v>엔제리너스</x:v>
+        <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B594" s="3" t="str">
-        <x:v>G0000009093</x:v>
+        <x:v>G0000009420</x:v>
       </x:c>
       <x:c r="C594" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D594" s="1" t="str">
-        <x:v>[롯데GRS엔제리너스] 카푸치노(R)</x:v>
+        <x:v>[이디야커피] (L)HOT 화이트초콜릿</x:v>
       </x:c>
       <x:c r="E594" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F594" s="4" t="str">
-        <x:v>5,800원</x:v>
+        <x:v>4,500원</x:v>
       </x:c>
       <x:c r="G594" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H594" s="4" t="str">
-        <x:v>5,104원</x:v>
+        <x:v>3,960원</x:v>
       </x:c>
       <x:c r="I594" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="595">
       <x:c r="A595" s="3" t="str">
-        <x:v>엔제리너스</x:v>
+        <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B595" s="3" t="str">
-        <x:v>G0000009092</x:v>
+        <x:v>G0000009509</x:v>
       </x:c>
       <x:c r="C595" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D595" s="1" t="str">
-        <x:v>[롯데GRS엔제리너스] 카푸치노(S)</x:v>
+        <x:v>[이디야커피] (L)ICED 감귤레몬에이드</x:v>
       </x:c>
       <x:c r="E595" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F595" s="4" t="str">
-        <x:v>5,200원</x:v>
+        <x:v>4,700원</x:v>
       </x:c>
       <x:c r="G595" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H595" s="4" t="str">
-        <x:v>4,576원</x:v>
+        <x:v>4,136원</x:v>
       </x:c>
       <x:c r="I595" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="596">
       <x:c r="A596" s="3" t="str">
-        <x:v>예스24</x:v>
+        <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B596" s="3" t="str">
-        <x:v>G0000008843</x:v>
+        <x:v>G0000009484</x:v>
       </x:c>
       <x:c r="C596" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D596" s="1" t="str">
-        <x:v>[예스24] 10,000원 상품권</x:v>
+        <x:v>[이디야커피] (L)ICED 고구마라떼</x:v>
       </x:c>
       <x:c r="E596" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F596" s="4" t="str">
-        <x:v>10,000원</x:v>
+        <x:v>4,500원</x:v>
       </x:c>
       <x:c r="G596" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H596" s="4" t="str">
-        <x:v>9,800원</x:v>
+        <x:v>3,960원</x:v>
       </x:c>
       <x:c r="I596" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="597">
       <x:c r="A597" s="3" t="str">
-        <x:v>예스24</x:v>
+        <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B597" s="3" t="str">
-        <x:v>G0000008844</x:v>
+        <x:v>G0000009429</x:v>
       </x:c>
       <x:c r="C597" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D597" s="1" t="str">
-        <x:v>[예스24] 20,000원 상품권</x:v>
+        <x:v>[이디야커피] (L)ICED 꿀복숭아 요거트 플랫치노</x:v>
       </x:c>
       <x:c r="E597" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F597" s="4" t="str">
-        <x:v>20,000원</x:v>
+        <x:v>4,900원</x:v>
       </x:c>
       <x:c r="G597" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H597" s="4" t="str">
-        <x:v>19,600원</x:v>
+        <x:v>4,312원</x:v>
       </x:c>
       <x:c r="I597" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="598">
       <x:c r="A598" s="3" t="str">
-        <x:v>예스24</x:v>
+        <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B598" s="3" t="str">
-        <x:v>G0000008845</x:v>
+        <x:v>G0000009510</x:v>
       </x:c>
       <x:c r="C598" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D598" s="1" t="str">
-        <x:v>[예스24] 3,000원 상품권</x:v>
+        <x:v>[이디야커피] (L)ICED 꿀복숭아에이드</x:v>
       </x:c>
       <x:c r="E598" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F598" s="4" t="str">
-        <x:v>3,000원</x:v>
+        <x:v>4,700원</x:v>
       </x:c>
       <x:c r="G598" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H598" s="4" t="str">
-        <x:v>2,940원</x:v>
+        <x:v>4,136원</x:v>
       </x:c>
       <x:c r="I598" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="599">
       <x:c r="A599" s="3" t="str">
-        <x:v>예스24</x:v>
+        <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B599" s="3" t="str">
-        <x:v>G0000008846</x:v>
+        <x:v>G0000009473</x:v>
       </x:c>
       <x:c r="C599" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D599" s="1" t="str">
-        <x:v>[예스24] 30,000원 상품권</x:v>
+        <x:v>[이디야커피] (L)ICED 꿀화이트 아메리카노</x:v>
       </x:c>
       <x:c r="E599" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F599" s="4" t="str">
-        <x:v>30,000원</x:v>
+        <x:v>3,900원</x:v>
       </x:c>
       <x:c r="G599" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H599" s="4" t="str">
-        <x:v>29,400원</x:v>
+        <x:v>3,432원</x:v>
       </x:c>
       <x:c r="I599" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="600">
       <x:c r="A600" s="3" t="str">
-        <x:v>예스24</x:v>
+        <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B600" s="3" t="str">
-        <x:v>G0000008847</x:v>
+        <x:v>G0000009438</x:v>
       </x:c>
       <x:c r="C600" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D600" s="1" t="str">
-        <x:v>[예스24] 5,000원 상품권</x:v>
+        <x:v>[이디야커피] (L)ICED 달고나라떼</x:v>
       </x:c>
       <x:c r="E600" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F600" s="4" t="str">
-        <x:v>5,000원</x:v>
+        <x:v>4,200원</x:v>
       </x:c>
       <x:c r="G600" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H600" s="4" t="str">
-        <x:v>4,900원</x:v>
+        <x:v>3,696원</x:v>
       </x:c>
       <x:c r="I600" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="601">
       <x:c r="A601" s="3" t="str">
-        <x:v>예스24</x:v>
+        <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B601" s="3" t="str">
-        <x:v>G0000008848</x:v>
+        <x:v>G0000009448</x:v>
       </x:c>
       <x:c r="C601" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D601" s="1" t="str">
-        <x:v>[예스24] 50,000원 상품권</x:v>
+        <x:v>[이디야커피] (L)ICED 딸기듬뿍라떼</x:v>
       </x:c>
       <x:c r="E601" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F601" s="4" t="str">
-        <x:v>50,000원</x:v>
+        <x:v>4,500원</x:v>
       </x:c>
       <x:c r="G601" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H601" s="4" t="str">
-        <x:v>49,000원</x:v>
+        <x:v>3,960원</x:v>
       </x:c>
       <x:c r="I601" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="602">
       <x:c r="A602" s="3" t="str">
-        <x:v>올리브영</x:v>
+        <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B602" s="3" t="str">
-        <x:v>G0000008655</x:v>
+        <x:v>G0000009515</x:v>
       </x:c>
       <x:c r="C602" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D602" s="1" t="str">
-        <x:v>[CJONE] 올리브영 기프트카드 1만원권</x:v>
+        <x:v>[이디야커피] (L)ICED 딸기바나나주스</x:v>
       </x:c>
       <x:c r="E602" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F602" s="4" t="str">
-        <x:v>10,000원</x:v>
+        <x:v>5,400원</x:v>
       </x:c>
       <x:c r="G602" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H602" s="4" t="str">
-        <x:v>9,800원</x:v>
+        <x:v>4,752원</x:v>
       </x:c>
       <x:c r="I602" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="603">
       <x:c r="A603" s="3" t="str">
-        <x:v>올리브영</x:v>
+        <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B603" s="3" t="str">
-        <x:v>G0000008656</x:v>
+        <x:v>G0000009518</x:v>
       </x:c>
       <x:c r="C603" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D603" s="1" t="str">
-        <x:v>[CJONE] 올리브영 기프트카드 2만원권</x:v>
+        <x:v>[이디야커피] (L)ICED 딸기쉐이크</x:v>
       </x:c>
       <x:c r="E603" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F603" s="4" t="str">
-        <x:v>20,000원</x:v>
+        <x:v>5,400원</x:v>
       </x:c>
       <x:c r="G603" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H603" s="4" t="str">
-        <x:v>19,600원</x:v>
+        <x:v>4,752원</x:v>
       </x:c>
       <x:c r="I603" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="604">
       <x:c r="A604" s="3" t="str">
-        <x:v>올리브영</x:v>
+        <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B604" s="3" t="str">
-        <x:v>G0000008657</x:v>
+        <x:v>G0000009443</x:v>
       </x:c>
       <x:c r="C604" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D604" s="1" t="str">
-        <x:v>[CJONE] 올리브영 기프트카드 3만원권</x:v>
+        <x:v>[이디야커피] (L)ICED 딸기요거트 플랫치노</x:v>
       </x:c>
       <x:c r="E604" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F604" s="4" t="str">
-        <x:v>30,000원</x:v>
+        <x:v>4,900원</x:v>
       </x:c>
       <x:c r="G604" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H604" s="4" t="str">
-        <x:v>29,400원</x:v>
+        <x:v>4,312원</x:v>
       </x:c>
       <x:c r="I604" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="605">
       <x:c r="A605" s="3" t="str">
-        <x:v>올리브영</x:v>
+        <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B605" s="3" t="str">
-        <x:v>G0000008658</x:v>
+        <x:v>G0000009424</x:v>
       </x:c>
       <x:c r="C605" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D605" s="1" t="str">
-        <x:v>[CJONE] 올리브영 기프트카드 5천원권</x:v>
+        <x:v>[이디야커피] (L)ICED 딸기초코라떼</x:v>
       </x:c>
       <x:c r="E605" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F605" s="4" t="str">
-        <x:v>5,000원</x:v>
+        <x:v>4,700원</x:v>
       </x:c>
       <x:c r="G605" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H605" s="4" t="str">
-        <x:v>4,900원</x:v>
+        <x:v>4,136원</x:v>
       </x:c>
       <x:c r="I605" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="606">
       <x:c r="A606" s="3" t="str">
-        <x:v>올리브영</x:v>
+        <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B606" s="3" t="str">
-        <x:v>G0000008659</x:v>
+        <x:v>G0000009431</x:v>
       </x:c>
       <x:c r="C606" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D606" s="1" t="str">
-        <x:v>[CJONE] 올리브영기프트카드 5만원권</x:v>
+        <x:v>[이디야커피] (L)ICED 레몬 아이스티</x:v>
       </x:c>
       <x:c r="E606" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F606" s="4" t="str">
-        <x:v>50,000원</x:v>
+        <x:v>3,200원</x:v>
       </x:c>
       <x:c r="G606" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H606" s="4" t="str">
-        <x:v>49,000원</x:v>
+        <x:v>2,816원</x:v>
       </x:c>
       <x:c r="I606" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="607">
       <x:c r="A607" s="3" t="str">
-        <x:v>와인25플러스</x:v>
+        <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B607" s="3" t="str">
-        <x:v>G0000008869</x:v>
+        <x:v>G0000009505</x:v>
       </x:c>
       <x:c r="C607" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D607" s="1" t="str">
-        <x:v>[와인25플러스] 와인25+모바일상품권 1만원권</x:v>
+        <x:v>[이디야커피] (L)ICED 레몬차</x:v>
       </x:c>
       <x:c r="E607" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F607" s="4" t="str">
-        <x:v>10,000원</x:v>
+        <x:v>4,500원</x:v>
       </x:c>
       <x:c r="G607" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H607" s="4" t="str">
-        <x:v>9,800원</x:v>
+        <x:v>3,960원</x:v>
       </x:c>
       <x:c r="I607" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="608">
       <x:c r="A608" s="3" t="str">
-        <x:v>와인25플러스</x:v>
+        <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B608" s="3" t="str">
-        <x:v>G0000008870</x:v>
+        <x:v>G0000009409</x:v>
       </x:c>
       <x:c r="C608" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D608" s="1" t="str">
-        <x:v>[와인25플러스] 와인25+모바일상품권 2만원권</x:v>
+        <x:v>[이디야커피] (L)ICED 로열밀크티</x:v>
       </x:c>
       <x:c r="E608" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F608" s="4" t="str">
-        <x:v>20,000원</x:v>
+        <x:v>4,900원</x:v>
       </x:c>
       <x:c r="G608" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H608" s="4" t="str">
-        <x:v>19,600원</x:v>
+        <x:v>4,312원</x:v>
       </x:c>
       <x:c r="I608" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="609">
       <x:c r="A609" s="3" t="str">
-        <x:v>와인25플러스</x:v>
+        <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B609" s="3" t="str">
-        <x:v>G0000008871</x:v>
+        <x:v>G0000009422</x:v>
       </x:c>
       <x:c r="C609" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D609" s="1" t="str">
-        <x:v>[와인25플러스] 와인25+모바일상품권 3만원권</x:v>
+        <x:v>[이디야커피] (L)ICED 말차라떼</x:v>
       </x:c>
       <x:c r="E609" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F609" s="4" t="str">
-        <x:v>30,000원</x:v>
+        <x:v>4,500원</x:v>
       </x:c>
       <x:c r="G609" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H609" s="4" t="str">
-        <x:v>29,400원</x:v>
+        <x:v>3,960원</x:v>
       </x:c>
       <x:c r="I609" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="610">
       <x:c r="A610" s="3" t="str">
-        <x:v>와인25플러스</x:v>
+        <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B610" s="3" t="str">
-        <x:v>G0000008872</x:v>
+        <x:v>G0000009425</x:v>
       </x:c>
       <x:c r="C610" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D610" s="1" t="str">
-        <x:v>[와인25플러스] 와인25+모바일상품권 5천원권</x:v>
+        <x:v>[이디야커피] (L)ICED 말차초코라떼</x:v>
       </x:c>
       <x:c r="E610" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F610" s="4" t="str">
-        <x:v>5,000원</x:v>
+        <x:v>4,700원</x:v>
       </x:c>
       <x:c r="G610" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H610" s="4" t="str">
-        <x:v>4,900원</x:v>
+        <x:v>4,136원</x:v>
       </x:c>
       <x:c r="I610" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="611">
       <x:c r="A611" s="3" t="str">
-        <x:v>웨이브</x:v>
+        <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B611" s="3" t="str">
-        <x:v>G0000009005</x:v>
+        <x:v>G0000009432</x:v>
       </x:c>
       <x:c r="C611" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D611" s="1" t="str">
-        <x:v>[웨이브] 베이직 3개월 이용권</x:v>
+        <x:v>[이디야커피] (L)ICED 말차초코쉐이크</x:v>
       </x:c>
       <x:c r="E611" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F611" s="4" t="str">
-        <x:v>23,700원</x:v>
+        <x:v>5,400원</x:v>
       </x:c>
       <x:c r="G611" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H611" s="4" t="str">
-        <x:v>23,226원</x:v>
+        <x:v>4,752원</x:v>
       </x:c>
       <x:c r="I611" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="612">
       <x:c r="A612" s="3" t="str">
-        <x:v>웨이브</x:v>
+        <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B612" s="3" t="str">
-        <x:v>G0000009006</x:v>
+        <x:v>G0000009516</x:v>
       </x:c>
       <x:c r="C612" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D612" s="1" t="str">
-        <x:v>[웨이브] 베이직 6개월 이용권</x:v>
+        <x:v>[이디야커피] (L)ICED 망고바나나주스</x:v>
       </x:c>
       <x:c r="E612" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F612" s="4" t="str">
-        <x:v>47,400원</x:v>
+        <x:v>5,400원</x:v>
       </x:c>
       <x:c r="G612" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H612" s="4" t="str">
-        <x:v>46,452원</x:v>
+        <x:v>4,752원</x:v>
       </x:c>
       <x:c r="I612" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="613">
       <x:c r="A613" s="3" t="str">
-        <x:v>웨이브</x:v>
+        <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B613" s="3" t="str">
-        <x:v>G0000009009</x:v>
+        <x:v>G0000009511</x:v>
       </x:c>
       <x:c r="C613" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D613" s="1" t="str">
-        <x:v>[웨이브] 스탠다드 3개월 이용권</x:v>
+        <x:v>[이디야커피] (L)ICED 머스캣모히또에이드</x:v>
       </x:c>
       <x:c r="E613" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F613" s="4" t="str">
-        <x:v>32,700원</x:v>
+        <x:v>4,700원</x:v>
       </x:c>
       <x:c r="G613" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H613" s="4" t="str">
-        <x:v>32,046원</x:v>
+        <x:v>4,136원</x:v>
       </x:c>
       <x:c r="I613" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="614">
       <x:c r="A614" s="3" t="str">
-        <x:v>웨이브</x:v>
+        <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B614" s="3" t="str">
-        <x:v>G0000009010</x:v>
+        <x:v>G0000009421</x:v>
       </x:c>
       <x:c r="C614" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D614" s="1" t="str">
-        <x:v>[웨이브] 스탠다드 6개월 이용권</x:v>
+        <x:v>[이디야커피] (L)ICED 미숫가루라떼</x:v>
       </x:c>
       <x:c r="E614" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F614" s="4" t="str">
-        <x:v>65,400원</x:v>
+        <x:v>3,900원</x:v>
       </x:c>
       <x:c r="G614" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H614" s="4" t="str">
-        <x:v>64,092원</x:v>
+        <x:v>3,432원</x:v>
       </x:c>
       <x:c r="I614" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="615">
       <x:c r="A615" s="3" t="str">
-        <x:v>웨이브</x:v>
+        <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B615" s="3" t="str">
-        <x:v>G0000009007</x:v>
+        <x:v>G0000009485</x:v>
       </x:c>
       <x:c r="C615" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D615" s="1" t="str">
-        <x:v>[웨이브] 프리미엄 1개월 이용권</x:v>
+        <x:v>[이디야커피] (L)ICED 민트초콜릿</x:v>
       </x:c>
       <x:c r="E615" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F615" s="4" t="str">
-        <x:v>13,900원</x:v>
+        <x:v>4,500원</x:v>
       </x:c>
       <x:c r="G615" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H615" s="4" t="str">
-        <x:v>13,622원</x:v>
+        <x:v>3,960원</x:v>
       </x:c>
       <x:c r="I615" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="616">
       <x:c r="A616" s="3" t="str">
-        <x:v>웨이브</x:v>
+        <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B616" s="3" t="str">
-        <x:v>G0000009008</x:v>
+        <x:v>G0000009427</x:v>
       </x:c>
       <x:c r="C616" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D616" s="1" t="str">
-        <x:v>[웨이브] 프리미엄 3개월 이용권</x:v>
+        <x:v>[이디야커피] (L)ICED 민트초콜릿칩 플랫치노</x:v>
       </x:c>
       <x:c r="E616" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F616" s="4" t="str">
-        <x:v>41,700원</x:v>
+        <x:v>4,700원</x:v>
       </x:c>
       <x:c r="G616" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H616" s="4" t="str">
-        <x:v>40,866원</x:v>
+        <x:v>4,136원</x:v>
       </x:c>
       <x:c r="I616" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="617">
       <x:c r="A617" s="3" t="str">
         <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B617" s="3" t="str">
-        <x:v>G0000009487</x:v>
+        <x:v>G0000009441</x:v>
       </x:c>
       <x:c r="C617" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D617" s="1" t="str">
-        <x:v>[이디야커피] (L)HOT 고구마라떼</x:v>
+        <x:v>[이디야커피] (L)ICED 밀크쉐이크</x:v>
       </x:c>
       <x:c r="E617" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F617" s="4" t="str">
-        <x:v>4,500원</x:v>
+        <x:v>4,900원</x:v>
       </x:c>
       <x:c r="G617" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H617" s="4" t="str">
-        <x:v>3,960원</x:v>
+        <x:v>4,312원</x:v>
       </x:c>
       <x:c r="I617" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="618">
       <x:c r="A618" s="3" t="str">
         <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B618" s="3" t="str">
-        <x:v>G0000009454</x:v>
+        <x:v>G0000009506</x:v>
       </x:c>
       <x:c r="C618" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D618" s="1" t="str">
-        <x:v>[이디야커피] (L)HOT 달달커피</x:v>
+        <x:v>[이디야커피] (L)ICED 배모과차</x:v>
       </x:c>
       <x:c r="E618" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F618" s="4" t="str">
-        <x:v>3,200원</x:v>
+        <x:v>4,500원</x:v>
       </x:c>
       <x:c r="G618" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H618" s="4" t="str">
-        <x:v>2,816원</x:v>
+        <x:v>3,960원</x:v>
       </x:c>
       <x:c r="I618" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="619">
       <x:c r="A619" s="3" t="str">
         <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B619" s="3" t="str">
-        <x:v>G0000009408</x:v>
+        <x:v>G0000009495</x:v>
       </x:c>
       <x:c r="C619" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D619" s="1" t="str">
-        <x:v>[이디야커피] (L)HOT 레몬차</x:v>
+        <x:v>[이디야커피] (L)ICED 버블흑당라떼</x:v>
       </x:c>
       <x:c r="E619" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F619" s="4" t="str">
-        <x:v>4,500원</x:v>
+        <x:v>5,100원</x:v>
       </x:c>
       <x:c r="G619" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H619" s="4" t="str">
-        <x:v>3,960원</x:v>
+        <x:v>4,488원</x:v>
       </x:c>
       <x:c r="I619" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="620">
       <x:c r="A620" s="3" t="str">
         <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B620" s="3" t="str">
-        <x:v>G0000009407</x:v>
+        <x:v>G0000009507</x:v>
       </x:c>
       <x:c r="C620" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D620" s="1" t="str">
-        <x:v>[이디야커피] (L)HOT 로열밀크티</x:v>
+        <x:v>[이디야커피] (L)ICED 복분자뱅쇼</x:v>
       </x:c>
       <x:c r="E620" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F620" s="4" t="str">
         <x:v>4,900원</x:v>
       </x:c>
       <x:c r="G620" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H620" s="4" t="str">
         <x:v>4,312원</x:v>
       </x:c>
       <x:c r="I620" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="621">
       <x:c r="A621" s="3" t="str">
         <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B621" s="3" t="str">
-        <x:v>G0000009419</x:v>
+        <x:v>G0000009436</x:v>
       </x:c>
       <x:c r="C621" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D621" s="1" t="str">
-        <x:v>[이디야커피] (L)HOT 말차라떼</x:v>
+        <x:v>[이디야커피] (L)ICED 복숭아 아이스티</x:v>
       </x:c>
       <x:c r="E621" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F621" s="4" t="str">
-        <x:v>4,500원</x:v>
+        <x:v>3,200원</x:v>
       </x:c>
       <x:c r="G621" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H621" s="4" t="str">
-        <x:v>3,960원</x:v>
+        <x:v>2,816원</x:v>
       </x:c>
       <x:c r="I621" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="622">
       <x:c r="A622" s="3" t="str">
         <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B622" s="3" t="str">
-        <x:v>G0000009418</x:v>
+        <x:v>G0000009442</x:v>
       </x:c>
       <x:c r="C622" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D622" s="1" t="str">
-        <x:v>[이디야커피] (L)HOT 미숫가루라떼</x:v>
+        <x:v>[이디야커피] (L)ICED 블루베리 요거트 플랫치노</x:v>
       </x:c>
       <x:c r="E622" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F622" s="4" t="str">
-        <x:v>3,900원</x:v>
+        <x:v>4,900원</x:v>
       </x:c>
       <x:c r="G622" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H622" s="4" t="str">
-        <x:v>3,432원</x:v>
+        <x:v>4,312원</x:v>
       </x:c>
       <x:c r="I622" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="623">
       <x:c r="A623" s="3" t="str">
         <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B623" s="3" t="str">
-        <x:v>G0000009488</x:v>
+        <x:v>G0000009517</x:v>
       </x:c>
       <x:c r="C623" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D623" s="1" t="str">
-        <x:v>[이디야커피] (L)HOT 민트초콜릿</x:v>
+        <x:v>[이디야커피] (L)ICED 블루베리바나나주스</x:v>
       </x:c>
       <x:c r="E623" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F623" s="4" t="str">
-        <x:v>4,500원</x:v>
+        <x:v>5,400원</x:v>
       </x:c>
       <x:c r="G623" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H623" s="4" t="str">
-        <x:v>3,960원</x:v>
+        <x:v>4,752원</x:v>
       </x:c>
       <x:c r="I623" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="624">
       <x:c r="A624" s="3" t="str">
         <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B624" s="3" t="str">
-        <x:v>G0000009434</x:v>
+        <x:v>G0000009513</x:v>
       </x:c>
       <x:c r="C624" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D624" s="1" t="str">
-        <x:v>[이디야커피] (L)HOT 배모과차</x:v>
+        <x:v>[이디야커피] (L)ICED 사과당근클렌즈주스</x:v>
       </x:c>
       <x:c r="E624" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F624" s="4" t="str">
-        <x:v>4,500원</x:v>
+        <x:v>4,200원</x:v>
       </x:c>
       <x:c r="G624" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H624" s="4" t="str">
-        <x:v>3,960원</x:v>
+        <x:v>3,696원</x:v>
       </x:c>
       <x:c r="I624" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="625">
       <x:c r="A625" s="3" t="str">
         <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B625" s="3" t="str">
-        <x:v>G0000009435</x:v>
+        <x:v>G0000009449</x:v>
       </x:c>
       <x:c r="C625" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D625" s="1" t="str">
-        <x:v>[이디야커피] (L)HOT 복분자뱅쇼</x:v>
+        <x:v>[이디야커피] (L)ICED 살얼음 식혜</x:v>
       </x:c>
       <x:c r="E625" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F625" s="4" t="str">
-        <x:v>4,900원</x:v>
+        <x:v>4,500원</x:v>
       </x:c>
       <x:c r="G625" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H625" s="4" t="str">
-        <x:v>4,312원</x:v>
+        <x:v>3,960원</x:v>
       </x:c>
       <x:c r="I625" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="626">
       <x:c r="A626" s="3" t="str">
         <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B626" s="3" t="str">
-        <x:v>G0000009453</x:v>
+        <x:v>G0000009452</x:v>
       </x:c>
       <x:c r="C626" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D626" s="1" t="str">
-        <x:v>[이디야커피] (L)HOT 생강차</x:v>
+        <x:v>[이디야커피] (L)ICED 생강차</x:v>
       </x:c>
       <x:c r="E626" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F626" s="4" t="str">
         <x:v>4,500원</x:v>
       </x:c>
       <x:c r="G626" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H626" s="4" t="str">
         <x:v>3,960원</x:v>
       </x:c>
       <x:c r="I626" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="627">
       <x:c r="A627" s="3" t="str">
         <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B627" s="3" t="str">
-        <x:v>G0000009458</x:v>
+        <x:v>G0000009512</x:v>
       </x:c>
       <x:c r="C627" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D627" s="1" t="str">
-        <x:v>[이디야커피] (L)HOT 시그니처 라떼</x:v>
+        <x:v>[이디야커피] (L)ICED 샹그리아에이드</x:v>
       </x:c>
       <x:c r="E627" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F627" s="4" t="str">
         <x:v>4,700원</x:v>
       </x:c>
       <x:c r="G627" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H627" s="4" t="str">
         <x:v>4,136원</x:v>
       </x:c>
       <x:c r="I627" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="628">
       <x:c r="A628" s="3" t="str">
         <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B628" s="3" t="str">
-        <x:v>G0000009451</x:v>
+        <x:v>G0000009474</x:v>
       </x:c>
       <x:c r="C628" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D628" s="1" t="str">
-        <x:v>[이디야커피] (L)HOT 쌍화차</x:v>
+        <x:v>[이디야커피] (L)ICED 시그니처 라떼</x:v>
       </x:c>
       <x:c r="E628" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F628" s="4" t="str">
-        <x:v>4,500원</x:v>
+        <x:v>4,700원</x:v>
       </x:c>
       <x:c r="G628" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H628" s="4" t="str">
-        <x:v>3,960원</x:v>
+        <x:v>4,136원</x:v>
       </x:c>
       <x:c r="I628" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="629">
       <x:c r="A629" s="3" t="str">
         <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B629" s="3" t="str">
-        <x:v>G0000009483</x:v>
+        <x:v>G0000009450</x:v>
       </x:c>
       <x:c r="C629" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D629" s="1" t="str">
-        <x:v>[이디야커피] (L)HOT 유자차</x:v>
+        <x:v>[이디야커피] (L)ICED 쌍화차</x:v>
       </x:c>
       <x:c r="E629" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F629" s="4" t="str">
         <x:v>4,500원</x:v>
       </x:c>
       <x:c r="G629" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H629" s="4" t="str">
         <x:v>3,960원</x:v>
       </x:c>
       <x:c r="I629" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="630">
       <x:c r="A630" s="3" t="str">
         <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B630" s="3" t="str">
-        <x:v>G0000009433</x:v>
+        <x:v>G0000009502</x:v>
       </x:c>
       <x:c r="C630" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D630" s="1" t="str">
-        <x:v>[이디야커피] (L)HOT 자몽차</x:v>
+        <x:v>[이디야커피] (L)ICED 아망추복숭아</x:v>
       </x:c>
       <x:c r="E630" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F630" s="4" t="str">
-        <x:v>4,500원</x:v>
+        <x:v>4,200원</x:v>
       </x:c>
       <x:c r="G630" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H630" s="4" t="str">
-        <x:v>3,960원</x:v>
+        <x:v>3,696원</x:v>
       </x:c>
       <x:c r="I630" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="631">
       <x:c r="A631" s="3" t="str">
         <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B631" s="3" t="str">
-        <x:v>G0000009455</x:v>
+        <x:v>G0000009439</x:v>
       </x:c>
       <x:c r="C631" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D631" s="1" t="str">
-        <x:v>[이디야커피] (L)HOT 제로슈가 달달커피</x:v>
+        <x:v>[이디야커피] (L)ICED 아샷추복숭아</x:v>
       </x:c>
       <x:c r="E631" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F631" s="4" t="str">
-        <x:v>3,200원</x:v>
+        <x:v>3,700원</x:v>
       </x:c>
       <x:c r="G631" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H631" s="4" t="str">
-        <x:v>2,816원</x:v>
+        <x:v>3,256원</x:v>
       </x:c>
       <x:c r="I631" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="632">
       <x:c r="A632" s="3" t="str">
         <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B632" s="3" t="str">
-        <x:v>G0000009492</x:v>
+        <x:v>G0000009430</x:v>
       </x:c>
       <x:c r="C632" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D632" s="1" t="str">
-        <x:v>[이디야커피] (L)HOT 초콜릿</x:v>
+        <x:v>[이디야커피] (L)ICED 에스프레소 쉐이크</x:v>
       </x:c>
       <x:c r="E632" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F632" s="4" t="str">
-        <x:v>4,200원</x:v>
+        <x:v>5,100원</x:v>
       </x:c>
       <x:c r="G632" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H632" s="4" t="str">
-        <x:v>3,696원</x:v>
+        <x:v>4,488원</x:v>
       </x:c>
       <x:c r="I632" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="633">
       <x:c r="A633" s="3" t="str">
         <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B633" s="3" t="str">
-        <x:v>G0000009457</x:v>
+        <x:v>G0000009444</x:v>
       </x:c>
       <x:c r="C633" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D633" s="1" t="str">
-        <x:v>[이디야커피] (L)HOT 카푸치노</x:v>
+        <x:v>[이디야커피] (L)ICED 연유콜드브루</x:v>
       </x:c>
       <x:c r="E633" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F633" s="4" t="str">
-        <x:v>4,200원</x:v>
+        <x:v>4,900원</x:v>
       </x:c>
       <x:c r="G633" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H633" s="4" t="str">
-        <x:v>3,696원</x:v>
+        <x:v>4,312원</x:v>
       </x:c>
       <x:c r="I633" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="634">
       <x:c r="A634" s="3" t="str">
         <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B634" s="3" t="str">
-        <x:v>G0000009489</x:v>
+        <x:v>G0000009426</x:v>
       </x:c>
       <x:c r="C634" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D634" s="1" t="str">
-        <x:v>[이디야커피] (L)HOT 토피넛라떼</x:v>
+        <x:v>[이디야커피] (L)ICED 유자몽플랫치노</x:v>
       </x:c>
       <x:c r="E634" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F634" s="4" t="str">
-        <x:v>4,500원</x:v>
+        <x:v>3,900원</x:v>
       </x:c>
       <x:c r="G634" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H634" s="4" t="str">
-        <x:v>3,960원</x:v>
+        <x:v>3,432원</x:v>
       </x:c>
       <x:c r="I634" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="635">
       <x:c r="A635" s="3" t="str">
         <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B635" s="3" t="str">
-        <x:v>G0000009456</x:v>
+        <x:v>G0000009503</x:v>
       </x:c>
       <x:c r="C635" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D635" s="1" t="str">
-        <x:v>[이디야커피] (L)HOT 헤이즐넛 아메리카노</x:v>
+        <x:v>[이디야커피] (L)ICED 유자차</x:v>
       </x:c>
       <x:c r="E635" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F635" s="4" t="str">
-        <x:v>3,900원</x:v>
+        <x:v>4,500원</x:v>
       </x:c>
       <x:c r="G635" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H635" s="4" t="str">
-        <x:v>3,432원</x:v>
+        <x:v>3,960원</x:v>
       </x:c>
       <x:c r="I635" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="636">
       <x:c r="A636" s="3" t="str">
         <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B636" s="3" t="str">
-        <x:v>G0000009420</x:v>
+        <x:v>G0000009504</x:v>
       </x:c>
       <x:c r="C636" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D636" s="1" t="str">
-        <x:v>[이디야커피] (L)HOT 화이트초콜릿</x:v>
+        <x:v>[이디야커피] (L)ICED 자몽차</x:v>
       </x:c>
       <x:c r="E636" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F636" s="4" t="str">
         <x:v>4,500원</x:v>
       </x:c>
       <x:c r="G636" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H636" s="4" t="str">
         <x:v>3,960원</x:v>
       </x:c>
       <x:c r="I636" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="637">
       <x:c r="A637" s="3" t="str">
         <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B637" s="3" t="str">
-        <x:v>G0000009509</x:v>
+        <x:v>G0000009508</x:v>
       </x:c>
       <x:c r="C637" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D637" s="1" t="str">
-        <x:v>[이디야커피] (L)ICED 감귤레몬에이드</x:v>
+        <x:v>[이디야커피] (L)ICED 자몽포멜로에이드</x:v>
       </x:c>
       <x:c r="E637" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F637" s="4" t="str">
         <x:v>4,700원</x:v>
       </x:c>
       <x:c r="G637" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H637" s="4" t="str">
         <x:v>4,136원</x:v>
       </x:c>
       <x:c r="I637" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="638">
       <x:c r="A638" s="3" t="str">
         <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B638" s="3" t="str">
-        <x:v>G0000009484</x:v>
+        <x:v>G0000009471</x:v>
       </x:c>
       <x:c r="C638" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D638" s="1" t="str">
-        <x:v>[이디야커피] (L)ICED 고구마라떼</x:v>
+        <x:v>[이디야커피] (L)ICED 제로슈가 달달커피</x:v>
       </x:c>
       <x:c r="E638" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F638" s="4" t="str">
-        <x:v>4,500원</x:v>
+        <x:v>3,200원</x:v>
       </x:c>
       <x:c r="G638" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H638" s="4" t="str">
-        <x:v>3,960원</x:v>
+        <x:v>2,816원</x:v>
       </x:c>
       <x:c r="I638" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="639">
       <x:c r="A639" s="3" t="str">
         <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B639" s="3" t="str">
-        <x:v>G0000009429</x:v>
+        <x:v>G0000009437</x:v>
       </x:c>
       <x:c r="C639" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D639" s="1" t="str">
-        <x:v>[이디야커피] (L)ICED 꿀복숭아 요거트 플랫치노</x:v>
+        <x:v>[이디야커피] (L)ICED 제로슈가 복숭아 아이스티</x:v>
       </x:c>
       <x:c r="E639" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F639" s="4" t="str">
-        <x:v>4,900원</x:v>
+        <x:v>3,200원</x:v>
       </x:c>
       <x:c r="G639" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H639" s="4" t="str">
-        <x:v>4,312원</x:v>
+        <x:v>2,816원</x:v>
       </x:c>
       <x:c r="I639" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="640">
       <x:c r="A640" s="3" t="str">
         <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B640" s="3" t="str">
-        <x:v>G0000009510</x:v>
+        <x:v>G0000009500</x:v>
       </x:c>
       <x:c r="C640" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D640" s="1" t="str">
-        <x:v>[이디야커피] (L)ICED 꿀복숭아에이드</x:v>
+        <x:v>[이디야커피] (L)ICED 제로슈가 아샷추복숭아</x:v>
       </x:c>
       <x:c r="E640" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F640" s="4" t="str">
-        <x:v>4,700원</x:v>
+        <x:v>3,700원</x:v>
       </x:c>
       <x:c r="G640" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H640" s="4" t="str">
-        <x:v>4,136원</x:v>
+        <x:v>3,256원</x:v>
       </x:c>
       <x:c r="I640" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="641">
       <x:c r="A641" s="3" t="str">
         <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B641" s="3" t="str">
-        <x:v>G0000009473</x:v>
+        <x:v>G0000009440</x:v>
       </x:c>
       <x:c r="C641" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D641" s="1" t="str">
-        <x:v>[이디야커피] (L)ICED 꿀화이트 아메리카노</x:v>
+        <x:v>[이디야커피] (L)ICED 초코쿠키쉐이크</x:v>
       </x:c>
       <x:c r="E641" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F641" s="4" t="str">
-        <x:v>3,900원</x:v>
+        <x:v>5,100원</x:v>
       </x:c>
       <x:c r="G641" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H641" s="4" t="str">
-        <x:v>3,432원</x:v>
+        <x:v>4,488원</x:v>
       </x:c>
       <x:c r="I641" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="642">
       <x:c r="A642" s="3" t="str">
         <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B642" s="3" t="str">
-        <x:v>G0000009438</x:v>
+        <x:v>G0000009491</x:v>
       </x:c>
       <x:c r="C642" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D642" s="1" t="str">
-        <x:v>[이디야커피] (L)ICED 달고나라떼</x:v>
+        <x:v>[이디야커피] (L)ICED 초콜릿</x:v>
       </x:c>
       <x:c r="E642" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F642" s="4" t="str">
         <x:v>4,200원</x:v>
       </x:c>
       <x:c r="G642" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H642" s="4" t="str">
         <x:v>3,696원</x:v>
       </x:c>
       <x:c r="I642" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="643">
       <x:c r="A643" s="3" t="str">
         <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B643" s="3" t="str">
-        <x:v>G0000009448</x:v>
+        <x:v>G0000009445</x:v>
       </x:c>
       <x:c r="C643" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D643" s="1" t="str">
-        <x:v>[이디야커피] (L)ICED 딸기듬뿍라떼</x:v>
+        <x:v>[이디야커피] (L)ICED 초콜릿칩 플랫치노</x:v>
       </x:c>
       <x:c r="E643" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F643" s="4" t="str">
-        <x:v>4,500원</x:v>
+        <x:v>4,700원</x:v>
       </x:c>
       <x:c r="G643" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H643" s="4" t="str">
-        <x:v>3,960원</x:v>
+        <x:v>4,136원</x:v>
       </x:c>
       <x:c r="I643" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="644">
       <x:c r="A644" s="3" t="str">
         <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B644" s="3" t="str">
-        <x:v>G0000009515</x:v>
+        <x:v>G0000009493</x:v>
       </x:c>
       <x:c r="C644" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D644" s="1" t="str">
-        <x:v>[이디야커피] (L)ICED 딸기바나나주스</x:v>
+        <x:v>[이디야커피] (L)ICED 콜드브루</x:v>
       </x:c>
       <x:c r="E644" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F644" s="4" t="str">
-        <x:v>5,400원</x:v>
+        <x:v>4,200원</x:v>
       </x:c>
       <x:c r="G644" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H644" s="4" t="str">
-        <x:v>4,752원</x:v>
+        <x:v>3,696원</x:v>
       </x:c>
       <x:c r="I644" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="645">
       <x:c r="A645" s="3" t="str">
         <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B645" s="3" t="str">
-        <x:v>G0000009518</x:v>
+        <x:v>G0000009446</x:v>
       </x:c>
       <x:c r="C645" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D645" s="1" t="str">
-        <x:v>[이디야커피] (L)ICED 딸기쉐이크</x:v>
+        <x:v>[이디야커피] (L)ICED 콜드브루 라떼</x:v>
       </x:c>
       <x:c r="E645" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F645" s="4" t="str">
-        <x:v>5,400원</x:v>
+        <x:v>4,700원</x:v>
       </x:c>
       <x:c r="G645" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H645" s="4" t="str">
-        <x:v>4,752원</x:v>
+        <x:v>4,136원</x:v>
       </x:c>
       <x:c r="I645" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="646">
       <x:c r="A646" s="3" t="str">
         <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B646" s="3" t="str">
-        <x:v>G0000009443</x:v>
+        <x:v>G0000009514</x:v>
       </x:c>
       <x:c r="C646" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D646" s="1" t="str">
-        <x:v>[이디야커피] (L)ICED 딸기요거트 플랫치노</x:v>
+        <x:v>[이디야커피] (L)ICED 키위케일샐러리클렌즈주스</x:v>
       </x:c>
       <x:c r="E646" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F646" s="4" t="str">
-        <x:v>4,900원</x:v>
+        <x:v>4,200원</x:v>
       </x:c>
       <x:c r="G646" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H646" s="4" t="str">
-        <x:v>4,312원</x:v>
+        <x:v>3,696원</x:v>
       </x:c>
       <x:c r="I646" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="647">
       <x:c r="A647" s="3" t="str">
         <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B647" s="3" t="str">
-        <x:v>G0000009424</x:v>
+        <x:v>G0000009428</x:v>
       </x:c>
       <x:c r="C647" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D647" s="1" t="str">
-        <x:v>[이디야커피] (L)ICED 딸기초코라떼</x:v>
+        <x:v>[이디야커피] (L)ICED 토피넛 플랫치노</x:v>
       </x:c>
       <x:c r="E647" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F647" s="4" t="str">
         <x:v>4,700원</x:v>
       </x:c>
       <x:c r="G647" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H647" s="4" t="str">
         <x:v>4,136원</x:v>
       </x:c>
       <x:c r="I647" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="648">
       <x:c r="A648" s="3" t="str">
         <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B648" s="3" t="str">
-        <x:v>G0000009431</x:v>
+        <x:v>G0000009486</x:v>
       </x:c>
       <x:c r="C648" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D648" s="1" t="str">
-        <x:v>[이디야커피] (L)ICED 레몬 아이스티</x:v>
+        <x:v>[이디야커피] (L)ICED 토피넛라떼</x:v>
       </x:c>
       <x:c r="E648" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F648" s="4" t="str">
-        <x:v>3,200원</x:v>
+        <x:v>4,500원</x:v>
       </x:c>
       <x:c r="G648" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H648" s="4" t="str">
-        <x:v>2,816원</x:v>
+        <x:v>3,960원</x:v>
       </x:c>
       <x:c r="I648" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="649">
       <x:c r="A649" s="3" t="str">
         <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B649" s="3" t="str">
-        <x:v>G0000009505</x:v>
+        <x:v>G0000009496</x:v>
       </x:c>
       <x:c r="C649" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D649" s="1" t="str">
-        <x:v>[이디야커피] (L)ICED 레몬차</x:v>
+        <x:v>[이디야커피] (L)ICED 플레인요거트 플랫치노</x:v>
       </x:c>
       <x:c r="E649" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F649" s="4" t="str">
-        <x:v>4,500원</x:v>
+        <x:v>4,900원</x:v>
       </x:c>
       <x:c r="G649" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H649" s="4" t="str">
-        <x:v>3,960원</x:v>
+        <x:v>4,312원</x:v>
       </x:c>
       <x:c r="I649" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="650">
       <x:c r="A650" s="3" t="str">
         <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B650" s="3" t="str">
-        <x:v>G0000009409</x:v>
+        <x:v>G0000009472</x:v>
       </x:c>
       <x:c r="C650" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D650" s="1" t="str">
-        <x:v>[이디야커피] (L)ICED 로열밀크티</x:v>
+        <x:v>[이디야커피] (L)ICED 헤이즐넛 아메리카노</x:v>
       </x:c>
       <x:c r="E650" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F650" s="4" t="str">
-        <x:v>4,900원</x:v>
+        <x:v>3,900원</x:v>
       </x:c>
       <x:c r="G650" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H650" s="4" t="str">
-        <x:v>4,312원</x:v>
+        <x:v>3,432원</x:v>
       </x:c>
       <x:c r="I650" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="651">
       <x:c r="A651" s="3" t="str">
         <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B651" s="3" t="str">
-        <x:v>G0000009422</x:v>
+        <x:v>G0000009423</x:v>
       </x:c>
       <x:c r="C651" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D651" s="1" t="str">
-        <x:v>[이디야커피] (L)ICED 말차라떼</x:v>
+        <x:v>[이디야커피] (L)ICED 화이트초콜릿</x:v>
       </x:c>
       <x:c r="E651" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F651" s="4" t="str">
         <x:v>4,500원</x:v>
       </x:c>
       <x:c r="G651" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H651" s="4" t="str">
         <x:v>3,960원</x:v>
       </x:c>
       <x:c r="I651" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="652">
       <x:c r="A652" s="3" t="str">
         <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B652" s="3" t="str">
-        <x:v>G0000009425</x:v>
+        <x:v>G0000009490</x:v>
       </x:c>
       <x:c r="C652" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D652" s="1" t="str">
-        <x:v>[이디야커피] (L)ICED 말차초코라떼</x:v>
+        <x:v>[이디야커피] (L)ICED 흑당 콜드브루</x:v>
       </x:c>
       <x:c r="E652" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F652" s="4" t="str">
-        <x:v>4,700원</x:v>
+        <x:v>4,500원</x:v>
       </x:c>
       <x:c r="G652" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H652" s="4" t="str">
-        <x:v>4,136원</x:v>
+        <x:v>3,960원</x:v>
       </x:c>
       <x:c r="I652" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="653">
       <x:c r="A653" s="3" t="str">
         <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B653" s="3" t="str">
-        <x:v>G0000009432</x:v>
+        <x:v>G0000009447</x:v>
       </x:c>
       <x:c r="C653" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D653" s="1" t="str">
-        <x:v>[이디야커피] (L)ICED 말차초코쉐이크</x:v>
+        <x:v>[이디야커피] (L)ICED 흑당라떼</x:v>
       </x:c>
       <x:c r="E653" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F653" s="4" t="str">
-        <x:v>5,400원</x:v>
+        <x:v>3,900원</x:v>
       </x:c>
       <x:c r="G653" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H653" s="4" t="str">
-        <x:v>4,752원</x:v>
+        <x:v>3,432원</x:v>
       </x:c>
       <x:c r="I653" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="654">
       <x:c r="A654" s="3" t="str">
         <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B654" s="3" t="str">
-        <x:v>G0000009516</x:v>
+        <x:v>G0000009405</x:v>
       </x:c>
       <x:c r="C654" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D654" s="1" t="str">
-        <x:v>[이디야커피] (L)ICED 망고바나나주스</x:v>
+        <x:v>[이디야커피] 고소함이 가득</x:v>
       </x:c>
       <x:c r="E654" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F654" s="4" t="str">
-        <x:v>5,400원</x:v>
+        <x:v>13,400원</x:v>
       </x:c>
       <x:c r="G654" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H654" s="4" t="str">
-        <x:v>4,752원</x:v>
+        <x:v>11,792원</x:v>
       </x:c>
       <x:c r="I654" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="655">
       <x:c r="A655" s="3" t="str">
         <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B655" s="3" t="str">
-        <x:v>G0000009511</x:v>
+        <x:v>G0000009494</x:v>
       </x:c>
       <x:c r="C655" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D655" s="1" t="str">
-        <x:v>[이디야커피] (L)ICED 머스캣모히또에이드</x:v>
+        <x:v>[이디야커피] 다함께 나눠먹어요</x:v>
       </x:c>
       <x:c r="E655" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F655" s="4" t="str">
-        <x:v>4,700원</x:v>
+        <x:v>24,600원</x:v>
       </x:c>
       <x:c r="G655" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H655" s="4" t="str">
-        <x:v>4,136원</x:v>
+        <x:v>21,648원</x:v>
       </x:c>
       <x:c r="I655" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="656">
       <x:c r="A656" s="3" t="str">
         <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B656" s="3" t="str">
-        <x:v>G0000009421</x:v>
+        <x:v>G0000009470</x:v>
       </x:c>
       <x:c r="C656" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D656" s="1" t="str">
-        <x:v>[이디야커피] (L)ICED 미숫가루라떼</x:v>
+        <x:v>[이디야커피] 디카페인 (L)HOT 민트모카</x:v>
       </x:c>
       <x:c r="E656" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F656" s="4" t="str">
-        <x:v>3,900원</x:v>
+        <x:v>5,400원</x:v>
       </x:c>
       <x:c r="G656" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H656" s="4" t="str">
-        <x:v>3,432원</x:v>
+        <x:v>4,752원</x:v>
       </x:c>
       <x:c r="I656" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="657">
       <x:c r="A657" s="3" t="str">
         <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B657" s="3" t="str">
-        <x:v>G0000009485</x:v>
+        <x:v>G0000009464</x:v>
       </x:c>
       <x:c r="C657" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D657" s="1" t="str">
-        <x:v>[이디야커피] (L)ICED 민트초콜릿</x:v>
+        <x:v>[이디야커피] 디카페인 (L)HOT 바닐라라떼</x:v>
       </x:c>
       <x:c r="E657" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F657" s="4" t="str">
-        <x:v>4,500원</x:v>
+        <x:v>5,000원</x:v>
       </x:c>
       <x:c r="G657" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H657" s="4" t="str">
-        <x:v>3,960원</x:v>
+        <x:v>4,400원</x:v>
       </x:c>
       <x:c r="I657" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="658">
       <x:c r="A658" s="3" t="str">
         <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B658" s="3" t="str">
-        <x:v>G0000009427</x:v>
+        <x:v>G0000009469</x:v>
       </x:c>
       <x:c r="C658" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D658" s="1" t="str">
-        <x:v>[이디야커피] (L)ICED 민트초콜릿칩 플랫치노</x:v>
+        <x:v>[이디야커피] 디카페인 (L)HOT 시그니처라떼</x:v>
       </x:c>
       <x:c r="E658" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F658" s="4" t="str">
-        <x:v>4,700원</x:v>
+        <x:v>5,200원</x:v>
       </x:c>
       <x:c r="G658" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H658" s="4" t="str">
-        <x:v>4,136원</x:v>
+        <x:v>4,576원</x:v>
       </x:c>
       <x:c r="I658" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="659">
       <x:c r="A659" s="3" t="str">
         <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B659" s="3" t="str">
-        <x:v>G0000009441</x:v>
+        <x:v>G0000009460</x:v>
       </x:c>
       <x:c r="C659" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D659" s="1" t="str">
-        <x:v>[이디야커피] (L)ICED 밀크쉐이크</x:v>
+        <x:v>[이디야커피] 디카페인 (L)HOT 아메리카노</x:v>
       </x:c>
       <x:c r="E659" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F659" s="4" t="str">
-        <x:v>4,900원</x:v>
+        <x:v>3,700원</x:v>
       </x:c>
       <x:c r="G659" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H659" s="4" t="str">
-        <x:v>4,312원</x:v>
+        <x:v>3,256원</x:v>
       </x:c>
       <x:c r="I659" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="660">
       <x:c r="A660" s="3" t="str">
         <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B660" s="3" t="str">
-        <x:v>G0000009506</x:v>
+        <x:v>G0000009465</x:v>
       </x:c>
       <x:c r="C660" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D660" s="1" t="str">
-        <x:v>[이디야커피] (L)ICED 배모과차</x:v>
+        <x:v>[이디야커피] 디카페인 (L)HOT 연유카페라떼</x:v>
       </x:c>
       <x:c r="E660" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F660" s="4" t="str">
-        <x:v>4,500원</x:v>
+        <x:v>5,000원</x:v>
       </x:c>
       <x:c r="G660" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H660" s="4" t="str">
-        <x:v>3,960원</x:v>
+        <x:v>4,400원</x:v>
       </x:c>
       <x:c r="I660" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="661">
       <x:c r="A661" s="3" t="str">
         <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B661" s="3" t="str">
-        <x:v>G0000009495</x:v>
+        <x:v>G0000009468</x:v>
       </x:c>
       <x:c r="C661" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D661" s="1" t="str">
-        <x:v>[이디야커피] (L)ICED 버블흑당라떼</x:v>
+        <x:v>[이디야커피] 디카페인 (L)HOT 카라멜마끼아또</x:v>
       </x:c>
       <x:c r="E661" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F661" s="4" t="str">
-        <x:v>5,100원</x:v>
+        <x:v>5,000원</x:v>
       </x:c>
       <x:c r="G661" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H661" s="4" t="str">
-        <x:v>4,488원</x:v>
+        <x:v>4,400원</x:v>
       </x:c>
       <x:c r="I661" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="662">
       <x:c r="A662" s="3" t="str">
         <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B662" s="3" t="str">
-        <x:v>G0000009507</x:v>
+        <x:v>G0000009462</x:v>
       </x:c>
       <x:c r="C662" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D662" s="1" t="str">
-        <x:v>[이디야커피] (L)ICED 복분자뱅쇼</x:v>
+        <x:v>[이디야커피] 디카페인 (L)HOT 카페라떼</x:v>
       </x:c>
       <x:c r="E662" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F662" s="4" t="str">
-        <x:v>4,900원</x:v>
+        <x:v>4,700원</x:v>
       </x:c>
       <x:c r="G662" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H662" s="4" t="str">
-        <x:v>4,312원</x:v>
+        <x:v>4,136원</x:v>
       </x:c>
       <x:c r="I662" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="663">
       <x:c r="A663" s="3" t="str">
         <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B663" s="3" t="str">
-        <x:v>G0000009436</x:v>
+        <x:v>G0000009466</x:v>
       </x:c>
       <x:c r="C663" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D663" s="1" t="str">
-        <x:v>[이디야커피] (L)ICED 복숭아 아이스티</x:v>
+        <x:v>[이디야커피] 디카페인 (L)HOT 카페모카</x:v>
       </x:c>
       <x:c r="E663" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F663" s="4" t="str">
-        <x:v>3,200원</x:v>
+        <x:v>5,000원</x:v>
       </x:c>
       <x:c r="G663" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H663" s="4" t="str">
-        <x:v>2,816원</x:v>
+        <x:v>4,400원</x:v>
       </x:c>
       <x:c r="I663" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="664">
       <x:c r="A664" s="3" t="str">
         <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B664" s="3" t="str">
-        <x:v>G0000009442</x:v>
+        <x:v>G0000009463</x:v>
       </x:c>
       <x:c r="C664" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D664" s="1" t="str">
-        <x:v>[이디야커피] (L)ICED 블루베리 요거트 플랫치노</x:v>
+        <x:v>[이디야커피] 디카페인 (L)HOT 카푸치노</x:v>
       </x:c>
       <x:c r="E664" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F664" s="4" t="str">
-        <x:v>4,900원</x:v>
+        <x:v>4,700원</x:v>
       </x:c>
       <x:c r="G664" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H664" s="4" t="str">
-        <x:v>4,312원</x:v>
+        <x:v>4,136원</x:v>
       </x:c>
       <x:c r="I664" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="665">
       <x:c r="A665" s="3" t="str">
         <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B665" s="3" t="str">
-        <x:v>G0000009517</x:v>
+        <x:v>G0000009461</x:v>
       </x:c>
       <x:c r="C665" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D665" s="1" t="str">
-        <x:v>[이디야커피] (L)ICED 블루베리바나나주스</x:v>
+        <x:v>[이디야커피] 디카페인 (L)HOT 헤이즐넛 아메리카노</x:v>
       </x:c>
       <x:c r="E665" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F665" s="4" t="str">
-        <x:v>5,400원</x:v>
+        <x:v>4,400원</x:v>
       </x:c>
       <x:c r="G665" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H665" s="4" t="str">
-        <x:v>4,752원</x:v>
+        <x:v>3,872원</x:v>
       </x:c>
       <x:c r="I665" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="666">
       <x:c r="A666" s="3" t="str">
         <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B666" s="3" t="str">
-        <x:v>G0000009513</x:v>
+        <x:v>G0000009467</x:v>
       </x:c>
       <x:c r="C666" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D666" s="1" t="str">
-        <x:v>[이디야커피] (L)ICED 사과당근클렌즈주스</x:v>
+        <x:v>[이디야커피] 디카페인 (L)HOT 화이트 초콜릿 모카</x:v>
       </x:c>
       <x:c r="E666" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F666" s="4" t="str">
-        <x:v>4,200원</x:v>
+        <x:v>5,000원</x:v>
       </x:c>
       <x:c r="G666" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H666" s="4" t="str">
-        <x:v>3,696원</x:v>
+        <x:v>4,400원</x:v>
       </x:c>
       <x:c r="I666" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="667">
       <x:c r="A667" s="3" t="str">
         <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B667" s="3" t="str">
-        <x:v>G0000009449</x:v>
+        <x:v>G0000009477</x:v>
       </x:c>
       <x:c r="C667" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D667" s="1" t="str">
-        <x:v>[이디야커피] (L)ICED 살얼음 식혜</x:v>
+        <x:v>[이디야커피] 디카페인 (L)ICED 꿀화이트 아메리카노</x:v>
       </x:c>
       <x:c r="E667" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F667" s="4" t="str">
-        <x:v>4,500원</x:v>
+        <x:v>4,400원</x:v>
       </x:c>
       <x:c r="G667" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H667" s="4" t="str">
-        <x:v>3,960원</x:v>
+        <x:v>3,872원</x:v>
       </x:c>
       <x:c r="I667" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="668">
       <x:c r="A668" s="3" t="str">
         <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B668" s="3" t="str">
-        <x:v>G0000009452</x:v>
+        <x:v>G0000009414</x:v>
       </x:c>
       <x:c r="C668" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D668" s="1" t="str">
-        <x:v>[이디야커피] (L)ICED 생강차</x:v>
+        <x:v>[이디야커피] 디카페인 (L)ICED 넛츠크림라떼</x:v>
       </x:c>
       <x:c r="E668" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F668" s="4" t="str">
-        <x:v>4,500원</x:v>
+        <x:v>5,200원</x:v>
       </x:c>
       <x:c r="G668" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H668" s="4" t="str">
-        <x:v>3,960원</x:v>
+        <x:v>4,576원</x:v>
       </x:c>
       <x:c r="I668" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="669">
       <x:c r="A669" s="3" t="str">
         <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B669" s="3" t="str">
-        <x:v>G0000009512</x:v>
+        <x:v>G0000009416</x:v>
       </x:c>
       <x:c r="C669" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D669" s="1" t="str">
-        <x:v>[이디야커피] (L)ICED 샹그리아에이드</x:v>
+        <x:v>[이디야커피] 디카페인 (L)ICED 민트모카</x:v>
       </x:c>
       <x:c r="E669" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F669" s="4" t="str">
-        <x:v>4,700원</x:v>
+        <x:v>5,400원</x:v>
       </x:c>
       <x:c r="G669" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H669" s="4" t="str">
-        <x:v>4,136원</x:v>
+        <x:v>4,752원</x:v>
       </x:c>
       <x:c r="I669" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="670">
       <x:c r="A670" s="3" t="str">
         <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B670" s="3" t="str">
-        <x:v>G0000009474</x:v>
+        <x:v>G0000009480</x:v>
       </x:c>
       <x:c r="C670" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D670" s="1" t="str">
-        <x:v>[이디야커피] (L)ICED 시그니처 라떼</x:v>
+        <x:v>[이디야커피] 디카페인 (L)ICED 바닐라라떼</x:v>
       </x:c>
       <x:c r="E670" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F670" s="4" t="str">
-        <x:v>4,700원</x:v>
+        <x:v>5,000원</x:v>
       </x:c>
       <x:c r="G670" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H670" s="4" t="str">
-        <x:v>4,136원</x:v>
+        <x:v>4,400원</x:v>
       </x:c>
       <x:c r="I670" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="671">
       <x:c r="A671" s="3" t="str">
         <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B671" s="3" t="str">
-        <x:v>G0000009450</x:v>
+        <x:v>G0000009413</x:v>
       </x:c>
       <x:c r="C671" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D671" s="1" t="str">
-        <x:v>[이디야커피] (L)ICED 쌍화차</x:v>
+        <x:v>[이디야커피] 디카페인 (L)ICED 시그니처라떼</x:v>
       </x:c>
       <x:c r="E671" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F671" s="4" t="str">
-        <x:v>4,500원</x:v>
+        <x:v>5,200원</x:v>
       </x:c>
       <x:c r="G671" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H671" s="4" t="str">
-        <x:v>3,960원</x:v>
+        <x:v>4,576원</x:v>
       </x:c>
       <x:c r="I671" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="672">
       <x:c r="A672" s="3" t="str">
         <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B672" s="3" t="str">
-        <x:v>G0000009502</x:v>
+        <x:v>G0000009475</x:v>
       </x:c>
       <x:c r="C672" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D672" s="1" t="str">
-        <x:v>[이디야커피] (L)ICED 아망추복숭아</x:v>
+        <x:v>[이디야커피] 디카페인 (L)ICED 아메리카노</x:v>
       </x:c>
       <x:c r="E672" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F672" s="4" t="str">
-        <x:v>4,200원</x:v>
+        <x:v>3,700원</x:v>
       </x:c>
       <x:c r="G672" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H672" s="4" t="str">
-        <x:v>3,696원</x:v>
+        <x:v>3,256원</x:v>
       </x:c>
       <x:c r="I672" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="673">
       <x:c r="A673" s="3" t="str">
         <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B673" s="3" t="str">
-        <x:v>G0000009439</x:v>
+        <x:v>G0000009499</x:v>
       </x:c>
       <x:c r="C673" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D673" s="1" t="str">
-        <x:v>[이디야커피] (L)ICED 아샷추복숭아</x:v>
+        <x:v>[이디야커피] 디카페인 (L)ICED 아샷추복숭아</x:v>
       </x:c>
       <x:c r="E673" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F673" s="4" t="str">
         <x:v>3,700원</x:v>
       </x:c>
       <x:c r="G673" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H673" s="4" t="str">
         <x:v>3,256원</x:v>
       </x:c>
       <x:c r="I673" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="674">
       <x:c r="A674" s="3" t="str">
         <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B674" s="3" t="str">
-        <x:v>G0000009430</x:v>
+        <x:v>G0000009404</x:v>
       </x:c>
       <x:c r="C674" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D674" s="1" t="str">
-        <x:v>[이디야커피] (L)ICED 에스프레소 쉐이크</x:v>
+        <x:v>[이디야커피] 디카페인 (L)ICED 에스프레소 쉐이크</x:v>
       </x:c>
       <x:c r="E674" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F674" s="4" t="str">
-        <x:v>5,100원</x:v>
+        <x:v>5,600원</x:v>
       </x:c>
       <x:c r="G674" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H674" s="4" t="str">
-        <x:v>4,488원</x:v>
+        <x:v>4,928원</x:v>
       </x:c>
       <x:c r="I674" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="675">
       <x:c r="A675" s="3" t="str">
         <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B675" s="3" t="str">
-        <x:v>G0000009444</x:v>
+        <x:v>G0000009481</x:v>
       </x:c>
       <x:c r="C675" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D675" s="1" t="str">
-        <x:v>[이디야커피] (L)ICED 연유콜드브루</x:v>
+        <x:v>[이디야커피] 디카페인 (L)ICED 연유카페라떼</x:v>
       </x:c>
       <x:c r="E675" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F675" s="4" t="str">
-        <x:v>4,900원</x:v>
+        <x:v>5,000원</x:v>
       </x:c>
       <x:c r="G675" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H675" s="4" t="str">
-        <x:v>4,312원</x:v>
+        <x:v>4,400원</x:v>
       </x:c>
       <x:c r="I675" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="676">
       <x:c r="A676" s="3" t="str">
         <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B676" s="3" t="str">
-        <x:v>G0000009426</x:v>
+        <x:v>G0000009417</x:v>
       </x:c>
       <x:c r="C676" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D676" s="1" t="str">
-        <x:v>[이디야커피] (L)ICED 유자몽플랫치노</x:v>
+        <x:v>[이디야커피] 디카페인 (L)ICED 연유콜드브루</x:v>
       </x:c>
       <x:c r="E676" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F676" s="4" t="str">
-        <x:v>3,900원</x:v>
+        <x:v>5,400원</x:v>
       </x:c>
       <x:c r="G676" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H676" s="4" t="str">
-        <x:v>3,432원</x:v>
+        <x:v>4,752원</x:v>
       </x:c>
       <x:c r="I676" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="677">
       <x:c r="A677" s="3" t="str">
         <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B677" s="3" t="str">
-        <x:v>G0000009503</x:v>
+        <x:v>G0000009501</x:v>
       </x:c>
       <x:c r="C677" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D677" s="1" t="str">
-        <x:v>[이디야커피] (L)ICED 유자차</x:v>
+        <x:v>[이디야커피] 디카페인 (L)ICED 제로슈가아샷추복숭아</x:v>
       </x:c>
       <x:c r="E677" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F677" s="4" t="str">
-        <x:v>4,500원</x:v>
+        <x:v>3,700원</x:v>
       </x:c>
       <x:c r="G677" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H677" s="4" t="str">
-        <x:v>3,960원</x:v>
+        <x:v>3,256원</x:v>
       </x:c>
       <x:c r="I677" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="678">
       <x:c r="A678" s="3" t="str">
         <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B678" s="3" t="str">
-        <x:v>G0000009504</x:v>
+        <x:v>G0000009411</x:v>
       </x:c>
       <x:c r="C678" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D678" s="1" t="str">
-        <x:v>[이디야커피] (L)ICED 자몽차</x:v>
+        <x:v>[이디야커피] 디카페인 (L)ICED 카라멜마끼아또</x:v>
       </x:c>
       <x:c r="E678" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F678" s="4" t="str">
-        <x:v>4,500원</x:v>
+        <x:v>5,000원</x:v>
       </x:c>
       <x:c r="G678" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H678" s="4" t="str">
-        <x:v>3,960원</x:v>
+        <x:v>4,400원</x:v>
       </x:c>
       <x:c r="I678" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="679">
       <x:c r="A679" s="3" t="str">
         <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B679" s="3" t="str">
-        <x:v>G0000009508</x:v>
+        <x:v>G0000009478</x:v>
       </x:c>
       <x:c r="C679" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D679" s="1" t="str">
-        <x:v>[이디야커피] (L)ICED 자몽포멜로에이드</x:v>
+        <x:v>[이디야커피] 디카페인 (L)ICED 카페라떼</x:v>
       </x:c>
       <x:c r="E679" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F679" s="4" t="str">
         <x:v>4,700원</x:v>
       </x:c>
       <x:c r="G679" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H679" s="4" t="str">
         <x:v>4,136원</x:v>
       </x:c>
       <x:c r="I679" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="680">
       <x:c r="A680" s="3" t="str">
         <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B680" s="3" t="str">
-        <x:v>G0000009471</x:v>
+        <x:v>G0000009482</x:v>
       </x:c>
       <x:c r="C680" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D680" s="1" t="str">
-        <x:v>[이디야커피] (L)ICED 제로슈가 달달커피</x:v>
+        <x:v>[이디야커피] 디카페인 (L)ICED 카페모카</x:v>
       </x:c>
       <x:c r="E680" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F680" s="4" t="str">
-        <x:v>3,200원</x:v>
+        <x:v>5,000원</x:v>
       </x:c>
       <x:c r="G680" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H680" s="4" t="str">
-        <x:v>2,816원</x:v>
+        <x:v>4,400원</x:v>
       </x:c>
       <x:c r="I680" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="681">
       <x:c r="A681" s="3" t="str">
         <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B681" s="3" t="str">
-        <x:v>G0000009437</x:v>
+        <x:v>G0000009479</x:v>
       </x:c>
       <x:c r="C681" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D681" s="1" t="str">
-        <x:v>[이디야커피] (L)ICED 제로슈가 복숭아 아이스티</x:v>
+        <x:v>[이디야커피] 디카페인 (L)ICED 카푸치노</x:v>
       </x:c>
       <x:c r="E681" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F681" s="4" t="str">
-        <x:v>3,200원</x:v>
+        <x:v>4,700원</x:v>
       </x:c>
       <x:c r="G681" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H681" s="4" t="str">
-        <x:v>2,816원</x:v>
+        <x:v>4,136원</x:v>
       </x:c>
       <x:c r="I681" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="682">
       <x:c r="A682" s="3" t="str">
         <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B682" s="3" t="str">
-        <x:v>G0000009500</x:v>
+        <x:v>G0000009498</x:v>
       </x:c>
       <x:c r="C682" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D682" s="1" t="str">
-        <x:v>[이디야커피] (L)ICED 제로슈가 아샷추복숭아</x:v>
+        <x:v>[이디야커피] 디카페인 (L)ICED 콜드브루</x:v>
       </x:c>
       <x:c r="E682" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F682" s="4" t="str">
-        <x:v>3,700원</x:v>
+        <x:v>4,700원</x:v>
       </x:c>
       <x:c r="G682" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H682" s="4" t="str">
-        <x:v>3,256원</x:v>
+        <x:v>4,136원</x:v>
       </x:c>
       <x:c r="I682" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="683">
       <x:c r="A683" s="3" t="str">
         <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B683" s="3" t="str">
-        <x:v>G0000009440</x:v>
+        <x:v>G0000009415</x:v>
       </x:c>
       <x:c r="C683" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D683" s="1" t="str">
-        <x:v>[이디야커피] (L)ICED 초코쿠키쉐이크</x:v>
+        <x:v>[이디야커피] 디카페인 (L)ICED 콜드브루 라떼</x:v>
       </x:c>
       <x:c r="E683" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F683" s="4" t="str">
-        <x:v>5,100원</x:v>
+        <x:v>5,200원</x:v>
       </x:c>
       <x:c r="G683" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H683" s="4" t="str">
-        <x:v>4,488원</x:v>
+        <x:v>4,576원</x:v>
       </x:c>
       <x:c r="I683" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="684">
       <x:c r="A684" s="3" t="str">
         <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B684" s="3" t="str">
-        <x:v>G0000009491</x:v>
+        <x:v>G0000009476</x:v>
       </x:c>
       <x:c r="C684" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D684" s="1" t="str">
-        <x:v>[이디야커피] (L)ICED 초콜릿</x:v>
+        <x:v>[이디야커피] 디카페인 (L)ICED 헤이즐넛 아메리카노</x:v>
       </x:c>
       <x:c r="E684" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F684" s="4" t="str">
-        <x:v>4,200원</x:v>
+        <x:v>4,400원</x:v>
       </x:c>
       <x:c r="G684" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H684" s="4" t="str">
-        <x:v>3,696원</x:v>
+        <x:v>3,872원</x:v>
       </x:c>
       <x:c r="I684" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="685">
       <x:c r="A685" s="3" t="str">
         <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B685" s="3" t="str">
-        <x:v>G0000009445</x:v>
+        <x:v>G0000009410</x:v>
       </x:c>
       <x:c r="C685" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D685" s="1" t="str">
-        <x:v>[이디야커피] (L)ICED 초콜릿칩 플랫치노</x:v>
+        <x:v>[이디야커피] 디카페인 (L)ICED 화이트초콜릿 모카</x:v>
       </x:c>
       <x:c r="E685" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F685" s="4" t="str">
-        <x:v>4,700원</x:v>
+        <x:v>5,000원</x:v>
       </x:c>
       <x:c r="G685" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H685" s="4" t="str">
-        <x:v>4,136원</x:v>
+        <x:v>4,400원</x:v>
       </x:c>
       <x:c r="I685" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="686">
       <x:c r="A686" s="3" t="str">
         <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B686" s="3" t="str">
-        <x:v>G0000009493</x:v>
+        <x:v>G0000009497</x:v>
       </x:c>
       <x:c r="C686" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D686" s="1" t="str">
-        <x:v>[이디야커피] (L)ICED 콜드브루</x:v>
+        <x:v>[이디야커피] 디카페인 (L)ICED 흑당 콜드브루</x:v>
       </x:c>
       <x:c r="E686" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F686" s="4" t="str">
-        <x:v>4,200원</x:v>
+        <x:v>5,000원</x:v>
       </x:c>
       <x:c r="G686" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H686" s="4" t="str">
-        <x:v>3,696원</x:v>
+        <x:v>4,400원</x:v>
       </x:c>
       <x:c r="I686" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="687">
       <x:c r="A687" s="3" t="str">
         <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B687" s="3" t="str">
-        <x:v>G0000009446</x:v>
+        <x:v>G0000009412</x:v>
       </x:c>
       <x:c r="C687" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D687" s="1" t="str">
-        <x:v>[이디야커피] (L)ICED 콜드브루 라떼</x:v>
+        <x:v>[이디야커피] 디카페인 아포가토</x:v>
       </x:c>
       <x:c r="E687" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F687" s="4" t="str">
-        <x:v>4,700원</x:v>
+        <x:v>5,200원</x:v>
       </x:c>
       <x:c r="G687" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H687" s="4" t="str">
-        <x:v>4,136원</x:v>
+        <x:v>4,576원</x:v>
       </x:c>
       <x:c r="I687" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="688">
       <x:c r="A688" s="3" t="str">
         <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B688" s="3" t="str">
-        <x:v>G0000009514</x:v>
+        <x:v>G0000009459</x:v>
       </x:c>
       <x:c r="C688" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D688" s="1" t="str">
-        <x:v>[이디야커피] (L)ICED 키위케일샐러리클렌즈주스</x:v>
+        <x:v>[이디야커피] 디카페인 에스프레소</x:v>
       </x:c>
       <x:c r="E688" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F688" s="4" t="str">
-        <x:v>4,200원</x:v>
+        <x:v>3,400원</x:v>
       </x:c>
       <x:c r="G688" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H688" s="4" t="str">
-        <x:v>3,696원</x:v>
+        <x:v>2,992원</x:v>
       </x:c>
       <x:c r="I688" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="689">
       <x:c r="A689" s="3" t="str">
         <x:v>이디야커피</x:v>
       </x:c>
       <x:c r="B689" s="3" t="str">
-        <x:v>G0000009428</x:v>
+        <x:v>G0000009406</x:v>
       </x:c>
       <x:c r="C689" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D689" s="1" t="str">
-        <x:v>[이디야커피] (L)ICED 토피넛 플랫치노</x:v>
+        <x:v>[이디야커피] 몸을 따뜻하게</x:v>
       </x:c>
       <x:c r="E689" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F689" s="4" t="str">
-        <x:v>4,700원</x:v>
+        <x:v>9,000원</x:v>
       </x:c>
       <x:c r="G689" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H689" s="4" t="str">
-        <x:v>4,136원</x:v>
+        <x:v>7,920원</x:v>
       </x:c>
       <x:c r="I689" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="690">
       <x:c r="A690" s="3" t="str">
-        <x:v>이디야커피</x:v>
+        <x:v>이마트</x:v>
       </x:c>
       <x:c r="B690" s="3" t="str">
-        <x:v>G0000009486</x:v>
+        <x:v>G0000006968</x:v>
       </x:c>
       <x:c r="C690" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D690" s="1" t="str">
-        <x:v>[이디야커피] (L)ICED 토피넛라떼</x:v>
+        <x:v>(이마트) 금액권 10,000원권</x:v>
       </x:c>
       <x:c r="E690" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F690" s="4" t="str">
-        <x:v>4,500원</x:v>
+        <x:v>10,000원</x:v>
       </x:c>
       <x:c r="G690" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H690" s="4" t="str">
-        <x:v>3,960원</x:v>
+        <x:v>9,800원</x:v>
       </x:c>
       <x:c r="I690" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="691">
       <x:c r="A691" s="3" t="str">
-        <x:v>이디야커피</x:v>
+        <x:v>이마트</x:v>
       </x:c>
       <x:c r="B691" s="3" t="str">
-        <x:v>G0000009496</x:v>
+        <x:v>G0000006970</x:v>
       </x:c>
       <x:c r="C691" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D691" s="1" t="str">
-        <x:v>[이디야커피] (L)ICED 플레인요거트 플랫치노</x:v>
+        <x:v>(이마트) 금액권 3,000원권</x:v>
       </x:c>
       <x:c r="E691" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F691" s="4" t="str">
-        <x:v>4,900원</x:v>
+        <x:v>3,000원</x:v>
       </x:c>
       <x:c r="G691" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H691" s="4" t="str">
-        <x:v>4,312원</x:v>
+        <x:v>2,940원</x:v>
       </x:c>
       <x:c r="I691" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="692">
       <x:c r="A692" s="3" t="str">
-        <x:v>이디야커피</x:v>
+        <x:v>이마트</x:v>
       </x:c>
       <x:c r="B692" s="3" t="str">
-        <x:v>G0000009472</x:v>
+        <x:v>G0000006969</x:v>
       </x:c>
       <x:c r="C692" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D692" s="1" t="str">
-        <x:v>[이디야커피] (L)ICED 헤이즐넛 아메리카노</x:v>
+        <x:v>(이마트) 금액권 5,000원권</x:v>
       </x:c>
       <x:c r="E692" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F692" s="4" t="str">
-        <x:v>3,900원</x:v>
+        <x:v>5,000원</x:v>
       </x:c>
       <x:c r="G692" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H692" s="4" t="str">
-        <x:v>3,432원</x:v>
+        <x:v>4,900원</x:v>
       </x:c>
       <x:c r="I692" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="693">
       <x:c r="A693" s="3" t="str">
-        <x:v>이디야커피</x:v>
+        <x:v>이마트/트레이더스</x:v>
       </x:c>
       <x:c r="B693" s="3" t="str">
-        <x:v>G0000009423</x:v>
+        <x:v>G0000006767</x:v>
       </x:c>
       <x:c r="C693" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D693" s="1" t="str">
-        <x:v>[이디야커피] (L)ICED 화이트초콜릿</x:v>
+        <x:v>(이마티콘) 금액권 1만원권</x:v>
       </x:c>
       <x:c r="E693" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F693" s="4" t="str">
-        <x:v>4,500원</x:v>
+        <x:v>10,000원</x:v>
       </x:c>
       <x:c r="G693" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H693" s="4" t="str">
-        <x:v>3,960원</x:v>
+        <x:v>9,800원</x:v>
       </x:c>
       <x:c r="I693" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="694">
       <x:c r="A694" s="3" t="str">
-        <x:v>이디야커피</x:v>
+        <x:v>이마트/트레이더스</x:v>
       </x:c>
       <x:c r="B694" s="3" t="str">
-        <x:v>G0000009490</x:v>
+        <x:v>G0000006766</x:v>
       </x:c>
       <x:c r="C694" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D694" s="1" t="str">
-        <x:v>[이디야커피] (L)ICED 흑당 콜드브루</x:v>
+        <x:v>(이마티콘) 금액권 2만원권</x:v>
       </x:c>
       <x:c r="E694" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F694" s="4" t="str">
-        <x:v>4,500원</x:v>
+        <x:v>20,000원</x:v>
       </x:c>
       <x:c r="G694" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H694" s="4" t="str">
-        <x:v>3,960원</x:v>
+        <x:v>19,600원</x:v>
       </x:c>
       <x:c r="I694" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="695">
       <x:c r="A695" s="3" t="str">
-        <x:v>이디야커피</x:v>
+        <x:v>이마트/트레이더스</x:v>
       </x:c>
       <x:c r="B695" s="3" t="str">
-        <x:v>G0000009447</x:v>
+        <x:v>G0000006765</x:v>
       </x:c>
       <x:c r="C695" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D695" s="1" t="str">
-        <x:v>[이디야커피] (L)ICED 흑당라떼</x:v>
+        <x:v>(이마티콘) 금액권 3만원권</x:v>
       </x:c>
       <x:c r="E695" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F695" s="4" t="str">
-        <x:v>3,900원</x:v>
+        <x:v>30,000원</x:v>
       </x:c>
       <x:c r="G695" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H695" s="4" t="str">
-        <x:v>3,432원</x:v>
+        <x:v>29,400원</x:v>
       </x:c>
       <x:c r="I695" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="696">
       <x:c r="A696" s="3" t="str">
-        <x:v>이디야커피</x:v>
+        <x:v>이마트/트레이더스</x:v>
       </x:c>
       <x:c r="B696" s="3" t="str">
-        <x:v>G0000009405</x:v>
+        <x:v>G0000006769</x:v>
       </x:c>
       <x:c r="C696" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D696" s="1" t="str">
-        <x:v>[이디야커피] 고소함이 가득</x:v>
+        <x:v>(이마티콘) 금액권 3천원권</x:v>
       </x:c>
       <x:c r="E696" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F696" s="4" t="str">
-        <x:v>13,400원</x:v>
+        <x:v>3,000원</x:v>
       </x:c>
       <x:c r="G696" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H696" s="4" t="str">
-        <x:v>11,792원</x:v>
+        <x:v>2,940원</x:v>
       </x:c>
       <x:c r="I696" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="697">
       <x:c r="A697" s="3" t="str">
-        <x:v>이디야커피</x:v>
+        <x:v>이마트/트레이더스</x:v>
       </x:c>
       <x:c r="B697" s="3" t="str">
-        <x:v>G0000009494</x:v>
+        <x:v>G0000006768</x:v>
       </x:c>
       <x:c r="C697" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D697" s="1" t="str">
-        <x:v>[이디야커피] 다함께 나눠먹어요</x:v>
+        <x:v>(이마티콘) 금액권 5만원권</x:v>
       </x:c>
       <x:c r="E697" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F697" s="4" t="str">
-        <x:v>24,600원</x:v>
+        <x:v>50,000원</x:v>
       </x:c>
       <x:c r="G697" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H697" s="4" t="str">
-        <x:v>21,648원</x:v>
+        <x:v>49,000원</x:v>
       </x:c>
       <x:c r="I697" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="698">
       <x:c r="A698" s="3" t="str">
-        <x:v>이디야커피</x:v>
+        <x:v>이마트/트레이더스</x:v>
       </x:c>
       <x:c r="B698" s="3" t="str">
-        <x:v>G0000009470</x:v>
+        <x:v>G0000007590</x:v>
       </x:c>
       <x:c r="C698" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D698" s="1" t="str">
-        <x:v>[이디야커피] 디카페인 (L)HOT 민트모카</x:v>
+        <x:v>(이마티콘) 금액권 5천원권</x:v>
       </x:c>
       <x:c r="E698" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F698" s="4" t="str">
-        <x:v>5,400원</x:v>
+        <x:v>5,000원</x:v>
       </x:c>
       <x:c r="G698" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H698" s="4" t="str">
-        <x:v>4,752원</x:v>
+        <x:v>4,900원</x:v>
       </x:c>
       <x:c r="I698" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="699">
       <x:c r="A699" s="3" t="str">
-        <x:v>이디야커피</x:v>
+        <x:v>이마트24</x:v>
       </x:c>
       <x:c r="B699" s="3" t="str">
-        <x:v>G0000009464</x:v>
+        <x:v>G0000009019</x:v>
       </x:c>
       <x:c r="C699" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D699" s="1" t="str">
-        <x:v>[이디야커피] 디카페인 (L)HOT 바닐라라떼</x:v>
+        <x:v>[이마트24] 1만원권</x:v>
       </x:c>
       <x:c r="E699" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F699" s="4" t="str">
-        <x:v>5,000원</x:v>
+        <x:v>10,000원</x:v>
       </x:c>
       <x:c r="G699" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H699" s="4" t="str">
-        <x:v>4,400원</x:v>
+        <x:v>9,800원</x:v>
       </x:c>
       <x:c r="I699" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="700">
       <x:c r="A700" s="3" t="str">
-        <x:v>이디야커피</x:v>
+        <x:v>이마트24</x:v>
       </x:c>
       <x:c r="B700" s="3" t="str">
-        <x:v>G0000009469</x:v>
+        <x:v>G0000009020</x:v>
       </x:c>
       <x:c r="C700" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D700" s="1" t="str">
-        <x:v>[이디야커피] 디카페인 (L)HOT 시그니처라떼</x:v>
+        <x:v>[이마트24] 2만원권</x:v>
       </x:c>
       <x:c r="E700" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F700" s="4" t="str">
-        <x:v>5,200원</x:v>
+        <x:v>20,000원</x:v>
       </x:c>
       <x:c r="G700" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H700" s="4" t="str">
-        <x:v>4,576원</x:v>
+        <x:v>19,600원</x:v>
       </x:c>
       <x:c r="I700" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="701">
       <x:c r="A701" s="3" t="str">
-        <x:v>이디야커피</x:v>
+        <x:v>이마트24</x:v>
       </x:c>
       <x:c r="B701" s="3" t="str">
-        <x:v>G0000009460</x:v>
+        <x:v>G0000009021</x:v>
       </x:c>
       <x:c r="C701" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D701" s="1" t="str">
-        <x:v>[이디야커피] 디카페인 (L)HOT 아메리카노</x:v>
+        <x:v>[이마트24] 3만원권</x:v>
       </x:c>
       <x:c r="E701" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F701" s="4" t="str">
-        <x:v>3,700원</x:v>
+        <x:v>30,000원</x:v>
       </x:c>
       <x:c r="G701" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H701" s="4" t="str">
-        <x:v>3,256원</x:v>
+        <x:v>29,400원</x:v>
       </x:c>
       <x:c r="I701" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="702">
       <x:c r="A702" s="3" t="str">
-        <x:v>이디야커피</x:v>
+        <x:v>이마트24</x:v>
       </x:c>
       <x:c r="B702" s="3" t="str">
-        <x:v>G0000009465</x:v>
+        <x:v>G0000009022</x:v>
       </x:c>
       <x:c r="C702" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D702" s="1" t="str">
-        <x:v>[이디야커피] 디카페인 (L)HOT 연유카페라떼</x:v>
+        <x:v>[이마트24] 5만원권</x:v>
       </x:c>
       <x:c r="E702" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F702" s="4" t="str">
-        <x:v>5,000원</x:v>
+        <x:v>50,000원</x:v>
       </x:c>
       <x:c r="G702" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H702" s="4" t="str">
-        <x:v>4,400원</x:v>
+        <x:v>49,000원</x:v>
       </x:c>
       <x:c r="I702" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="703">
       <x:c r="A703" s="3" t="str">
-        <x:v>이디야커피</x:v>
+        <x:v>이비가짬뽕</x:v>
       </x:c>
       <x:c r="B703" s="3" t="str">
-        <x:v>G0000009468</x:v>
+        <x:v>G0000008873</x:v>
       </x:c>
       <x:c r="C703" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D703" s="1" t="str">
-        <x:v>[이디야커피] 디카페인 (L)HOT 카라멜마끼아또</x:v>
+        <x:v>[이비가짬뽕] 외식상품권 1만원권</x:v>
       </x:c>
       <x:c r="E703" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F703" s="4" t="str">
-        <x:v>5,000원</x:v>
+        <x:v>10,000원</x:v>
       </x:c>
       <x:c r="G703" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H703" s="4" t="str">
-        <x:v>4,400원</x:v>
+        <x:v>9,000원</x:v>
       </x:c>
       <x:c r="I703" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="704">
       <x:c r="A704" s="3" t="str">
-        <x:v>이디야커피</x:v>
+        <x:v>이비가짬뽕</x:v>
       </x:c>
       <x:c r="B704" s="3" t="str">
-        <x:v>G0000009462</x:v>
+        <x:v>G0000008874</x:v>
       </x:c>
       <x:c r="C704" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D704" s="1" t="str">
-        <x:v>[이디야커피] 디카페인 (L)HOT 카페라떼</x:v>
+        <x:v>[이비가짬뽕] 외식상품권 3만원권</x:v>
       </x:c>
       <x:c r="E704" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F704" s="4" t="str">
-        <x:v>4,700원</x:v>
+        <x:v>30,000원</x:v>
       </x:c>
       <x:c r="G704" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H704" s="4" t="str">
-        <x:v>4,136원</x:v>
+        <x:v>27,000원</x:v>
       </x:c>
       <x:c r="I704" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="705">
       <x:c r="A705" s="3" t="str">
-        <x:v>이디야커피</x:v>
+        <x:v>이비가짬뽕</x:v>
       </x:c>
       <x:c r="B705" s="3" t="str">
-        <x:v>G0000009466</x:v>
+        <x:v>G0000008875</x:v>
       </x:c>
       <x:c r="C705" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D705" s="1" t="str">
-        <x:v>[이디야커피] 디카페인 (L)HOT 카페모카</x:v>
+        <x:v>[이비가짬뽕] 외식상품권 5만원권</x:v>
       </x:c>
       <x:c r="E705" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F705" s="4" t="str">
-        <x:v>5,000원</x:v>
+        <x:v>50,000원</x:v>
       </x:c>
       <x:c r="G705" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H705" s="4" t="str">
-        <x:v>4,400원</x:v>
+        <x:v>45,000원</x:v>
       </x:c>
       <x:c r="I705" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="706">
       <x:c r="A706" s="3" t="str">
-        <x:v>이디야커피</x:v>
+        <x:v>이삭토스트</x:v>
       </x:c>
       <x:c r="B706" s="3" t="str">
-        <x:v>G0000009463</x:v>
+        <x:v>G0000006801</x:v>
       </x:c>
       <x:c r="C706" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D706" s="1" t="str">
-        <x:v>[이디야커피] 디카페인 (L)HOT 카푸치노</x:v>
+        <x:v>[이삭토스트] 1만원권</x:v>
       </x:c>
       <x:c r="E706" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F706" s="4" t="str">
-        <x:v>4,700원</x:v>
+        <x:v>10,000원</x:v>
       </x:c>
       <x:c r="G706" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H706" s="4" t="str">
-        <x:v>4,136원</x:v>
+        <x:v>9,000원</x:v>
       </x:c>
       <x:c r="I706" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="707">
       <x:c r="A707" s="3" t="str">
-        <x:v>이디야커피</x:v>
+        <x:v>이삭토스트</x:v>
       </x:c>
       <x:c r="B707" s="3" t="str">
-        <x:v>G0000009461</x:v>
+        <x:v>G0000006802</x:v>
       </x:c>
       <x:c r="C707" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D707" s="1" t="str">
-        <x:v>[이디야커피] 디카페인 (L)HOT 헤이즐넛 아메리카노</x:v>
+        <x:v>[이삭토스트] 2만원권</x:v>
       </x:c>
       <x:c r="E707" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F707" s="4" t="str">
-        <x:v>4,400원</x:v>
+        <x:v>20,000원</x:v>
       </x:c>
       <x:c r="G707" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H707" s="4" t="str">
-        <x:v>3,872원</x:v>
+        <x:v>18,000원</x:v>
       </x:c>
       <x:c r="I707" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="708">
       <x:c r="A708" s="3" t="str">
-        <x:v>이디야커피</x:v>
+        <x:v>이삭토스트</x:v>
       </x:c>
       <x:c r="B708" s="3" t="str">
-        <x:v>G0000009467</x:v>
+        <x:v>G0000006803</x:v>
       </x:c>
       <x:c r="C708" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D708" s="1" t="str">
-        <x:v>[이디야커피] 디카페인 (L)HOT 화이트 초콜릿 모카</x:v>
+        <x:v>[이삭토스트] 3만원권</x:v>
       </x:c>
       <x:c r="E708" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F708" s="4" t="str">
-        <x:v>5,000원</x:v>
+        <x:v>30,000원</x:v>
       </x:c>
       <x:c r="G708" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H708" s="4" t="str">
-        <x:v>4,400원</x:v>
+        <x:v>27,000원</x:v>
       </x:c>
       <x:c r="I708" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="709">
       <x:c r="A709" s="3" t="str">
-        <x:v>이디야커피</x:v>
+        <x:v>이삭토스트</x:v>
       </x:c>
       <x:c r="B709" s="3" t="str">
-        <x:v>G0000009477</x:v>
+        <x:v>G0000006963</x:v>
       </x:c>
       <x:c r="C709" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D709" s="1" t="str">
-        <x:v>[이디야커피] 디카페인 (L)ICED 꿀화이트 아메리카노</x:v>
+        <x:v>[이삭토스트] 5만원권</x:v>
       </x:c>
       <x:c r="E709" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F709" s="4" t="str">
-        <x:v>4,400원</x:v>
+        <x:v>50,000원</x:v>
       </x:c>
       <x:c r="G709" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H709" s="4" t="str">
-        <x:v>3,872원</x:v>
+        <x:v>45,000원</x:v>
       </x:c>
       <x:c r="I709" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="710">
       <x:c r="A710" s="3" t="str">
-        <x:v>이디야커피</x:v>
+        <x:v>이삭토스트</x:v>
       </x:c>
       <x:c r="B710" s="3" t="str">
-        <x:v>G0000009414</x:v>
+        <x:v>G0000006800</x:v>
       </x:c>
       <x:c r="C710" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D710" s="1" t="str">
-        <x:v>[이디야커피] 디카페인 (L)ICED 넛츠크림라떼</x:v>
+        <x:v>[이삭토스트] 5천원권</x:v>
       </x:c>
       <x:c r="E710" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F710" s="4" t="str">
-        <x:v>5,200원</x:v>
+        <x:v>5,000원</x:v>
       </x:c>
       <x:c r="G710" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H710" s="4" t="str">
-        <x:v>4,576원</x:v>
+        <x:v>4,500원</x:v>
       </x:c>
       <x:c r="I710" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="711">
       <x:c r="A711" s="3" t="str">
-        <x:v>이디야커피</x:v>
+        <x:v>정관장</x:v>
       </x:c>
       <x:c r="B711" s="3" t="str">
-        <x:v>G0000009416</x:v>
+        <x:v>G0000007000</x:v>
       </x:c>
       <x:c r="C711" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D711" s="1" t="str">
-        <x:v>[이디야커피] 디카페인 (L)ICED 민트모카</x:v>
+        <x:v>[정관장] 모바일 금액상품권 10만원권</x:v>
       </x:c>
       <x:c r="E711" s="3" t="str">
-        <x:v>60일</x:v>
+        <x:v>1824일</x:v>
       </x:c>
       <x:c r="F711" s="4" t="str">
-        <x:v>5,400원</x:v>
+        <x:v>100,000원</x:v>
       </x:c>
       <x:c r="G711" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H711" s="4" t="str">
-        <x:v>4,752원</x:v>
+        <x:v>98,000원</x:v>
       </x:c>
       <x:c r="I711" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="712">
       <x:c r="A712" s="3" t="str">
-        <x:v>이디야커피</x:v>
+        <x:v>정관장</x:v>
       </x:c>
       <x:c r="B712" s="3" t="str">
-        <x:v>G0000009480</x:v>
+        <x:v>G0000007702</x:v>
       </x:c>
       <x:c r="C712" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D712" s="1" t="str">
-        <x:v>[이디야커피] 디카페인 (L)ICED 바닐라라떼</x:v>
+        <x:v>[정관장] 모바일 금액상품권 1만원권</x:v>
       </x:c>
       <x:c r="E712" s="3" t="str">
-        <x:v>60일</x:v>
+        <x:v>1824일</x:v>
       </x:c>
       <x:c r="F712" s="4" t="str">
-        <x:v>5,000원</x:v>
+        <x:v>10,000원</x:v>
       </x:c>
       <x:c r="G712" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H712" s="4" t="str">
-        <x:v>4,400원</x:v>
+        <x:v>9,800원</x:v>
       </x:c>
       <x:c r="I712" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="713">
       <x:c r="A713" s="3" t="str">
-        <x:v>이디야커피</x:v>
+        <x:v>정관장</x:v>
       </x:c>
       <x:c r="B713" s="3" t="str">
-        <x:v>G0000009413</x:v>
+        <x:v>G0000007001</x:v>
       </x:c>
       <x:c r="C713" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D713" s="1" t="str">
-        <x:v>[이디야커피] 디카페인 (L)ICED 시그니처라떼</x:v>
+        <x:v>[정관장] 모바일 금액상품권 2만원권</x:v>
       </x:c>
       <x:c r="E713" s="3" t="str">
-        <x:v>60일</x:v>
+        <x:v>1824일</x:v>
       </x:c>
       <x:c r="F713" s="4" t="str">
-        <x:v>5,200원</x:v>
+        <x:v>20,000원</x:v>
       </x:c>
       <x:c r="G713" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H713" s="4" t="str">
-        <x:v>4,576원</x:v>
+        <x:v>19,600원</x:v>
       </x:c>
       <x:c r="I713" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="714">
       <x:c r="A714" s="3" t="str">
-        <x:v>이디야커피</x:v>
+        <x:v>정관장</x:v>
       </x:c>
       <x:c r="B714" s="3" t="str">
-        <x:v>G0000009475</x:v>
+        <x:v>G0000007002</x:v>
       </x:c>
       <x:c r="C714" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D714" s="1" t="str">
-        <x:v>[이디야커피] 디카페인 (L)ICED 아메리카노</x:v>
+        <x:v>[정관장] 모바일 금액상품권 3만원권</x:v>
       </x:c>
       <x:c r="E714" s="3" t="str">
-        <x:v>60일</x:v>
+        <x:v>1824일</x:v>
       </x:c>
       <x:c r="F714" s="4" t="str">
-        <x:v>3,700원</x:v>
+        <x:v>30,000원</x:v>
       </x:c>
       <x:c r="G714" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H714" s="4" t="str">
-        <x:v>3,256원</x:v>
+        <x:v>29,400원</x:v>
       </x:c>
       <x:c r="I714" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="715">
       <x:c r="A715" s="3" t="str">
-        <x:v>이디야커피</x:v>
+        <x:v>정관장</x:v>
       </x:c>
       <x:c r="B715" s="3" t="str">
-        <x:v>G0000009499</x:v>
+        <x:v>G0000007705</x:v>
       </x:c>
       <x:c r="C715" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D715" s="1" t="str">
-        <x:v>[이디야커피] 디카페인 (L)ICED 아샷추복숭아</x:v>
+        <x:v>[정관장] 모바일 상품권(활기력 20ml*10병 추천형)</x:v>
       </x:c>
       <x:c r="E715" s="3" t="str">
-        <x:v>60일</x:v>
+        <x:v>1824일</x:v>
       </x:c>
       <x:c r="F715" s="4" t="str">
-        <x:v>3,700원</x:v>
+        <x:v>29,000원</x:v>
       </x:c>
       <x:c r="G715" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H715" s="4" t="str">
-        <x:v>3,256원</x:v>
+        <x:v>25,520원</x:v>
       </x:c>
       <x:c r="I715" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="716">
       <x:c r="A716" s="3" t="str">
-        <x:v>이디야커피</x:v>
+        <x:v>정관장</x:v>
       </x:c>
       <x:c r="B716" s="3" t="str">
-        <x:v>G0000009404</x:v>
+        <x:v>G0000007704</x:v>
       </x:c>
       <x:c r="C716" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D716" s="1" t="str">
-        <x:v>[이디야커피] 디카페인 (L)ICED 에스프레소 쉐이크</x:v>
+        <x:v>[정관장] 봉밀절편홍삼 20g*12포</x:v>
       </x:c>
       <x:c r="E716" s="3" t="str">
-        <x:v>60일</x:v>
+        <x:v>1824일</x:v>
       </x:c>
       <x:c r="F716" s="4" t="str">
-        <x:v>5,600원</x:v>
+        <x:v>125,000원</x:v>
       </x:c>
       <x:c r="G716" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H716" s="4" t="str">
-        <x:v>4,928원</x:v>
+        <x:v>110,000원</x:v>
       </x:c>
       <x:c r="I716" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="717">
       <x:c r="A717" s="3" t="str">
-        <x:v>이디야커피</x:v>
+        <x:v>정관장</x:v>
       </x:c>
       <x:c r="B717" s="3" t="str">
-        <x:v>G0000009481</x:v>
+        <x:v>G0000007004</x:v>
       </x:c>
       <x:c r="C717" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D717" s="1" t="str">
-        <x:v>[이디야커피] 디카페인 (L)ICED 연유카페라떼</x:v>
+        <x:v>[정관장]모바일 금액상품권 20만원권</x:v>
       </x:c>
       <x:c r="E717" s="3" t="str">
-        <x:v>60일</x:v>
+        <x:v>1824일</x:v>
       </x:c>
       <x:c r="F717" s="4" t="str">
-        <x:v>5,000원</x:v>
+        <x:v>200,000원</x:v>
       </x:c>
       <x:c r="G717" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H717" s="4" t="str">
-        <x:v>4,400원</x:v>
+        <x:v>196,000원</x:v>
       </x:c>
       <x:c r="I717" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="718">
       <x:c r="A718" s="3" t="str">
-        <x:v>이디야커피</x:v>
+        <x:v>정관장</x:v>
       </x:c>
       <x:c r="B718" s="3" t="str">
-        <x:v>G0000009417</x:v>
+        <x:v>G0000007005</x:v>
       </x:c>
       <x:c r="C718" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D718" s="1" t="str">
-        <x:v>[이디야커피] 디카페인 (L)ICED 연유콜드브루</x:v>
+        <x:v>[정관장]모바일 금액상품권 30만원권</x:v>
       </x:c>
       <x:c r="E718" s="3" t="str">
-        <x:v>60일</x:v>
+        <x:v>1824일</x:v>
       </x:c>
       <x:c r="F718" s="4" t="str">
-        <x:v>5,400원</x:v>
+        <x:v>300,000원</x:v>
       </x:c>
       <x:c r="G718" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H718" s="4" t="str">
-        <x:v>4,752원</x:v>
+        <x:v>294,000원</x:v>
       </x:c>
       <x:c r="I718" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="719">
       <x:c r="A719" s="3" t="str">
-        <x:v>이디야커피</x:v>
+        <x:v>정관장</x:v>
       </x:c>
       <x:c r="B719" s="3" t="str">
-        <x:v>G0000009501</x:v>
+        <x:v>G0000007006</x:v>
       </x:c>
       <x:c r="C719" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D719" s="1" t="str">
-        <x:v>[이디야커피] 디카페인 (L)ICED 제로슈가아샷추복숭아</x:v>
+        <x:v>[정관장]모바일 금액상품권 5만원권</x:v>
       </x:c>
       <x:c r="E719" s="3" t="str">
-        <x:v>60일</x:v>
+        <x:v>1824일</x:v>
       </x:c>
       <x:c r="F719" s="4" t="str">
-        <x:v>3,700원</x:v>
+        <x:v>50,000원</x:v>
       </x:c>
       <x:c r="G719" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H719" s="4" t="str">
-        <x:v>3,256원</x:v>
+        <x:v>49,000원</x:v>
       </x:c>
       <x:c r="I719" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="720">
       <x:c r="A720" s="3" t="str">
-        <x:v>이디야커피</x:v>
+        <x:v>정관장</x:v>
       </x:c>
       <x:c r="B720" s="3" t="str">
-        <x:v>G0000009411</x:v>
+        <x:v>G0000007007</x:v>
       </x:c>
       <x:c r="C720" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D720" s="1" t="str">
-        <x:v>[이디야커피] 디카페인 (L)ICED 카라멜마끼아또</x:v>
+        <x:v>[정관장]모바일 금액상품권 5천원권</x:v>
       </x:c>
       <x:c r="E720" s="3" t="str">
-        <x:v>60일</x:v>
+        <x:v>1824일</x:v>
       </x:c>
       <x:c r="F720" s="4" t="str">
         <x:v>5,000원</x:v>
       </x:c>
       <x:c r="G720" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H720" s="4" t="str">
-        <x:v>4,400원</x:v>
+        <x:v>4,900원</x:v>
       </x:c>
       <x:c r="I720" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="721">
       <x:c r="A721" s="3" t="str">
-        <x:v>이디야커피</x:v>
+        <x:v>정관장</x:v>
       </x:c>
       <x:c r="B721" s="3" t="str">
-        <x:v>G0000009478</x:v>
+        <x:v>G0000007008</x:v>
       </x:c>
       <x:c r="C721" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D721" s="1" t="str">
-        <x:v>[이디야커피] 디카페인 (L)ICED 카페라떼</x:v>
+        <x:v>[정관장]모바일 상품권(홍삼정 에브리타임 10ml*30포 추천형)</x:v>
       </x:c>
       <x:c r="E721" s="3" t="str">
-        <x:v>60일</x:v>
+        <x:v>1824일</x:v>
       </x:c>
       <x:c r="F721" s="4" t="str">
-        <x:v>4,700원</x:v>
+        <x:v>102,000원</x:v>
       </x:c>
       <x:c r="G721" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H721" s="4" t="str">
-        <x:v>4,136원</x:v>
+        <x:v>89,760원</x:v>
       </x:c>
       <x:c r="I721" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="722">
       <x:c r="A722" s="3" t="str">
-        <x:v>이디야커피</x:v>
+        <x:v>정관장</x:v>
       </x:c>
       <x:c r="B722" s="3" t="str">
-        <x:v>G0000009482</x:v>
+        <x:v>G0000007009</x:v>
       </x:c>
       <x:c r="C722" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D722" s="1" t="str">
-        <x:v>[이디야커피] 디카페인 (L)ICED 카페모카</x:v>
+        <x:v>[정관장]모바일 상품권(활기단 3.75gX10환 추천형)</x:v>
       </x:c>
       <x:c r="E722" s="3" t="str">
-        <x:v>60일</x:v>
+        <x:v>1824일</x:v>
       </x:c>
       <x:c r="F722" s="4" t="str">
-        <x:v>5,000원</x:v>
+        <x:v>32,000원</x:v>
       </x:c>
       <x:c r="G722" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H722" s="4" t="str">
-        <x:v>4,400원</x:v>
+        <x:v>28,160원</x:v>
       </x:c>
       <x:c r="I722" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="723">
       <x:c r="A723" s="3" t="str">
-        <x:v>이디야커피</x:v>
+        <x:v>죠스떡볶이</x:v>
       </x:c>
       <x:c r="B723" s="3" t="str">
-        <x:v>G0000009479</x:v>
+        <x:v>G0000006986</x:v>
       </x:c>
       <x:c r="C723" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D723" s="1" t="str">
-        <x:v>[이디야커피] 디카페인 (L)ICED 카푸치노</x:v>
+        <x:v>[죠스떡볶이] 1만원권</x:v>
       </x:c>
       <x:c r="E723" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F723" s="4" t="str">
-        <x:v>4,700원</x:v>
+        <x:v>10,000원</x:v>
       </x:c>
       <x:c r="G723" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H723" s="4" t="str">
-        <x:v>4,136원</x:v>
+        <x:v>9,000원</x:v>
       </x:c>
       <x:c r="I723" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="724">
       <x:c r="A724" s="3" t="str">
-        <x:v>이디야커피</x:v>
+        <x:v>죠스떡볶이</x:v>
       </x:c>
       <x:c r="B724" s="3" t="str">
-        <x:v>G0000009498</x:v>
+        <x:v>G0000006987</x:v>
       </x:c>
       <x:c r="C724" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D724" s="1" t="str">
-        <x:v>[이디야커피] 디카페인 (L)ICED 콜드브루</x:v>
+        <x:v>[죠스떡볶이] 2만원권</x:v>
       </x:c>
       <x:c r="E724" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F724" s="4" t="str">
-        <x:v>4,700원</x:v>
+        <x:v>20,000원</x:v>
       </x:c>
       <x:c r="G724" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H724" s="4" t="str">
-        <x:v>4,136원</x:v>
+        <x:v>18,000원</x:v>
       </x:c>
       <x:c r="I724" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="725">
       <x:c r="A725" s="3" t="str">
-        <x:v>이디야커피</x:v>
+        <x:v>죠스떡볶이</x:v>
       </x:c>
       <x:c r="B725" s="3" t="str">
-        <x:v>G0000009415</x:v>
+        <x:v>G0000006988</x:v>
       </x:c>
       <x:c r="C725" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D725" s="1" t="str">
-        <x:v>[이디야커피] 디카페인 (L)ICED 콜드브루 라떼</x:v>
+        <x:v>[죠스떡볶이] 3만원권</x:v>
       </x:c>
       <x:c r="E725" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F725" s="4" t="str">
-        <x:v>5,200원</x:v>
+        <x:v>30,000원</x:v>
       </x:c>
       <x:c r="G725" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H725" s="4" t="str">
-        <x:v>4,576원</x:v>
+        <x:v>27,000원</x:v>
       </x:c>
       <x:c r="I725" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="726">
       <x:c r="A726" s="3" t="str">
-        <x:v>이디야커피</x:v>
+        <x:v>죠스떡볶이</x:v>
       </x:c>
       <x:c r="B726" s="3" t="str">
-        <x:v>G0000009476</x:v>
+        <x:v>G0000006989</x:v>
       </x:c>
       <x:c r="C726" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D726" s="1" t="str">
-        <x:v>[이디야커피] 디카페인 (L)ICED 헤이즐넛 아메리카노</x:v>
+        <x:v>[죠스떡볶이] 5천원권</x:v>
       </x:c>
       <x:c r="E726" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F726" s="4" t="str">
-        <x:v>4,400원</x:v>
+        <x:v>5,000원</x:v>
       </x:c>
       <x:c r="G726" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H726" s="4" t="str">
-        <x:v>3,872원</x:v>
+        <x:v>4,500원</x:v>
       </x:c>
       <x:c r="I726" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="727">
       <x:c r="A727" s="3" t="str">
-        <x:v>이디야커피</x:v>
+        <x:v>커피빈</x:v>
       </x:c>
       <x:c r="B727" s="3" t="str">
-        <x:v>G0000009410</x:v>
+        <x:v>G0000007600</x:v>
       </x:c>
       <x:c r="C727" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D727" s="1" t="str">
-        <x:v>[이디야커피] 디카페인 (L)ICED 화이트초콜릿 모카</x:v>
+        <x:v>(커피빈) [디카페인] 레몬 캐모마일 티 (R)</x:v>
       </x:c>
       <x:c r="E727" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F727" s="4" t="str">
-        <x:v>5,000원</x:v>
+        <x:v>6,000원</x:v>
       </x:c>
       <x:c r="G727" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H727" s="4" t="str">
-        <x:v>4,400원</x:v>
+        <x:v>5,280원</x:v>
       </x:c>
       <x:c r="I727" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="728">
       <x:c r="A728" s="3" t="str">
-        <x:v>이디야커피</x:v>
+        <x:v>커피빈</x:v>
       </x:c>
       <x:c r="B728" s="3" t="str">
-        <x:v>G0000009497</x:v>
+        <x:v>G0000008743</x:v>
       </x:c>
       <x:c r="C728" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D728" s="1" t="str">
-        <x:v>[이디야커피] 디카페인 (L)ICED 흑당 콜드브루</x:v>
+        <x:v>(커피빈) 1만원권</x:v>
       </x:c>
       <x:c r="E728" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F728" s="4" t="str">
-        <x:v>5,000원</x:v>
+        <x:v>10,000원</x:v>
       </x:c>
       <x:c r="G728" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H728" s="4" t="str">
-        <x:v>4,400원</x:v>
+        <x:v>9,000원</x:v>
       </x:c>
       <x:c r="I728" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="729">
       <x:c r="A729" s="3" t="str">
-        <x:v>이디야커피</x:v>
+        <x:v>커피빈</x:v>
       </x:c>
       <x:c r="B729" s="3" t="str">
-        <x:v>G0000009412</x:v>
+        <x:v>G0000008742</x:v>
       </x:c>
       <x:c r="C729" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D729" s="1" t="str">
-        <x:v>[이디야커피] 디카페인 아포가토</x:v>
+        <x:v>(커피빈) 2만원권</x:v>
       </x:c>
       <x:c r="E729" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F729" s="4" t="str">
-        <x:v>5,200원</x:v>
+        <x:v>20,000원</x:v>
       </x:c>
       <x:c r="G729" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H729" s="4" t="str">
-        <x:v>4,576원</x:v>
+        <x:v>18,000원</x:v>
       </x:c>
       <x:c r="I729" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="730">
       <x:c r="A730" s="3" t="str">
-        <x:v>이디야커피</x:v>
+        <x:v>커피빈</x:v>
       </x:c>
       <x:c r="B730" s="3" t="str">
-        <x:v>G0000009459</x:v>
+        <x:v>G0000008741</x:v>
       </x:c>
       <x:c r="C730" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D730" s="1" t="str">
-        <x:v>[이디야커피] 디카페인 에스프레소</x:v>
+        <x:v>(커피빈) 3만원권</x:v>
       </x:c>
       <x:c r="E730" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F730" s="4" t="str">
-        <x:v>3,400원</x:v>
+        <x:v>30,000원</x:v>
       </x:c>
       <x:c r="G730" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H730" s="4" t="str">
-        <x:v>2,992원</x:v>
+        <x:v>27,000원</x:v>
       </x:c>
       <x:c r="I730" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="731">
       <x:c r="A731" s="3" t="str">
-        <x:v>이디야커피</x:v>
+        <x:v>커피빈</x:v>
       </x:c>
       <x:c r="B731" s="3" t="str">
-        <x:v>G0000009406</x:v>
+        <x:v>G0000008740</x:v>
       </x:c>
       <x:c r="C731" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D731" s="1" t="str">
-        <x:v>[이디야커피] 몸을 따뜻하게</x:v>
+        <x:v>(커피빈) 5만원권</x:v>
       </x:c>
       <x:c r="E731" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F731" s="4" t="str">
-        <x:v>9,000원</x:v>
+        <x:v>50,000원</x:v>
       </x:c>
       <x:c r="G731" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H731" s="4" t="str">
-        <x:v>7,920원</x:v>
+        <x:v>45,000원</x:v>
       </x:c>
       <x:c r="I731" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="732">
       <x:c r="A732" s="3" t="str">
-        <x:v>이마트</x:v>
+        <x:v>커피빈</x:v>
       </x:c>
       <x:c r="B732" s="3" t="str">
-        <x:v>G0000006968</x:v>
+        <x:v>G0000008739</x:v>
       </x:c>
       <x:c r="C732" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D732" s="1" t="str">
-        <x:v>(이마트) 금액권 10,000원권</x:v>
+        <x:v>(커피빈) 5천원권</x:v>
       </x:c>
       <x:c r="E732" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F732" s="4" t="str">
-        <x:v>10,000원</x:v>
+        <x:v>5,000원</x:v>
       </x:c>
       <x:c r="G732" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H732" s="4" t="str">
-        <x:v>9,800원</x:v>
+        <x:v>4,500원</x:v>
       </x:c>
       <x:c r="I732" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="733">
       <x:c r="A733" s="3" t="str">
-        <x:v>이마트</x:v>
+        <x:v>커피빈</x:v>
       </x:c>
       <x:c r="B733" s="3" t="str">
-        <x:v>G0000006970</x:v>
+        <x:v>G0000009587</x:v>
       </x:c>
       <x:c r="C733" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D733" s="1" t="str">
-        <x:v>(이마트) 금액권 3,000원권</x:v>
+        <x:v>(커피빈) 아메리카노 (S)</x:v>
       </x:c>
       <x:c r="E733" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F733" s="4" t="str">
-        <x:v>3,000원</x:v>
+        <x:v>5,000원</x:v>
       </x:c>
       <x:c r="G733" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H733" s="4" t="str">
-        <x:v>2,940원</x:v>
+        <x:v>4,400원</x:v>
       </x:c>
       <x:c r="I733" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="734">
       <x:c r="A734" s="3" t="str">
-        <x:v>이마트</x:v>
+        <x:v>커피빈</x:v>
       </x:c>
       <x:c r="B734" s="3" t="str">
-        <x:v>G0000006969</x:v>
+        <x:v>G0000009585</x:v>
       </x:c>
       <x:c r="C734" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D734" s="1" t="str">
-        <x:v>(이마트) 금액권 5,000원권</x:v>
+        <x:v>(커피빈) 아이스 아메리카노 (S)</x:v>
       </x:c>
       <x:c r="E734" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F734" s="4" t="str">
         <x:v>5,000원</x:v>
       </x:c>
       <x:c r="G734" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H734" s="4" t="str">
-        <x:v>4,900원</x:v>
+        <x:v>4,400원</x:v>
       </x:c>
       <x:c r="I734" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="735">
       <x:c r="A735" s="3" t="str">
-        <x:v>이마트/트레이더스</x:v>
+        <x:v>커피빈</x:v>
       </x:c>
       <x:c r="B735" s="3" t="str">
-        <x:v>G0000006767</x:v>
+        <x:v>G0000007597</x:v>
       </x:c>
       <x:c r="C735" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D735" s="1" t="str">
-        <x:v>(이마티콘) 금액권 1만원권</x:v>
+        <x:v>(커피빈) 아이스 카페라떼 (S)</x:v>
       </x:c>
       <x:c r="E735" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F735" s="4" t="str">
-        <x:v>10,000원</x:v>
+        <x:v>5,900원</x:v>
       </x:c>
       <x:c r="G735" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H735" s="4" t="str">
-        <x:v>9,800원</x:v>
+        <x:v>5,192원</x:v>
       </x:c>
       <x:c r="I735" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="736">
       <x:c r="A736" s="3" t="str">
-        <x:v>이마트/트레이더스</x:v>
+        <x:v>커피빈</x:v>
       </x:c>
       <x:c r="B736" s="3" t="str">
-        <x:v>G0000006766</x:v>
+        <x:v>G0000007596</x:v>
       </x:c>
       <x:c r="C736" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D736" s="1" t="str">
-        <x:v>(이마티콘) 금액권 2만원권</x:v>
+        <x:v>(커피빈) 카페라떼 (S)</x:v>
       </x:c>
       <x:c r="E736" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F736" s="4" t="str">
-        <x:v>20,000원</x:v>
+        <x:v>5,900원</x:v>
       </x:c>
       <x:c r="G736" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H736" s="4" t="str">
-        <x:v>19,600원</x:v>
+        <x:v>5,192원</x:v>
       </x:c>
       <x:c r="I736" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="737">
       <x:c r="A737" s="3" t="str">
-        <x:v>이마트/트레이더스</x:v>
+        <x:v>커피빈</x:v>
       </x:c>
       <x:c r="B737" s="3" t="str">
-        <x:v>G0000006765</x:v>
+        <x:v>G0000009586</x:v>
       </x:c>
       <x:c r="C737" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D737" s="1" t="str">
-        <x:v>(이마티콘) 금액권 3만원권</x:v>
+        <x:v>(커피빈) 헤이즐넛 아이스 블렌디드 (S)</x:v>
       </x:c>
       <x:c r="E737" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F737" s="4" t="str">
-        <x:v>30,000원</x:v>
+        <x:v>7,100원</x:v>
       </x:c>
       <x:c r="G737" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H737" s="4" t="str">
-        <x:v>29,400원</x:v>
+        <x:v>6,248원</x:v>
       </x:c>
       <x:c r="I737" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="738">
       <x:c r="A738" s="3" t="str">
-        <x:v>이마트/트레이더스</x:v>
+        <x:v>컬쳐랜드</x:v>
       </x:c>
       <x:c r="B738" s="3" t="str">
-        <x:v>G0000006769</x:v>
+        <x:v>G0000007010</x:v>
       </x:c>
       <x:c r="C738" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D738" s="1" t="str">
-        <x:v>(이마티콘) 금액권 3천원권</x:v>
+        <x:v>[컬쳐랜드] 컬쳐랜드상품권(모바일문화상품권) 1만원</x:v>
       </x:c>
       <x:c r="E738" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F738" s="4" t="str">
-        <x:v>3,000원</x:v>
+        <x:v>10,000원</x:v>
       </x:c>
       <x:c r="G738" s="3" t="str">
         <x:v>2%</x:v>
       </x:c>
       <x:c r="H738" s="4" t="str">
-        <x:v>2,940원</x:v>
+        <x:v>9,800원</x:v>
       </x:c>
       <x:c r="I738" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="739">
       <x:c r="A739" s="3" t="str">
-        <x:v>이마트/트레이더스</x:v>
+        <x:v>컬쳐랜드</x:v>
       </x:c>
       <x:c r="B739" s="3" t="str">
-        <x:v>G0000006768</x:v>
+        <x:v>G0000007011</x:v>
       </x:c>
       <x:c r="C739" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D739" s="1" t="str">
-        <x:v>(이마티콘) 금액권 5만원권</x:v>
+        <x:v>[컬쳐랜드] 컬쳐랜드상품권(모바일문화상품권) 2만원</x:v>
       </x:c>
       <x:c r="E739" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F739" s="4" t="str">
-        <x:v>50,000원</x:v>
+        <x:v>20,000원</x:v>
       </x:c>
       <x:c r="G739" s="3" t="str">
         <x:v>2%</x:v>
       </x:c>
       <x:c r="H739" s="4" t="str">
-        <x:v>49,000원</x:v>
+        <x:v>19,600원</x:v>
       </x:c>
       <x:c r="I739" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="740">
       <x:c r="A740" s="3" t="str">
-        <x:v>이마트/트레이더스</x:v>
+        <x:v>컬쳐랜드</x:v>
       </x:c>
       <x:c r="B740" s="3" t="str">
-        <x:v>G0000007590</x:v>
+        <x:v>G0000007012</x:v>
       </x:c>
       <x:c r="C740" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D740" s="1" t="str">
-        <x:v>(이마티콘) 금액권 5천원권</x:v>
+        <x:v>[컬쳐랜드] 컬쳐랜드상품권(모바일문화상품권) 2천원</x:v>
       </x:c>
       <x:c r="E740" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F740" s="4" t="str">
-        <x:v>5,000원</x:v>
+        <x:v>2,000원</x:v>
       </x:c>
       <x:c r="G740" s="3" t="str">
         <x:v>2%</x:v>
       </x:c>
       <x:c r="H740" s="4" t="str">
-        <x:v>4,900원</x:v>
+        <x:v>1,960원</x:v>
       </x:c>
       <x:c r="I740" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="741">
       <x:c r="A741" s="3" t="str">
-        <x:v>이마트24</x:v>
+        <x:v>컬쳐랜드</x:v>
       </x:c>
       <x:c r="B741" s="3" t="str">
-        <x:v>G0000009019</x:v>
+        <x:v>G0000007013</x:v>
       </x:c>
       <x:c r="C741" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D741" s="1" t="str">
-        <x:v>[이마트24] 1만원권</x:v>
+        <x:v>[컬쳐랜드] 컬쳐랜드상품권(모바일문화상품권) 3만원</x:v>
       </x:c>
       <x:c r="E741" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F741" s="4" t="str">
-        <x:v>10,000원</x:v>
+        <x:v>30,000원</x:v>
       </x:c>
       <x:c r="G741" s="3" t="str">
         <x:v>2%</x:v>
       </x:c>
       <x:c r="H741" s="4" t="str">
-        <x:v>9,800원</x:v>
+        <x:v>29,400원</x:v>
       </x:c>
       <x:c r="I741" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="742">
       <x:c r="A742" s="3" t="str">
-        <x:v>이마트24</x:v>
+        <x:v>컬쳐랜드</x:v>
       </x:c>
       <x:c r="B742" s="3" t="str">
-        <x:v>G0000009020</x:v>
+        <x:v>G0000007014</x:v>
       </x:c>
       <x:c r="C742" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D742" s="1" t="str">
-        <x:v>[이마트24] 2만원권</x:v>
+        <x:v>[컬쳐랜드] 컬쳐랜드상품권(모바일문화상품권) 3천원</x:v>
       </x:c>
       <x:c r="E742" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F742" s="4" t="str">
-        <x:v>20,000원</x:v>
+        <x:v>3,000원</x:v>
       </x:c>
       <x:c r="G742" s="3" t="str">
         <x:v>2%</x:v>
       </x:c>
       <x:c r="H742" s="4" t="str">
-        <x:v>19,600원</x:v>
+        <x:v>2,940원</x:v>
       </x:c>
       <x:c r="I742" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="743">
       <x:c r="A743" s="3" t="str">
-        <x:v>이마트24</x:v>
+        <x:v>컬쳐랜드</x:v>
       </x:c>
       <x:c r="B743" s="3" t="str">
-        <x:v>G0000009021</x:v>
+        <x:v>G0000007016</x:v>
       </x:c>
       <x:c r="C743" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D743" s="1" t="str">
-        <x:v>[이마트24] 3만원권</x:v>
+        <x:v>[컬쳐랜드] 컬쳐랜드상품권(모바일문화상품권) 5만원</x:v>
       </x:c>
       <x:c r="E743" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F743" s="4" t="str">
-        <x:v>30,000원</x:v>
+        <x:v>50,000원</x:v>
       </x:c>
       <x:c r="G743" s="3" t="str">
         <x:v>2%</x:v>
       </x:c>
       <x:c r="H743" s="4" t="str">
-        <x:v>29,400원</x:v>
+        <x:v>49,000원</x:v>
       </x:c>
       <x:c r="I743" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="744">
       <x:c r="A744" s="3" t="str">
-        <x:v>이마트24</x:v>
+        <x:v>컬쳐랜드</x:v>
       </x:c>
       <x:c r="B744" s="3" t="str">
-        <x:v>G0000009022</x:v>
+        <x:v>G0000007017</x:v>
       </x:c>
       <x:c r="C744" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D744" s="1" t="str">
-        <x:v>[이마트24] 5만원권</x:v>
+        <x:v>[컬쳐랜드] 컬쳐랜드상품권(모바일문화상품권) 5천원</x:v>
       </x:c>
       <x:c r="E744" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F744" s="4" t="str">
-        <x:v>50,000원</x:v>
+        <x:v>5,000원</x:v>
       </x:c>
       <x:c r="G744" s="3" t="str">
         <x:v>2%</x:v>
       </x:c>
       <x:c r="H744" s="4" t="str">
-        <x:v>49,000원</x:v>
+        <x:v>4,900원</x:v>
       </x:c>
       <x:c r="I744" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="745">
       <x:c r="A745" s="3" t="str">
-        <x:v>이비가짬뽕</x:v>
+        <x:v>컴포즈커피</x:v>
       </x:c>
       <x:c r="B745" s="3" t="str">
-        <x:v>G0000008876</x:v>
+        <x:v>G0000009001</x:v>
       </x:c>
       <x:c r="C745" s="3" t="str">
-        <x:v>일반상품</x:v>
+        <x:v>특가상품</x:v>
       </x:c>
       <x:c r="D745" s="1" t="str">
-        <x:v>[이비가짬뽕] 고기짬뽕</x:v>
+        <x:v>[컴포즈커피] 아메리카노(Hot)(TAKE-OUT)</x:v>
       </x:c>
       <x:c r="E745" s="3" t="str">
-        <x:v>60일</x:v>
+        <x:v>30일</x:v>
       </x:c>
       <x:c r="F745" s="4" t="str">
-        <x:v>11,000원</x:v>
+        <x:v>1,500원</x:v>
       </x:c>
       <x:c r="G745" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>15%</x:v>
       </x:c>
       <x:c r="H745" s="4" t="str">
-        <x:v>9,680원</x:v>
+        <x:v>1,275원</x:v>
       </x:c>
       <x:c r="I745" s="1" t="str">
-        <x:v/>
+        <x:v># 최소 수량 100개 이상 발송 가능
+# 동일 수신번호는 3개를 초과할 수 없습니다.</x:v>
       </x:c>
     </x:row>
     <x:row r="746">
       <x:c r="A746" s="3" t="str">
-        <x:v>이비가짬뽕</x:v>
+        <x:v>컴포즈커피</x:v>
       </x:c>
       <x:c r="B746" s="3" t="str">
-        <x:v>G0000008877</x:v>
+        <x:v>G0000008999</x:v>
       </x:c>
       <x:c r="C746" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D746" s="1" t="str">
-        <x:v>[이비가짬뽕] 백짬뽕</x:v>
+        <x:v>[컴포즈커피] 아메리카노(Hot)(TAKE-OUT)</x:v>
       </x:c>
       <x:c r="E746" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F746" s="4" t="str">
-        <x:v>11,000원</x:v>
+        <x:v>1,500원</x:v>
       </x:c>
       <x:c r="G746" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H746" s="4" t="str">
-        <x:v>9,680원</x:v>
+        <x:v>1,320원</x:v>
       </x:c>
       <x:c r="I746" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="747">
       <x:c r="A747" s="3" t="str">
-        <x:v>이비가짬뽕</x:v>
+        <x:v>컴포즈커피</x:v>
       </x:c>
       <x:c r="B747" s="3" t="str">
-        <x:v>G0000008873</x:v>
+        <x:v>G0000009004</x:v>
       </x:c>
       <x:c r="C747" s="3" t="str">
-        <x:v>일반상품</x:v>
+        <x:v>특가상품</x:v>
       </x:c>
       <x:c r="D747" s="1" t="str">
-        <x:v>[이비가짬뽕] 외식상품권 1만원권</x:v>
+        <x:v>[컴포즈커피] 아메리카노(Ice)(TAKE-OUT)</x:v>
       </x:c>
       <x:c r="E747" s="3" t="str">
-        <x:v>60일</x:v>
+        <x:v>30일</x:v>
       </x:c>
       <x:c r="F747" s="4" t="str">
-        <x:v>10,000원</x:v>
+        <x:v>1,800원</x:v>
       </x:c>
       <x:c r="G747" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>15%</x:v>
       </x:c>
       <x:c r="H747" s="4" t="str">
-        <x:v>9,000원</x:v>
+        <x:v>1,530원</x:v>
       </x:c>
       <x:c r="I747" s="1" t="str">
-        <x:v/>
+        <x:v># 최소 수량 100개 이상 발송 가능
+# 동일 수신번호는 3개를 초과할 수 없습니다.</x:v>
       </x:c>
     </x:row>
     <x:row r="748">
       <x:c r="A748" s="3" t="str">
-        <x:v>이비가짬뽕</x:v>
+        <x:v>컴포즈커피</x:v>
       </x:c>
       <x:c r="B748" s="3" t="str">
-        <x:v>G0000008874</x:v>
+        <x:v>G0000009000</x:v>
       </x:c>
       <x:c r="C748" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D748" s="1" t="str">
-        <x:v>[이비가짬뽕] 외식상품권 3만원권</x:v>
+        <x:v>[컴포즈커피] 아메리카노(Ice)(TAKE-OUT)</x:v>
       </x:c>
       <x:c r="E748" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F748" s="4" t="str">
-        <x:v>30,000원</x:v>
+        <x:v>1,800원</x:v>
       </x:c>
       <x:c r="G748" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H748" s="4" t="str">
-        <x:v>27,000원</x:v>
+        <x:v>1,584원</x:v>
       </x:c>
       <x:c r="I748" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="749">
       <x:c r="A749" s="3" t="str">
-        <x:v>이비가짬뽕</x:v>
+        <x:v>크리스피크림도넛</x:v>
       </x:c>
       <x:c r="B749" s="3" t="str">
-        <x:v>G0000008875</x:v>
+        <x:v>G0000008553</x:v>
       </x:c>
       <x:c r="C749" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D749" s="1" t="str">
-        <x:v>[이비가짬뽕] 외식상품권 5만원권</x:v>
+        <x:v>[롯데GRS금액권] 크리스피크림 모바일금액권 1만원권(잔액관리형)</x:v>
       </x:c>
       <x:c r="E749" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F749" s="4" t="str">
-        <x:v>50,000원</x:v>
+        <x:v>10,000원</x:v>
       </x:c>
       <x:c r="G749" s="3" t="str">
         <x:v>10%</x:v>
       </x:c>
       <x:c r="H749" s="4" t="str">
-        <x:v>45,000원</x:v>
+        <x:v>9,000원</x:v>
       </x:c>
       <x:c r="I749" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="750">
       <x:c r="A750" s="3" t="str">
-        <x:v>이비가짬뽕</x:v>
+        <x:v>크리스피크림도넛</x:v>
       </x:c>
       <x:c r="B750" s="3" t="str">
-        <x:v>G0000008878</x:v>
+        <x:v>G0000008554</x:v>
       </x:c>
       <x:c r="C750" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D750" s="1" t="str">
-        <x:v>[이비가짬뽕] 이비가짬뽕</x:v>
+        <x:v>[롯데GRS금액권] 크리스피크림 모바일금액권 2만원권(잔액관리형)</x:v>
       </x:c>
       <x:c r="E750" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F750" s="4" t="str">
-        <x:v>11,000원</x:v>
+        <x:v>20,000원</x:v>
       </x:c>
       <x:c r="G750" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H750" s="4" t="str">
-        <x:v>9,680원</x:v>
+        <x:v>18,000원</x:v>
       </x:c>
       <x:c r="I750" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="751">
       <x:c r="A751" s="3" t="str">
-        <x:v>이비가짬뽕</x:v>
+        <x:v>크리스피크림도넛</x:v>
       </x:c>
       <x:c r="B751" s="3" t="str">
-        <x:v>G0000008879</x:v>
+        <x:v>G0000008555</x:v>
       </x:c>
       <x:c r="C751" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D751" s="1" t="str">
-        <x:v>[이비가짬뽕] 탕수육(대)</x:v>
+        <x:v>[롯데GRS금액권] 크리스피크림 모바일금액권 3만원권(잔액관리형)</x:v>
       </x:c>
       <x:c r="E751" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F751" s="4" t="str">
-        <x:v>28,000원</x:v>
+        <x:v>30,000원</x:v>
       </x:c>
       <x:c r="G751" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H751" s="4" t="str">
-        <x:v>24,640원</x:v>
+        <x:v>27,000원</x:v>
       </x:c>
       <x:c r="I751" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="752">
       <x:c r="A752" s="3" t="str">
-        <x:v>이비가짬뽕</x:v>
+        <x:v>크리스피크림도넛</x:v>
       </x:c>
       <x:c r="B752" s="3" t="str">
-        <x:v>G0000008880</x:v>
+        <x:v>G0000008556</x:v>
       </x:c>
       <x:c r="C752" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D752" s="1" t="str">
-        <x:v>[이비가짬뽕] 탕수육(소)</x:v>
+        <x:v>[롯데GRS금액권] 크리스피크림 모바일금액권 5만원권(잔액관리형)</x:v>
       </x:c>
       <x:c r="E752" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F752" s="4" t="str">
-        <x:v>16,000원</x:v>
+        <x:v>50,000원</x:v>
       </x:c>
       <x:c r="G752" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H752" s="4" t="str">
-        <x:v>14,080원</x:v>
+        <x:v>45,000원</x:v>
       </x:c>
       <x:c r="I752" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="753">
       <x:c r="A753" s="3" t="str">
-        <x:v>이비가짬뽕</x:v>
+        <x:v>크리스피크림도넛</x:v>
       </x:c>
       <x:c r="B753" s="3" t="str">
-        <x:v>G0000008881</x:v>
+        <x:v>G0000009089</x:v>
       </x:c>
       <x:c r="C753" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D753" s="1" t="str">
-        <x:v>[이비가짬뽕] 탕수육(중)</x:v>
+        <x:v>[롯데GRS크리스피크림도넛] "귀엽고소듕해" 미니 오리지널 글레이즈드 세트</x:v>
       </x:c>
       <x:c r="E753" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F753" s="4" t="str">
-        <x:v>21,000원</x:v>
+        <x:v>10,000원</x:v>
       </x:c>
       <x:c r="G753" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H753" s="4" t="str">
-        <x:v>18,480원</x:v>
+        <x:v>8,800원</x:v>
       </x:c>
       <x:c r="I753" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="754">
       <x:c r="A754" s="3" t="str">
-        <x:v>이비가짬뽕</x:v>
+        <x:v>크리스피크림도넛</x:v>
       </x:c>
       <x:c r="B754" s="3" t="str">
-        <x:v>G0000008882</x:v>
+        <x:v>G0000009088</x:v>
       </x:c>
       <x:c r="C754" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D754" s="1" t="str">
-        <x:v>[이비가짬뽕] 한우짜장</x:v>
+        <x:v>[롯데GRS크리스피크림도넛] "힘내서 공부하자" 프리미엄 어쏘 도넛 1개 + 아메리카노(M) 1잔</x:v>
       </x:c>
       <x:c r="E754" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F754" s="4" t="str">
-        <x:v>9,000원</x:v>
+        <x:v>6,700원</x:v>
       </x:c>
       <x:c r="G754" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H754" s="4" t="str">
-        <x:v>7,920원</x:v>
+        <x:v>5,896원</x:v>
       </x:c>
       <x:c r="I754" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="755">
       <x:c r="A755" s="3" t="str">
-        <x:v>이삭토스트</x:v>
+        <x:v>크리스피크림도넛</x:v>
       </x:c>
       <x:c r="B755" s="3" t="str">
-        <x:v>G0000006801</x:v>
+        <x:v>G0000009087</x:v>
       </x:c>
       <x:c r="C755" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D755" s="1" t="str">
-        <x:v>[이삭토스트] 1만원권</x:v>
+        <x:v>[롯데GRS크리스피크림도넛] [행복한 하루 되세요] 오리지널 하프더즌 + 아메리카노(M) 2잔</x:v>
       </x:c>
       <x:c r="E755" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F755" s="4" t="str">
-        <x:v>10,000원</x:v>
+        <x:v>19,600원</x:v>
       </x:c>
       <x:c r="G755" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H755" s="4" t="str">
-        <x:v>9,000원</x:v>
+        <x:v>17,248원</x:v>
       </x:c>
       <x:c r="I755" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="756">
       <x:c r="A756" s="3" t="str">
-        <x:v>이삭토스트</x:v>
+        <x:v>크리스피크림도넛</x:v>
       </x:c>
       <x:c r="B756" s="3" t="str">
-        <x:v>G0000006802</x:v>
+        <x:v>G0000009085</x:v>
       </x:c>
       <x:c r="C756" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D756" s="1" t="str">
-        <x:v>[이삭토스트] 2만원권</x:v>
+        <x:v>[롯데GRS크리스피크림도넛] 내마음을받아줘(오리지널 글레이즈드 1+아메리카노M 2)</x:v>
       </x:c>
       <x:c r="E756" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F756" s="4" t="str">
-        <x:v>20,000원</x:v>
+        <x:v>10,600원</x:v>
       </x:c>
       <x:c r="G756" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H756" s="4" t="str">
-        <x:v>18,000원</x:v>
+        <x:v>9,328원</x:v>
       </x:c>
       <x:c r="I756" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="757">
       <x:c r="A757" s="3" t="str">
-        <x:v>이삭토스트</x:v>
+        <x:v>크리스피크림도넛</x:v>
       </x:c>
       <x:c r="B757" s="3" t="str">
-        <x:v>G0000006803</x:v>
+        <x:v>G0000009084</x:v>
       </x:c>
       <x:c r="C757" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D757" s="1" t="str">
-        <x:v>[이삭토스트] 3만원권</x:v>
+        <x:v>[롯데GRS크리스피크림도넛] 달달한하루되세요(오리지널 글레이즈드 2+아메리카노M 1)</x:v>
       </x:c>
       <x:c r="E757" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F757" s="4" t="str">
-        <x:v>30,000원</x:v>
+        <x:v>8,000원</x:v>
       </x:c>
       <x:c r="G757" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H757" s="4" t="str">
-        <x:v>27,000원</x:v>
+        <x:v>7,040원</x:v>
       </x:c>
       <x:c r="I757" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="758">
       <x:c r="A758" s="3" t="str">
-        <x:v>이삭토스트</x:v>
+        <x:v>크리스피크림도넛</x:v>
       </x:c>
       <x:c r="B758" s="3" t="str">
-        <x:v>G0000006963</x:v>
+        <x:v>G0000009083</x:v>
       </x:c>
       <x:c r="C758" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D758" s="1" t="str">
-        <x:v>[이삭토스트] 5만원권</x:v>
+        <x:v>[롯데GRS크리스피크림도넛] 라떼(M)</x:v>
       </x:c>
       <x:c r="E758" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F758" s="4" t="str">
-        <x:v>50,000원</x:v>
+        <x:v>4,700원</x:v>
       </x:c>
       <x:c r="G758" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H758" s="4" t="str">
-        <x:v>45,000원</x:v>
+        <x:v>4,136원</x:v>
       </x:c>
       <x:c r="I758" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="759">
       <x:c r="A759" s="3" t="str">
-        <x:v>이삭토스트</x:v>
+        <x:v>크리스피크림도넛</x:v>
       </x:c>
       <x:c r="B759" s="3" t="str">
-        <x:v>G0000006800</x:v>
+        <x:v>G0000009082</x:v>
       </x:c>
       <x:c r="C759" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D759" s="1" t="str">
-        <x:v>[이삭토스트] 5천원권</x:v>
+        <x:v>[롯데GRS크리스피크림도넛] 바닐라 라떼(M)</x:v>
       </x:c>
       <x:c r="E759" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F759" s="4" t="str">
-        <x:v>5,000원</x:v>
+        <x:v>5,200원</x:v>
       </x:c>
       <x:c r="G759" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H759" s="4" t="str">
-        <x:v>4,500원</x:v>
+        <x:v>4,576원</x:v>
       </x:c>
       <x:c r="I759" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="760">
       <x:c r="A760" s="3" t="str">
-        <x:v>정관장</x:v>
+        <x:v>크리스피크림도넛</x:v>
       </x:c>
       <x:c r="B760" s="3" t="str">
-        <x:v>G0000007000</x:v>
+        <x:v>G0000009081</x:v>
       </x:c>
       <x:c r="C760" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D760" s="1" t="str">
-        <x:v>[정관장] 모바일 금액상품권 10만원권</x:v>
+        <x:v>[롯데GRS크리스피크림도넛] 소중한너에게(아메리카노M1+오리지널 글레이즈드 1)</x:v>
       </x:c>
       <x:c r="E760" s="3" t="str">
-        <x:v>1824일</x:v>
+        <x:v>60일</x:v>
       </x:c>
       <x:c r="F760" s="4" t="str">
-        <x:v>100,000원</x:v>
+        <x:v>6,200원</x:v>
       </x:c>
       <x:c r="G760" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H760" s="4" t="str">
-        <x:v>98,000원</x:v>
+        <x:v>5,456원</x:v>
       </x:c>
       <x:c r="I760" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="761">
       <x:c r="A761" s="3" t="str">
-        <x:v>정관장</x:v>
+        <x:v>크리스피크림도넛</x:v>
       </x:c>
       <x:c r="B761" s="3" t="str">
-        <x:v>G0000007702</x:v>
+        <x:v>G0000009080</x:v>
       </x:c>
       <x:c r="C761" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D761" s="1" t="str">
-        <x:v>[정관장] 모바일 금액상품권 1만원권</x:v>
+        <x:v>[롯데GRS크리스피크림도넛] 아메리카노(M)</x:v>
       </x:c>
       <x:c r="E761" s="3" t="str">
-        <x:v>1824일</x:v>
+        <x:v>60일</x:v>
       </x:c>
       <x:c r="F761" s="4" t="str">
-        <x:v>10,000원</x:v>
+        <x:v>4,400원</x:v>
       </x:c>
       <x:c r="G761" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H761" s="4" t="str">
-        <x:v>9,800원</x:v>
+        <x:v>3,872원</x:v>
       </x:c>
       <x:c r="I761" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="762">
       <x:c r="A762" s="3" t="str">
-        <x:v>정관장</x:v>
+        <x:v>크리스피크림도넛</x:v>
       </x:c>
       <x:c r="B762" s="3" t="str">
-        <x:v>G0000007001</x:v>
+        <x:v>G0000009079</x:v>
       </x:c>
       <x:c r="C762" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D762" s="1" t="str">
-        <x:v>[정관장] 모바일 금액상품권 2만원권</x:v>
+        <x:v>[롯데GRS크리스피크림도넛] 아이스 라떼 (L)</x:v>
       </x:c>
       <x:c r="E762" s="3" t="str">
-        <x:v>1824일</x:v>
+        <x:v>60일</x:v>
       </x:c>
       <x:c r="F762" s="4" t="str">
-        <x:v>20,000원</x:v>
+        <x:v>5,200원</x:v>
       </x:c>
       <x:c r="G762" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H762" s="4" t="str">
-        <x:v>19,600원</x:v>
+        <x:v>4,576원</x:v>
       </x:c>
       <x:c r="I762" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="763">
       <x:c r="A763" s="3" t="str">
-        <x:v>정관장</x:v>
+        <x:v>크리스피크림도넛</x:v>
       </x:c>
       <x:c r="B763" s="3" t="str">
-        <x:v>G0000007002</x:v>
+        <x:v>G0000009078</x:v>
       </x:c>
       <x:c r="C763" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D763" s="1" t="str">
-        <x:v>[정관장] 모바일 금액상품권 3만원권</x:v>
+        <x:v>[롯데GRS크리스피크림도넛] 아이스 라떼 (XL)</x:v>
       </x:c>
       <x:c r="E763" s="3" t="str">
-        <x:v>1824일</x:v>
+        <x:v>60일</x:v>
       </x:c>
       <x:c r="F763" s="4" t="str">
-        <x:v>30,000원</x:v>
+        <x:v>6,200원</x:v>
       </x:c>
       <x:c r="G763" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H763" s="4" t="str">
-        <x:v>29,400원</x:v>
+        <x:v>5,456원</x:v>
       </x:c>
       <x:c r="I763" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="764">
       <x:c r="A764" s="3" t="str">
-        <x:v>정관장</x:v>
+        <x:v>크리스피크림도넛</x:v>
       </x:c>
       <x:c r="B764" s="3" t="str">
-        <x:v>G0000007705</x:v>
+        <x:v>G0000009077</x:v>
       </x:c>
       <x:c r="C764" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D764" s="1" t="str">
-        <x:v>[정관장] 모바일 상품권(활기력 20ml*10병 추천형)</x:v>
+        <x:v>[롯데GRS크리스피크림도넛] 아이스 아메리카노(M)</x:v>
       </x:c>
       <x:c r="E764" s="3" t="str">
-        <x:v>1824일</x:v>
+        <x:v>60일</x:v>
       </x:c>
       <x:c r="F764" s="4" t="str">
-        <x:v>29,000원</x:v>
+        <x:v>4,400원</x:v>
       </x:c>
       <x:c r="G764" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H764" s="4" t="str">
-        <x:v>25,520원</x:v>
+        <x:v>3,872원</x:v>
       </x:c>
       <x:c r="I764" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="765">
       <x:c r="A765" s="3" t="str">
-        <x:v>정관장</x:v>
+        <x:v>크리스피크림도넛</x:v>
       </x:c>
       <x:c r="B765" s="3" t="str">
-        <x:v>G0000007704</x:v>
+        <x:v>G0000009076</x:v>
       </x:c>
       <x:c r="C765" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D765" s="1" t="str">
-        <x:v>[정관장] 봉밀절편홍삼 20g*12포</x:v>
+        <x:v>[롯데GRS크리스피크림도넛] 어쏘티드 더즌</x:v>
       </x:c>
       <x:c r="E765" s="3" t="str">
-        <x:v>1824일</x:v>
+        <x:v>60일</x:v>
       </x:c>
       <x:c r="F765" s="4" t="str">
-        <x:v>125,000원</x:v>
+        <x:v>19,500원</x:v>
       </x:c>
       <x:c r="G765" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H765" s="4" t="str">
-        <x:v>110,000원</x:v>
+        <x:v>17,160원</x:v>
       </x:c>
       <x:c r="I765" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="766">
       <x:c r="A766" s="3" t="str">
-        <x:v>정관장</x:v>
+        <x:v>크리스피크림도넛</x:v>
       </x:c>
       <x:c r="B766" s="3" t="str">
-        <x:v>G0000007004</x:v>
+        <x:v>G0000009075</x:v>
       </x:c>
       <x:c r="C766" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D766" s="1" t="str">
-        <x:v>[정관장]모바일 금액상품권 20만원권</x:v>
+        <x:v>[롯데GRS크리스피크림도넛] 어쏘티드 하프더즌</x:v>
       </x:c>
       <x:c r="E766" s="3" t="str">
-        <x:v>1824일</x:v>
+        <x:v>60일</x:v>
       </x:c>
       <x:c r="F766" s="4" t="str">
-        <x:v>200,000원</x:v>
+        <x:v>12,400원</x:v>
       </x:c>
       <x:c r="G766" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H766" s="4" t="str">
-        <x:v>196,000원</x:v>
+        <x:v>10,912원</x:v>
       </x:c>
       <x:c r="I766" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="767">
       <x:c r="A767" s="3" t="str">
-        <x:v>정관장</x:v>
+        <x:v>크리스피크림도넛</x:v>
       </x:c>
       <x:c r="B767" s="3" t="str">
-        <x:v>G0000007005</x:v>
+        <x:v>G0000009074</x:v>
       </x:c>
       <x:c r="C767" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D767" s="1" t="str">
-        <x:v>[정관장]모바일 금액상품권 30만원권</x:v>
+        <x:v>[롯데GRS크리스피크림도넛] 오리지널 글레이즈드 더즌</x:v>
       </x:c>
       <x:c r="E767" s="3" t="str">
-        <x:v>1824일</x:v>
+        <x:v>60일</x:v>
       </x:c>
       <x:c r="F767" s="4" t="str">
-        <x:v>300,000원</x:v>
+        <x:v>18,000원</x:v>
       </x:c>
       <x:c r="G767" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H767" s="4" t="str">
-        <x:v>294,000원</x:v>
+        <x:v>15,840원</x:v>
       </x:c>
       <x:c r="I767" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="768">
       <x:c r="A768" s="3" t="str">
-        <x:v>정관장</x:v>
+        <x:v>크리스피크림도넛</x:v>
       </x:c>
       <x:c r="B768" s="3" t="str">
-        <x:v>G0000007006</x:v>
+        <x:v>G0000009073</x:v>
       </x:c>
       <x:c r="C768" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D768" s="1" t="str">
-        <x:v>[정관장]모바일 금액상품권 5만원권</x:v>
+        <x:v>[롯데GRS크리스피크림도넛] 오리지널 더즌+아메리카노 M 2</x:v>
       </x:c>
       <x:c r="E768" s="3" t="str">
-        <x:v>1824일</x:v>
+        <x:v>60일</x:v>
       </x:c>
       <x:c r="F768" s="4" t="str">
-        <x:v>50,000원</x:v>
+        <x:v>26,800원</x:v>
       </x:c>
       <x:c r="G768" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H768" s="4" t="str">
-        <x:v>49,000원</x:v>
+        <x:v>23,584원</x:v>
       </x:c>
       <x:c r="I768" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="769">
       <x:c r="A769" s="3" t="str">
-        <x:v>정관장</x:v>
+        <x:v>크리스피크림도넛</x:v>
       </x:c>
       <x:c r="B769" s="3" t="str">
-        <x:v>G0000007007</x:v>
+        <x:v>G0000009072</x:v>
       </x:c>
       <x:c r="C769" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D769" s="1" t="str">
-        <x:v>[정관장]모바일 금액상품권 5천원권</x:v>
+        <x:v>[롯데GRS크리스피크림도넛] 카라멜 마끼아또(M)</x:v>
       </x:c>
       <x:c r="E769" s="3" t="str">
-        <x:v>1824일</x:v>
+        <x:v>60일</x:v>
       </x:c>
       <x:c r="F769" s="4" t="str">
-        <x:v>5,000원</x:v>
+        <x:v>5,200원</x:v>
       </x:c>
       <x:c r="G769" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H769" s="4" t="str">
-        <x:v>4,900원</x:v>
+        <x:v>4,576원</x:v>
       </x:c>
       <x:c r="I769" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="770">
       <x:c r="A770" s="3" t="str">
-        <x:v>정관장</x:v>
+        <x:v>크리스피크림도넛</x:v>
       </x:c>
       <x:c r="B770" s="3" t="str">
-        <x:v>G0000007008</x:v>
+        <x:v>G0000009070</x:v>
       </x:c>
       <x:c r="C770" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D770" s="1" t="str">
-        <x:v>[정관장]모바일 상품권(홍삼정 에브리타임 10ml*30포 추천형)</x:v>
+        <x:v>[롯데GRS크리스피크림도넛] 카푸치노(M)</x:v>
       </x:c>
       <x:c r="E770" s="3" t="str">
-        <x:v>1824일</x:v>
+        <x:v>60일</x:v>
       </x:c>
       <x:c r="F770" s="4" t="str">
-        <x:v>102,000원</x:v>
+        <x:v>4,700원</x:v>
       </x:c>
       <x:c r="G770" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H770" s="4" t="str">
-        <x:v>89,760원</x:v>
+        <x:v>4,136원</x:v>
       </x:c>
       <x:c r="I770" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="771">
       <x:c r="A771" s="3" t="str">
-        <x:v>정관장</x:v>
+        <x:v>크리스피크림도넛</x:v>
       </x:c>
       <x:c r="B771" s="3" t="str">
-        <x:v>G0000007009</x:v>
+        <x:v>G0000009086</x:v>
       </x:c>
       <x:c r="C771" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D771" s="1" t="str">
-        <x:v>[정관장]모바일 상품권(활기단 3.75gX10환 추천형)</x:v>
+        <x:v>[롯데GRS크리스피크림도넛] OG 하프더즌+아메리카노M 1</x:v>
       </x:c>
       <x:c r="E771" s="3" t="str">
-        <x:v>1824일</x:v>
+        <x:v>60일</x:v>
       </x:c>
       <x:c r="F771" s="4" t="str">
-        <x:v>32,000원</x:v>
+        <x:v>15,200원</x:v>
       </x:c>
       <x:c r="G771" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H771" s="4" t="str">
-        <x:v>28,160원</x:v>
+        <x:v>13,376원</x:v>
       </x:c>
       <x:c r="I771" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="772">
       <x:c r="A772" s="3" t="str">
-        <x:v>죠스떡볶이</x:v>
+        <x:v>탐앤탐스</x:v>
       </x:c>
       <x:c r="B772" s="3" t="str">
-        <x:v>G0000006986</x:v>
+        <x:v>G0000009559</x:v>
       </x:c>
       <x:c r="C772" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D772" s="1" t="str">
-        <x:v>[죠스떡볶이] 1만원권</x:v>
+        <x:v>[탐앤탐스] 갈릭버터브레드</x:v>
       </x:c>
       <x:c r="E772" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F772" s="4" t="str">
-        <x:v>10,000원</x:v>
+        <x:v>6,500원</x:v>
       </x:c>
       <x:c r="G772" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H772" s="4" t="str">
-        <x:v>9,000원</x:v>
+        <x:v>5,720원</x:v>
       </x:c>
       <x:c r="I772" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="773">
       <x:c r="A773" s="3" t="str">
-        <x:v>죠스떡볶이</x:v>
+        <x:v>탐앤탐스</x:v>
       </x:c>
       <x:c r="B773" s="3" t="str">
-        <x:v>G0000006987</x:v>
+        <x:v>G0000009560</x:v>
       </x:c>
       <x:c r="C773" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D773" s="1" t="str">
-        <x:v>[죠스떡볶이] 2만원권</x:v>
+        <x:v>[탐앤탐스] 그린민트 초코 탐앤치노 T</x:v>
       </x:c>
       <x:c r="E773" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F773" s="4" t="str">
-        <x:v>20,000원</x:v>
+        <x:v>5,800원</x:v>
       </x:c>
       <x:c r="G773" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H773" s="4" t="str">
-        <x:v>18,000원</x:v>
+        <x:v>5,104원</x:v>
       </x:c>
       <x:c r="I773" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="774">
       <x:c r="A774" s="3" t="str">
-        <x:v>죠스떡볶이</x:v>
+        <x:v>탐앤탐스</x:v>
       </x:c>
       <x:c r="B774" s="3" t="str">
-        <x:v>G0000006988</x:v>
+        <x:v>G0000009561</x:v>
       </x:c>
       <x:c r="C774" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D774" s="1" t="str">
-        <x:v>[죠스떡볶이] 3만원권</x:v>
+        <x:v>[탐앤탐스] 그린티 탐앤치노 T</x:v>
       </x:c>
       <x:c r="E774" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F774" s="4" t="str">
-        <x:v>30,000원</x:v>
+        <x:v>5,800원</x:v>
       </x:c>
       <x:c r="G774" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H774" s="4" t="str">
-        <x:v>27,000원</x:v>
+        <x:v>5,104원</x:v>
       </x:c>
       <x:c r="I774" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="775">
       <x:c r="A775" s="3" t="str">
-        <x:v>죠스떡볶이</x:v>
+        <x:v>탐앤탐스</x:v>
       </x:c>
       <x:c r="B775" s="3" t="str">
-        <x:v>G0000006989</x:v>
+        <x:v>G0000009555</x:v>
       </x:c>
       <x:c r="C775" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D775" s="1" t="str">
-        <x:v>[죠스떡볶이] 5천원권</x:v>
+        <x:v>[탐앤탐스] 기프티카드 1만원권</x:v>
       </x:c>
       <x:c r="E775" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F775" s="4" t="str">
-        <x:v>5,000원</x:v>
+        <x:v>10,000원</x:v>
       </x:c>
       <x:c r="G775" s="3" t="str">
         <x:v>10%</x:v>
       </x:c>
       <x:c r="H775" s="4" t="str">
-        <x:v>4,500원</x:v>
+        <x:v>9,000원</x:v>
       </x:c>
       <x:c r="I775" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="776">
       <x:c r="A776" s="3" t="str">
-        <x:v>카카오T</x:v>
+        <x:v>탐앤탐스</x:v>
       </x:c>
       <x:c r="B776" s="3" t="str">
-        <x:v>G0000008862</x:v>
+        <x:v>G0000009556</x:v>
       </x:c>
       <x:c r="C776" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D776" s="1" t="str">
-        <x:v>[카카오T] 포인트 이용권 10000P</x:v>
+        <x:v>[탐앤탐스] 기프티카드 2만원권</x:v>
       </x:c>
       <x:c r="E776" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F776" s="4" t="str">
-        <x:v>10,000원</x:v>
+        <x:v>20,000원</x:v>
       </x:c>
       <x:c r="G776" s="3" t="str">
-        <x:v/>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H776" s="4" t="str">
-        <x:v>10,000원</x:v>
+        <x:v>18,000원</x:v>
       </x:c>
       <x:c r="I776" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="777">
       <x:c r="A777" s="3" t="str">
-        <x:v>카카오T</x:v>
+        <x:v>탐앤탐스</x:v>
       </x:c>
       <x:c r="B777" s="3" t="str">
-        <x:v>G0000008863</x:v>
+        <x:v>G0000009557</x:v>
       </x:c>
       <x:c r="C777" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D777" s="1" t="str">
-        <x:v>[카카오T] 포인트 이용권 1000P</x:v>
+        <x:v>[탐앤탐스] 기프티카드 3만원권</x:v>
       </x:c>
       <x:c r="E777" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F777" s="4" t="str">
-        <x:v>1,000원</x:v>
+        <x:v>30,000원</x:v>
       </x:c>
       <x:c r="G777" s="3" t="str">
-        <x:v/>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H777" s="4" t="str">
-        <x:v>1,000원</x:v>
+        <x:v>27,000원</x:v>
       </x:c>
       <x:c r="I777" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="778">
       <x:c r="A778" s="3" t="str">
-        <x:v>카카오T</x:v>
+        <x:v>탐앤탐스</x:v>
       </x:c>
       <x:c r="B778" s="3" t="str">
-        <x:v>G0000008864</x:v>
+        <x:v>G0000009558</x:v>
       </x:c>
       <x:c r="C778" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D778" s="1" t="str">
-        <x:v>[카카오T] 포인트 이용권 20000P</x:v>
+        <x:v>[탐앤탐스] 기프티카드 5만원권</x:v>
       </x:c>
       <x:c r="E778" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F778" s="4" t="str">
-        <x:v>20,000원</x:v>
+        <x:v>50,000원</x:v>
       </x:c>
       <x:c r="G778" s="3" t="str">
-        <x:v/>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H778" s="4" t="str">
-        <x:v>20,000원</x:v>
+        <x:v>45,000원</x:v>
       </x:c>
       <x:c r="I778" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="779">
       <x:c r="A779" s="3" t="str">
-        <x:v>카카오T</x:v>
+        <x:v>탐앤탐스</x:v>
       </x:c>
       <x:c r="B779" s="3" t="str">
-        <x:v>G0000008865</x:v>
+        <x:v>G0000009562</x:v>
       </x:c>
       <x:c r="C779" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D779" s="1" t="str">
-        <x:v>[카카오T] 포인트 이용권 30000P</x:v>
+        <x:v>[탐앤탐스] 바닐라라떼 T (ICE/HOT)</x:v>
       </x:c>
       <x:c r="E779" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F779" s="4" t="str">
-        <x:v>30,000원</x:v>
+        <x:v>5,600원</x:v>
       </x:c>
       <x:c r="G779" s="3" t="str">
-        <x:v/>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H779" s="4" t="str">
-        <x:v>30,000원</x:v>
+        <x:v>4,928원</x:v>
       </x:c>
       <x:c r="I779" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="780">
       <x:c r="A780" s="3" t="str">
-        <x:v>카카오T</x:v>
+        <x:v>탐앤탐스</x:v>
       </x:c>
       <x:c r="B780" s="3" t="str">
-        <x:v>G0000008866</x:v>
+        <x:v>G0000009563</x:v>
       </x:c>
       <x:c r="C780" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D780" s="1" t="str">
-        <x:v>[카카오T] 포인트 이용권 3000P</x:v>
+        <x:v>[탐앤탐스] 아메리카노T(ICE,HOT)</x:v>
       </x:c>
       <x:c r="E780" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F780" s="4" t="str">
-        <x:v>3,000원</x:v>
+        <x:v>4,600원</x:v>
       </x:c>
       <x:c r="G780" s="3" t="str">
-        <x:v/>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H780" s="4" t="str">
-        <x:v>3,000원</x:v>
+        <x:v>4,048원</x:v>
       </x:c>
       <x:c r="I780" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="781">
       <x:c r="A781" s="3" t="str">
-        <x:v>카카오T</x:v>
+        <x:v>탐앤탐스</x:v>
       </x:c>
       <x:c r="B781" s="3" t="str">
-        <x:v>G0000008867</x:v>
+        <x:v>G0000009564</x:v>
       </x:c>
       <x:c r="C781" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D781" s="1" t="str">
-        <x:v>[카카오T] 포인트 이용권 50000P</x:v>
+        <x:v>[탐앤탐스] 아이스티 복숭아</x:v>
       </x:c>
       <x:c r="E781" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F781" s="4" t="str">
-        <x:v>50,000원</x:v>
+        <x:v>4,600원</x:v>
       </x:c>
       <x:c r="G781" s="3" t="str">
-        <x:v/>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H781" s="4" t="str">
-        <x:v>50,000원</x:v>
+        <x:v>4,048원</x:v>
       </x:c>
       <x:c r="I781" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="782">
       <x:c r="A782" s="3" t="str">
-        <x:v>카카오T</x:v>
+        <x:v>탐앤탐스</x:v>
       </x:c>
       <x:c r="B782" s="3" t="str">
-        <x:v>G0000008868</x:v>
+        <x:v>G0000009565</x:v>
       </x:c>
       <x:c r="C782" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D782" s="1" t="str">
-        <x:v>[카카오T] 포인트 이용권 5000P</x:v>
+        <x:v>[탐앤탐스] 아포가토</x:v>
       </x:c>
       <x:c r="E782" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F782" s="4" t="str">
-        <x:v>5,000원</x:v>
+        <x:v>6,000원</x:v>
       </x:c>
       <x:c r="G782" s="3" t="str">
-        <x:v/>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H782" s="4" t="str">
-        <x:v>5,000원</x:v>
+        <x:v>5,280원</x:v>
       </x:c>
       <x:c r="I782" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="783">
       <x:c r="A783" s="3" t="str">
-        <x:v>커피빈</x:v>
+        <x:v>탐앤탐스</x:v>
       </x:c>
       <x:c r="B783" s="3" t="str">
-        <x:v>G0000007600</x:v>
+        <x:v>G0000009566</x:v>
       </x:c>
       <x:c r="C783" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D783" s="1" t="str">
-        <x:v>(커피빈) [디카페인] 레몬 캐모마일 티 (R)</x:v>
+        <x:v>[탐앤탐스] 요거트 딸기 스무디 T</x:v>
       </x:c>
       <x:c r="E783" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F783" s="4" t="str">
-        <x:v>6,000원</x:v>
+        <x:v>5,800원</x:v>
       </x:c>
       <x:c r="G783" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H783" s="4" t="str">
-        <x:v>5,280원</x:v>
+        <x:v>5,104원</x:v>
       </x:c>
       <x:c r="I783" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="784">
       <x:c r="A784" s="3" t="str">
-        <x:v>커피빈</x:v>
+        <x:v>탐앤탐스</x:v>
       </x:c>
       <x:c r="B784" s="3" t="str">
-        <x:v>G0000008743</x:v>
+        <x:v>G0000009567</x:v>
       </x:c>
       <x:c r="C784" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D784" s="1" t="str">
-        <x:v>(커피빈) 1만원권</x:v>
+        <x:v>[탐앤탐스] 요거트 블루베리 스무디 T</x:v>
       </x:c>
       <x:c r="E784" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F784" s="4" t="str">
-        <x:v>10,000원</x:v>
+        <x:v>5,800원</x:v>
       </x:c>
       <x:c r="G784" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H784" s="4" t="str">
-        <x:v>9,000원</x:v>
+        <x:v>5,104원</x:v>
       </x:c>
       <x:c r="I784" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="785">
       <x:c r="A785" s="3" t="str">
-        <x:v>커피빈</x:v>
+        <x:v>탐앤탐스</x:v>
       </x:c>
       <x:c r="B785" s="3" t="str">
-        <x:v>G0000008742</x:v>
+        <x:v>G0000009568</x:v>
       </x:c>
       <x:c r="C785" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D785" s="1" t="str">
-        <x:v>(커피빈) 2만원권</x:v>
+        <x:v>[탐앤탐스] 자바칩탐앤치노(T)</x:v>
       </x:c>
       <x:c r="E785" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F785" s="4" t="str">
-        <x:v>20,000원</x:v>
+        <x:v>6,200원</x:v>
       </x:c>
       <x:c r="G785" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H785" s="4" t="str">
-        <x:v>18,000원</x:v>
+        <x:v>5,456원</x:v>
       </x:c>
       <x:c r="I785" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="786">
       <x:c r="A786" s="3" t="str">
-        <x:v>커피빈</x:v>
+        <x:v>탐앤탐스</x:v>
       </x:c>
       <x:c r="B786" s="3" t="str">
-        <x:v>G0000008741</x:v>
+        <x:v>G0000009569</x:v>
       </x:c>
       <x:c r="C786" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D786" s="1" t="str">
-        <x:v>(커피빈) 3만원권</x:v>
+        <x:v>[탐앤탐스] 초코 T (ICE/HOT)</x:v>
       </x:c>
       <x:c r="E786" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F786" s="4" t="str">
-        <x:v>30,000원</x:v>
+        <x:v>4,900원</x:v>
       </x:c>
       <x:c r="G786" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H786" s="4" t="str">
-        <x:v>27,000원</x:v>
+        <x:v>4,312원</x:v>
       </x:c>
       <x:c r="I786" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="787">
       <x:c r="A787" s="3" t="str">
-        <x:v>커피빈</x:v>
+        <x:v>탐앤탐스</x:v>
       </x:c>
       <x:c r="B787" s="3" t="str">
-        <x:v>G0000008740</x:v>
+        <x:v>G0000009570</x:v>
       </x:c>
       <x:c r="C787" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D787" s="1" t="str">
-        <x:v>(커피빈) 5만원권</x:v>
+        <x:v>[탐앤탐스] 카라멜 마끼아또 T (ICE/HOT)</x:v>
       </x:c>
       <x:c r="E787" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F787" s="4" t="str">
-        <x:v>50,000원</x:v>
+        <x:v>5,600원</x:v>
       </x:c>
       <x:c r="G787" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H787" s="4" t="str">
-        <x:v>45,000원</x:v>
+        <x:v>4,928원</x:v>
       </x:c>
       <x:c r="I787" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="788">
       <x:c r="A788" s="3" t="str">
-        <x:v>커피빈</x:v>
+        <x:v>탐앤탐스</x:v>
       </x:c>
       <x:c r="B788" s="3" t="str">
-        <x:v>G0000008739</x:v>
+        <x:v>G0000009571</x:v>
       </x:c>
       <x:c r="C788" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D788" s="1" t="str">
-        <x:v>(커피빈) 5천원권</x:v>
+        <x:v>[탐앤탐스] 카페라떼 T (ICE/HOT)</x:v>
       </x:c>
       <x:c r="E788" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F788" s="4" t="str">
-        <x:v>5,000원</x:v>
+        <x:v>5,200원</x:v>
       </x:c>
       <x:c r="G788" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H788" s="4" t="str">
-        <x:v>4,500원</x:v>
+        <x:v>4,576원</x:v>
       </x:c>
       <x:c r="I788" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="789">
       <x:c r="A789" s="3" t="str">
-        <x:v>커피빈</x:v>
+        <x:v>탐앤탐스</x:v>
       </x:c>
       <x:c r="B789" s="3" t="str">
-        <x:v>G0000009587</x:v>
+        <x:v>G0000009572</x:v>
       </x:c>
       <x:c r="C789" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D789" s="1" t="str">
-        <x:v>(커피빈) 아메리카노 (S)</x:v>
+        <x:v>[탐앤탐스] 카페모카 T (ICE/HOT)</x:v>
       </x:c>
       <x:c r="E789" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F789" s="4" t="str">
-        <x:v>5,000원</x:v>
+        <x:v>5,600원</x:v>
       </x:c>
       <x:c r="G789" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H789" s="4" t="str">
-        <x:v>4,400원</x:v>
+        <x:v>4,928원</x:v>
       </x:c>
       <x:c r="I789" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="790">
       <x:c r="A790" s="3" t="str">
-        <x:v>커피빈</x:v>
+        <x:v>탐앤탐스</x:v>
       </x:c>
       <x:c r="B790" s="3" t="str">
-        <x:v>G0000009585</x:v>
+        <x:v>G0000009573</x:v>
       </x:c>
       <x:c r="C790" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D790" s="1" t="str">
-        <x:v>(커피빈) 아이스 아메리카노 (S)</x:v>
+        <x:v>[탐앤탐스] 카푸치노 (ICE/HOT)</x:v>
       </x:c>
       <x:c r="E790" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F790" s="4" t="str">
-        <x:v>5,000원</x:v>
+        <x:v>5,200원</x:v>
       </x:c>
       <x:c r="G790" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H790" s="4" t="str">
-        <x:v>4,400원</x:v>
+        <x:v>4,576원</x:v>
       </x:c>
       <x:c r="I790" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="791">
       <x:c r="A791" s="3" t="str">
-        <x:v>커피빈</x:v>
+        <x:v>탐앤탐스</x:v>
       </x:c>
       <x:c r="B791" s="3" t="str">
-        <x:v>G0000007597</x:v>
+        <x:v>G0000009574</x:v>
       </x:c>
       <x:c r="C791" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D791" s="1" t="str">
-        <x:v>(커피빈) 아이스 카페라떼 (S)</x:v>
+        <x:v>[탐앤탐스] 플레인요거트스무디(T)</x:v>
       </x:c>
       <x:c r="E791" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F791" s="4" t="str">
-        <x:v>5,900원</x:v>
+        <x:v>5,800원</x:v>
       </x:c>
       <x:c r="G791" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H791" s="4" t="str">
-        <x:v>5,192원</x:v>
+        <x:v>5,104원</x:v>
       </x:c>
       <x:c r="I791" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="792">
       <x:c r="A792" s="3" t="str">
-        <x:v>커피빈</x:v>
+        <x:v>탐앤탐스</x:v>
       </x:c>
       <x:c r="B792" s="3" t="str">
-        <x:v>G0000007596</x:v>
+        <x:v>G0000009575</x:v>
       </x:c>
       <x:c r="C792" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D792" s="1" t="str">
-        <x:v>(커피빈) 카페라떼 (S)</x:v>
+        <x:v>[탐앤탐스] 허니버터브레드</x:v>
       </x:c>
       <x:c r="E792" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F792" s="4" t="str">
-        <x:v>5,900원</x:v>
+        <x:v>7,000원</x:v>
       </x:c>
       <x:c r="G792" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H792" s="4" t="str">
-        <x:v>5,192원</x:v>
+        <x:v>6,160원</x:v>
       </x:c>
       <x:c r="I792" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="793">
       <x:c r="A793" s="3" t="str">
-        <x:v>커피빈</x:v>
+        <x:v>탐앤탐스</x:v>
       </x:c>
       <x:c r="B793" s="3" t="str">
-        <x:v>G0000009586</x:v>
+        <x:v>G0000009576</x:v>
       </x:c>
       <x:c r="C793" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D793" s="1" t="str">
-        <x:v>(커피빈) 헤이즐넛 아이스 블렌디드 (S)</x:v>
+        <x:v>[탐앤탐스] 헤이즐넛 라떼 T (ICE/HOT)</x:v>
       </x:c>
       <x:c r="E793" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F793" s="4" t="str">
-        <x:v>7,100원</x:v>
+        <x:v>5,600원</x:v>
       </x:c>
       <x:c r="G793" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H793" s="4" t="str">
-        <x:v>6,248원</x:v>
+        <x:v>4,928원</x:v>
       </x:c>
       <x:c r="I793" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="794">
       <x:c r="A794" s="3" t="str">
-        <x:v>컬쳐랜드</x:v>
+        <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B794" s="3" t="str">
-        <x:v>G0000007010</x:v>
+        <x:v>G0000009117</x:v>
       </x:c>
       <x:c r="C794" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D794" s="1" t="str">
-        <x:v>[컬쳐랜드] 컬쳐랜드상품권(모바일문화상품권) 1만원</x:v>
+        <x:v>[투썸플레이스] 1만원권</x:v>
       </x:c>
       <x:c r="E794" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F794" s="4" t="str">
         <x:v>10,000원</x:v>
       </x:c>
       <x:c r="G794" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H794" s="4" t="str">
-        <x:v>9,800원</x:v>
+        <x:v>9,000원</x:v>
       </x:c>
       <x:c r="I794" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="795">
       <x:c r="A795" s="3" t="str">
-        <x:v>컬쳐랜드</x:v>
+        <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B795" s="3" t="str">
-        <x:v>G0000007011</x:v>
+        <x:v>G0000009118</x:v>
       </x:c>
       <x:c r="C795" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D795" s="1" t="str">
-        <x:v>[컬쳐랜드] 컬쳐랜드상품권(모바일문화상품권) 2만원</x:v>
+        <x:v>[투썸플레이스] 2만원권</x:v>
       </x:c>
       <x:c r="E795" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F795" s="4" t="str">
         <x:v>20,000원</x:v>
       </x:c>
       <x:c r="G795" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H795" s="4" t="str">
-        <x:v>19,600원</x:v>
+        <x:v>18,000원</x:v>
       </x:c>
       <x:c r="I795" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="796">
       <x:c r="A796" s="3" t="str">
-        <x:v>컬쳐랜드</x:v>
+        <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B796" s="3" t="str">
-        <x:v>G0000007012</x:v>
+        <x:v>G0000009122</x:v>
       </x:c>
       <x:c r="C796" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D796" s="1" t="str">
-        <x:v>[컬쳐랜드] 컬쳐랜드상품권(모바일문화상품권) 2천원</x:v>
+        <x:v>[투썸플레이스] 3만원권</x:v>
       </x:c>
       <x:c r="E796" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F796" s="4" t="str">
-        <x:v>2,000원</x:v>
+        <x:v>30,000원</x:v>
       </x:c>
       <x:c r="G796" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H796" s="4" t="str">
-        <x:v>1,960원</x:v>
+        <x:v>27,000원</x:v>
       </x:c>
       <x:c r="I796" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="797">
       <x:c r="A797" s="3" t="str">
-        <x:v>컬쳐랜드</x:v>
+        <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B797" s="3" t="str">
-        <x:v>G0000007013</x:v>
+        <x:v>G0000009119</x:v>
       </x:c>
       <x:c r="C797" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D797" s="1" t="str">
-        <x:v>[컬쳐랜드] 컬쳐랜드상품권(모바일문화상품권) 3만원</x:v>
+        <x:v>[투썸플레이스] 4만원권</x:v>
       </x:c>
       <x:c r="E797" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F797" s="4" t="str">
-        <x:v>30,000원</x:v>
+        <x:v>40,000원</x:v>
       </x:c>
       <x:c r="G797" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H797" s="4" t="str">
-        <x:v>29,400원</x:v>
+        <x:v>36,000원</x:v>
       </x:c>
       <x:c r="I797" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="798">
       <x:c r="A798" s="3" t="str">
-        <x:v>컬쳐랜드</x:v>
+        <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B798" s="3" t="str">
-        <x:v>G0000007014</x:v>
+        <x:v>G0000009120</x:v>
       </x:c>
       <x:c r="C798" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D798" s="1" t="str">
-        <x:v>[컬쳐랜드] 컬쳐랜드상품권(모바일문화상품권) 3천원</x:v>
+        <x:v>[투썸플레이스] 5만원권</x:v>
       </x:c>
       <x:c r="E798" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F798" s="4" t="str">
-        <x:v>3,000원</x:v>
+        <x:v>50,000원</x:v>
       </x:c>
       <x:c r="G798" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H798" s="4" t="str">
-        <x:v>2,940원</x:v>
+        <x:v>45,000원</x:v>
       </x:c>
       <x:c r="I798" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="799">
       <x:c r="A799" s="3" t="str">
-        <x:v>컬쳐랜드</x:v>
+        <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B799" s="3" t="str">
-        <x:v>G0000007016</x:v>
+        <x:v>G0000009121</x:v>
       </x:c>
       <x:c r="C799" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D799" s="1" t="str">
-        <x:v>[컬쳐랜드] 컬쳐랜드상품권(모바일문화상품권) 5만원</x:v>
+        <x:v>[투썸플레이스] 5천원권</x:v>
       </x:c>
       <x:c r="E799" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F799" s="4" t="str">
-        <x:v>50,000원</x:v>
+        <x:v>5,000원</x:v>
       </x:c>
       <x:c r="G799" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H799" s="4" t="str">
-        <x:v>49,000원</x:v>
+        <x:v>4,500원</x:v>
       </x:c>
       <x:c r="I799" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="800">
       <x:c r="A800" s="3" t="str">
-        <x:v>컬쳐랜드</x:v>
+        <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B800" s="3" t="str">
-        <x:v>G0000007017</x:v>
+        <x:v>G0000009242</x:v>
       </x:c>
       <x:c r="C800" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D800" s="1" t="str">
-        <x:v>[컬쳐랜드] 컬쳐랜드상품권(모바일문화상품권) 5천원</x:v>
+        <x:v>[투썸플레이스] 뉴욕 치즈</x:v>
       </x:c>
       <x:c r="E800" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F800" s="4" t="str">
-        <x:v>5,000원</x:v>
+        <x:v>37,000원</x:v>
       </x:c>
       <x:c r="G800" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H800" s="4" t="str">
-        <x:v>4,900원</x:v>
+        <x:v>32,560원</x:v>
       </x:c>
       <x:c r="I800" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="801">
       <x:c r="A801" s="3" t="str">
-        <x:v>컴포즈커피</x:v>
+        <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B801" s="3" t="str">
-        <x:v>G0000009001</x:v>
+        <x:v>G0000009241</x:v>
       </x:c>
       <x:c r="C801" s="3" t="str">
-        <x:v>특가상품</x:v>
+        <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D801" s="1" t="str">
-        <x:v>[컴포즈커피] 아메리카노(Hot)(TAKE-OUT)</x:v>
+        <x:v>[투썸플레이스] 뉴욕 치즈 피스</x:v>
       </x:c>
       <x:c r="E801" s="3" t="str">
-        <x:v>30일</x:v>
+        <x:v>60일</x:v>
       </x:c>
       <x:c r="F801" s="4" t="str">
-        <x:v>1,500원</x:v>
+        <x:v>5,900원</x:v>
       </x:c>
       <x:c r="G801" s="3" t="str">
-        <x:v>15%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H801" s="4" t="str">
-        <x:v>1,275원</x:v>
+        <x:v>5,192원</x:v>
       </x:c>
       <x:c r="I801" s="1" t="str">
-        <x:v># 최소 수량 100개 이상 발송 가능
-# 동일 수신번호는 3개를 초과할 수 없습니다.</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="802">
       <x:c r="A802" s="3" t="str">
-        <x:v>컴포즈커피</x:v>
+        <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B802" s="3" t="str">
-        <x:v>G0000008999</x:v>
+        <x:v>G0000009240</x:v>
       </x:c>
       <x:c r="C802" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D802" s="1" t="str">
-        <x:v>[컴포즈커피] 아메리카노(Hot)(TAKE-OUT)</x:v>
+        <x:v>[투썸플레이스] 뉴욕치즈 피스 + 아메리카노 R 2잔</x:v>
       </x:c>
       <x:c r="E802" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F802" s="4" t="str">
-        <x:v>1,500원</x:v>
+        <x:v>15,300원</x:v>
       </x:c>
       <x:c r="G802" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H802" s="4" t="str">
-        <x:v>1,320원</x:v>
+        <x:v>13,464원</x:v>
       </x:c>
       <x:c r="I802" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="803">
       <x:c r="A803" s="3" t="str">
-        <x:v>컴포즈커피</x:v>
+        <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B803" s="3" t="str">
-        <x:v>G0000009004</x:v>
+        <x:v>G0000009239</x:v>
       </x:c>
       <x:c r="C803" s="3" t="str">
-        <x:v>특가상품</x:v>
+        <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D803" s="1" t="str">
-        <x:v>[컴포즈커피] 아메리카노(Ice)(TAKE-OUT)</x:v>
+        <x:v>[투썸플레이스] 더 블랙 그뤼에르 치즈 (1호)</x:v>
       </x:c>
       <x:c r="E803" s="3" t="str">
-        <x:v>30일</x:v>
+        <x:v>60일</x:v>
       </x:c>
       <x:c r="F803" s="4" t="str">
-        <x:v>1,800원</x:v>
+        <x:v>36,000원</x:v>
       </x:c>
       <x:c r="G803" s="3" t="str">
-        <x:v>15%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H803" s="4" t="str">
-        <x:v>1,530원</x:v>
+        <x:v>31,680원</x:v>
       </x:c>
       <x:c r="I803" s="1" t="str">
-        <x:v># 최소 수량 100개 이상 발송 가능
-# 동일 수신번호는 3개를 초과할 수 없습니다.</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="804">
       <x:c r="A804" s="3" t="str">
-        <x:v>컴포즈커피</x:v>
+        <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B804" s="3" t="str">
-        <x:v>G0000009000</x:v>
+        <x:v>G0000009238</x:v>
       </x:c>
       <x:c r="C804" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D804" s="1" t="str">
-        <x:v>[컴포즈커피] 아메리카노(Ice)(TAKE-OUT)</x:v>
+        <x:v>[투썸플레이스] 디카페인 콜드브루 R</x:v>
       </x:c>
       <x:c r="E804" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F804" s="4" t="str">
-        <x:v>1,800원</x:v>
+        <x:v>5,400원</x:v>
       </x:c>
       <x:c r="G804" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H804" s="4" t="str">
-        <x:v>1,584원</x:v>
+        <x:v>4,752원</x:v>
       </x:c>
       <x:c r="I804" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="805">
       <x:c r="A805" s="3" t="str">
-        <x:v>크리스피크림도넛</x:v>
+        <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B805" s="3" t="str">
-        <x:v>G0000008553</x:v>
+        <x:v>G0000009227</x:v>
       </x:c>
       <x:c r="C805" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D805" s="1" t="str">
-        <x:v>[롯데GRS금액권] 크리스피크림 모바일금액권 1만원권(잔액관리형)</x:v>
+        <x:v>[투썸플레이스] 떠먹는 스초생 + 떠먹는 아박</x:v>
       </x:c>
       <x:c r="E805" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F805" s="4" t="str">
-        <x:v>10,000원</x:v>
+        <x:v>14,000원</x:v>
       </x:c>
       <x:c r="G805" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H805" s="4" t="str">
-        <x:v>9,000원</x:v>
+        <x:v>12,320원</x:v>
       </x:c>
       <x:c r="I805" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="806">
       <x:c r="A806" s="3" t="str">
-        <x:v>크리스피크림도넛</x:v>
+        <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B806" s="3" t="str">
-        <x:v>G0000008554</x:v>
+        <x:v>G0000009226</x:v>
       </x:c>
       <x:c r="C806" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D806" s="1" t="str">
-        <x:v>[롯데GRS금액권] 크리스피크림 모바일금액권 2만원권(잔액관리형)</x:v>
+        <x:v>[투썸플레이스] 떠먹는 스초생 + 떠먹는 아박 + 아메리카노 R 2잔</x:v>
       </x:c>
       <x:c r="E806" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F806" s="4" t="str">
-        <x:v>20,000원</x:v>
+        <x:v>23,400원</x:v>
       </x:c>
       <x:c r="G806" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H806" s="4" t="str">
-        <x:v>18,000원</x:v>
+        <x:v>20,592원</x:v>
       </x:c>
       <x:c r="I806" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="807">
       <x:c r="A807" s="3" t="str">
-        <x:v>크리스피크림도넛</x:v>
+        <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B807" s="3" t="str">
-        <x:v>G0000008555</x:v>
+        <x:v>G0000009225</x:v>
       </x:c>
       <x:c r="C807" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D807" s="1" t="str">
-        <x:v>[롯데GRS금액권] 크리스피크림 모바일금액권 3만원권(잔액관리형)</x:v>
+        <x:v>[투썸플레이스] 떠먹는 스초생 + 떠먹는 아박 + 아메리카노 R 3잔</x:v>
       </x:c>
       <x:c r="E807" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F807" s="4" t="str">
-        <x:v>30,000원</x:v>
+        <x:v>28,100원</x:v>
       </x:c>
       <x:c r="G807" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H807" s="4" t="str">
-        <x:v>27,000원</x:v>
+        <x:v>24,728원</x:v>
       </x:c>
       <x:c r="I807" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="808">
       <x:c r="A808" s="3" t="str">
-        <x:v>크리스피크림도넛</x:v>
+        <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B808" s="3" t="str">
-        <x:v>G0000008556</x:v>
+        <x:v>G0000009224</x:v>
       </x:c>
       <x:c r="C808" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D808" s="1" t="str">
-        <x:v>[롯데GRS금액권] 크리스피크림 모바일금액권 5만원권(잔액관리형)</x:v>
+        <x:v>[투썸플레이스] 떠먹는 스초생 + 떠먹는 티라미수 + 아메리카노 R 2잔</x:v>
       </x:c>
       <x:c r="E808" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F808" s="4" t="str">
-        <x:v>50,000원</x:v>
+        <x:v>23,400원</x:v>
       </x:c>
       <x:c r="G808" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H808" s="4" t="str">
-        <x:v>45,000원</x:v>
+        <x:v>20,592원</x:v>
       </x:c>
       <x:c r="I808" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="809">
       <x:c r="A809" s="3" t="str">
-        <x:v>크리스피크림도넛</x:v>
+        <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B809" s="3" t="str">
-        <x:v>G0000009089</x:v>
+        <x:v>G0000009223</x:v>
       </x:c>
       <x:c r="C809" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D809" s="1" t="str">
-        <x:v>[롯데GRS크리스피크림도넛] "귀엽고소듕해" 미니 오리지널 글레이즈드 세트</x:v>
+        <x:v>[투썸플레이스] 떠먹는 스초생 + 떠먹는 화이트 스초생</x:v>
       </x:c>
       <x:c r="E809" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F809" s="4" t="str">
-        <x:v>10,000원</x:v>
+        <x:v>14,400원</x:v>
       </x:c>
       <x:c r="G809" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H809" s="4" t="str">
-        <x:v>8,800원</x:v>
+        <x:v>12,672원</x:v>
       </x:c>
       <x:c r="I809" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="810">
       <x:c r="A810" s="3" t="str">
-        <x:v>크리스피크림도넛</x:v>
+        <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B810" s="3" t="str">
-        <x:v>G0000009088</x:v>
+        <x:v>G0000009222</x:v>
       </x:c>
       <x:c r="C810" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D810" s="1" t="str">
-        <x:v>[롯데GRS크리스피크림도넛] "힘내서 공부하자" 프리미엄 어쏘 도넛 1개 + 아메리카노(M) 1잔</x:v>
+        <x:v>[투썸플레이스] 떠먹는 스초생 + 떠먹는 화이트 스초생 + 아메리카노 R 2잔</x:v>
       </x:c>
       <x:c r="E810" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F810" s="4" t="str">
-        <x:v>6,700원</x:v>
+        <x:v>23,800원</x:v>
       </x:c>
       <x:c r="G810" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H810" s="4" t="str">
-        <x:v>5,896원</x:v>
+        <x:v>20,944원</x:v>
       </x:c>
       <x:c r="I810" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="811">
       <x:c r="A811" s="3" t="str">
-        <x:v>크리스피크림도넛</x:v>
+        <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B811" s="3" t="str">
-        <x:v>G0000009087</x:v>
+        <x:v>G0000009221</x:v>
       </x:c>
       <x:c r="C811" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D811" s="1" t="str">
-        <x:v>[롯데GRS크리스피크림도넛] [행복한 하루 되세요] 오리지널 하프더즌 + 아메리카노(M) 2잔</x:v>
+        <x:v>[투썸플레이스] 떠먹는 스초생 + 아메리카노 R 2잔</x:v>
       </x:c>
       <x:c r="E811" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F811" s="4" t="str">
-        <x:v>19,600원</x:v>
+        <x:v>16,600원</x:v>
       </x:c>
       <x:c r="G811" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H811" s="4" t="str">
-        <x:v>17,248원</x:v>
+        <x:v>14,608원</x:v>
       </x:c>
       <x:c r="I811" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="812">
       <x:c r="A812" s="3" t="str">
-        <x:v>크리스피크림도넛</x:v>
+        <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B812" s="3" t="str">
-        <x:v>G0000009085</x:v>
+        <x:v>G0000009220</x:v>
       </x:c>
       <x:c r="C812" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D812" s="1" t="str">
-        <x:v>[롯데GRS크리스피크림도넛] 내마음을받아줘(오리지널 글레이즈드 1+아메리카노M 2)</x:v>
+        <x:v>[투썸플레이스] 떠먹는 스트로베리 초콜릿 생크림</x:v>
       </x:c>
       <x:c r="E812" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F812" s="4" t="str">
-        <x:v>10,600원</x:v>
+        <x:v>7,200원</x:v>
       </x:c>
       <x:c r="G812" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H812" s="4" t="str">
-        <x:v>9,328원</x:v>
+        <x:v>6,336원</x:v>
       </x:c>
       <x:c r="I812" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="813">
       <x:c r="A813" s="3" t="str">
-        <x:v>크리스피크림도넛</x:v>
+        <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B813" s="3" t="str">
-        <x:v>G0000009084</x:v>
+        <x:v>G0000009255</x:v>
       </x:c>
       <x:c r="C813" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D813" s="1" t="str">
-        <x:v>[롯데GRS크리스피크림도넛] 달달한하루되세요(오리지널 글레이즈드 2+아메리카노M 1)</x:v>
+        <x:v>[투썸플레이스] 떠먹는 스트로베리 초콜릿 생크림 + 아메리카노 R</x:v>
       </x:c>
       <x:c r="E813" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F813" s="4" t="str">
-        <x:v>8,000원</x:v>
+        <x:v>11,900원</x:v>
       </x:c>
       <x:c r="G813" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H813" s="4" t="str">
-        <x:v>7,040원</x:v>
+        <x:v>10,472원</x:v>
       </x:c>
       <x:c r="I813" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="814">
       <x:c r="A814" s="3" t="str">
-        <x:v>크리스피크림도넛</x:v>
+        <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B814" s="3" t="str">
-        <x:v>G0000009083</x:v>
+        <x:v>G0000009219</x:v>
       </x:c>
       <x:c r="C814" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D814" s="1" t="str">
-        <x:v>[롯데GRS크리스피크림도넛] 라떼(M)</x:v>
+        <x:v>[투썸플레이스] 떠먹는 아박</x:v>
       </x:c>
       <x:c r="E814" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F814" s="4" t="str">
-        <x:v>4,700원</x:v>
+        <x:v>6,800원</x:v>
       </x:c>
       <x:c r="G814" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H814" s="4" t="str">
-        <x:v>4,136원</x:v>
+        <x:v>5,984원</x:v>
       </x:c>
       <x:c r="I814" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="815">
       <x:c r="A815" s="3" t="str">
-        <x:v>크리스피크림도넛</x:v>
+        <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B815" s="3" t="str">
-        <x:v>G0000009082</x:v>
+        <x:v>G0000009218</x:v>
       </x:c>
       <x:c r="C815" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D815" s="1" t="str">
-        <x:v>[롯데GRS크리스피크림도넛] 바닐라 라떼(M)</x:v>
+        <x:v>[투썸플레이스] 떠먹는 아박 + 아메리카노 R</x:v>
       </x:c>
       <x:c r="E815" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F815" s="4" t="str">
-        <x:v>5,200원</x:v>
+        <x:v>11,500원</x:v>
       </x:c>
       <x:c r="G815" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H815" s="4" t="str">
-        <x:v>4,576원</x:v>
+        <x:v>10,120원</x:v>
       </x:c>
       <x:c r="I815" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="816">
       <x:c r="A816" s="3" t="str">
-        <x:v>크리스피크림도넛</x:v>
+        <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B816" s="3" t="str">
-        <x:v>G0000009081</x:v>
+        <x:v>G0000009217</x:v>
       </x:c>
       <x:c r="C816" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D816" s="1" t="str">
-        <x:v>[롯데GRS크리스피크림도넛] 소중한너에게(아메리카노M1+오리지널 글레이즈드 1)</x:v>
+        <x:v>[투썸플레이스] 떠먹는 아박 + 아메리카노 R 2잔</x:v>
       </x:c>
       <x:c r="E816" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F816" s="4" t="str">
-        <x:v>6,200원</x:v>
+        <x:v>16,200원</x:v>
       </x:c>
       <x:c r="G816" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H816" s="4" t="str">
-        <x:v>5,456원</x:v>
+        <x:v>14,256원</x:v>
       </x:c>
       <x:c r="I816" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="817">
       <x:c r="A817" s="3" t="str">
-        <x:v>크리스피크림도넛</x:v>
+        <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B817" s="3" t="str">
-        <x:v>G0000009080</x:v>
+        <x:v>G0000009215</x:v>
       </x:c>
       <x:c r="C817" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D817" s="1" t="str">
-        <x:v>[롯데GRS크리스피크림도넛] 아메리카노(M)</x:v>
+        <x:v>[투썸플레이스] 떠먹는 아박 + 초콜릿 라떼 R 2잔</x:v>
       </x:c>
       <x:c r="E817" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F817" s="4" t="str">
-        <x:v>4,400원</x:v>
+        <x:v>18,000원</x:v>
       </x:c>
       <x:c r="G817" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H817" s="4" t="str">
-        <x:v>3,872원</x:v>
+        <x:v>15,840원</x:v>
       </x:c>
       <x:c r="I817" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="818">
       <x:c r="A818" s="3" t="str">
-        <x:v>크리스피크림도넛</x:v>
+        <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B818" s="3" t="str">
-        <x:v>G0000009079</x:v>
+        <x:v>G0000009214</x:v>
       </x:c>
       <x:c r="C818" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D818" s="1" t="str">
-        <x:v>[롯데GRS크리스피크림도넛] 아이스 라떼 (L)</x:v>
+        <x:v>[투썸플레이스] 떠먹는 아박 + 쿠키 쉐이크 R</x:v>
       </x:c>
       <x:c r="E818" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F818" s="4" t="str">
-        <x:v>5,200원</x:v>
+        <x:v>13,100원</x:v>
       </x:c>
       <x:c r="G818" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H818" s="4" t="str">
-        <x:v>4,576원</x:v>
+        <x:v>11,528원</x:v>
       </x:c>
       <x:c r="I818" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="819">
       <x:c r="A819" s="3" t="str">
-        <x:v>크리스피크림도넛</x:v>
+        <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B819" s="3" t="str">
-        <x:v>G0000009078</x:v>
+        <x:v>G0000009213</x:v>
       </x:c>
       <x:c r="C819" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D819" s="1" t="str">
-        <x:v>[롯데GRS크리스피크림도넛] 아이스 라떼 (XL)</x:v>
+        <x:v>[투썸플레이스] 떠먹는 아박 + 쿠키 쉐이크 R + 바닐라 밀크 쉐이크 R</x:v>
       </x:c>
       <x:c r="E819" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F819" s="4" t="str">
-        <x:v>6,200원</x:v>
+        <x:v>19,100원</x:v>
       </x:c>
       <x:c r="G819" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H819" s="4" t="str">
-        <x:v>5,456원</x:v>
+        <x:v>16,808원</x:v>
       </x:c>
       <x:c r="I819" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="820">
       <x:c r="A820" s="3" t="str">
-        <x:v>크리스피크림도넛</x:v>
+        <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B820" s="3" t="str">
-        <x:v>G0000009077</x:v>
+        <x:v>G0000009212</x:v>
       </x:c>
       <x:c r="C820" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D820" s="1" t="str">
-        <x:v>[롯데GRS크리스피크림도넛] 아이스 아메리카노(M)</x:v>
+        <x:v>[투썸플레이스] 떠먹는 아박+ 초콜릿 라떼 R + 아메리카노 R</x:v>
       </x:c>
       <x:c r="E820" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F820" s="4" t="str">
-        <x:v>4,400원</x:v>
+        <x:v>17,100원</x:v>
       </x:c>
       <x:c r="G820" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H820" s="4" t="str">
-        <x:v>3,872원</x:v>
+        <x:v>15,048원</x:v>
       </x:c>
       <x:c r="I820" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="821">
       <x:c r="A821" s="3" t="str">
-        <x:v>크리스피크림도넛</x:v>
+        <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B821" s="3" t="str">
-        <x:v>G0000009076</x:v>
+        <x:v>G0000009211</x:v>
       </x:c>
       <x:c r="C821" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D821" s="1" t="str">
-        <x:v>[롯데GRS크리스피크림도넛] 어쏘티드 더즌</x:v>
+        <x:v>[투썸플레이스] 떠먹는 티라미수</x:v>
       </x:c>
       <x:c r="E821" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F821" s="4" t="str">
-        <x:v>19,500원</x:v>
+        <x:v>6,800원</x:v>
       </x:c>
       <x:c r="G821" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H821" s="4" t="str">
-        <x:v>17,160원</x:v>
+        <x:v>5,984원</x:v>
       </x:c>
       <x:c r="I821" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="822">
       <x:c r="A822" s="3" t="str">
-        <x:v>크리스피크림도넛</x:v>
+        <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B822" s="3" t="str">
-        <x:v>G0000009075</x:v>
+        <x:v>G0000009210</x:v>
       </x:c>
       <x:c r="C822" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D822" s="1" t="str">
-        <x:v>[롯데GRS크리스피크림도넛] 어쏘티드 하프더즌</x:v>
+        <x:v>[투썸플레이스] 떠먹는 티라미수 + 떠먹는 아박 + 아메리카노 R 2잔</x:v>
       </x:c>
       <x:c r="E822" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F822" s="4" t="str">
-        <x:v>12,400원</x:v>
+        <x:v>23,000원</x:v>
       </x:c>
       <x:c r="G822" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H822" s="4" t="str">
-        <x:v>10,912원</x:v>
+        <x:v>20,240원</x:v>
       </x:c>
       <x:c r="I822" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="823">
       <x:c r="A823" s="3" t="str">
-        <x:v>크리스피크림도넛</x:v>
+        <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B823" s="3" t="str">
-        <x:v>G0000009074</x:v>
+        <x:v>G0000009209</x:v>
       </x:c>
       <x:c r="C823" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D823" s="1" t="str">
-        <x:v>[롯데GRS크리스피크림도넛] 오리지널 글레이즈드 더즌</x:v>
+        <x:v>[투썸플레이스] 떠먹는 티라미수 + 아메리카노 R</x:v>
       </x:c>
       <x:c r="E823" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F823" s="4" t="str">
-        <x:v>18,000원</x:v>
+        <x:v>11,500원</x:v>
       </x:c>
       <x:c r="G823" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H823" s="4" t="str">
-        <x:v>15,840원</x:v>
+        <x:v>10,120원</x:v>
       </x:c>
       <x:c r="I823" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="824">
       <x:c r="A824" s="3" t="str">
-        <x:v>크리스피크림도넛</x:v>
+        <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B824" s="3" t="str">
-        <x:v>G0000009073</x:v>
+        <x:v>G0000009208</x:v>
       </x:c>
       <x:c r="C824" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D824" s="1" t="str">
-        <x:v>[롯데GRS크리스피크림도넛] 오리지널 더즌+아메리카노 M 2</x:v>
+        <x:v>[투썸플레이스] 떠먹는 티라미수 + 아메리카노 R 2잔</x:v>
       </x:c>
       <x:c r="E824" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F824" s="4" t="str">
-        <x:v>26,800원</x:v>
+        <x:v>16,200원</x:v>
       </x:c>
       <x:c r="G824" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H824" s="4" t="str">
-        <x:v>23,584원</x:v>
+        <x:v>14,256원</x:v>
       </x:c>
       <x:c r="I824" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="825">
       <x:c r="A825" s="3" t="str">
-        <x:v>크리스피크림도넛</x:v>
+        <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B825" s="3" t="str">
-        <x:v>G0000009072</x:v>
+        <x:v>G0000009200</x:v>
       </x:c>
       <x:c r="C825" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D825" s="1" t="str">
-        <x:v>[롯데GRS크리스피크림도넛] 카라멜 마끼아또(M)</x:v>
+        <x:v>[투썸플레이스] 떠먹는 화이트 스초생</x:v>
       </x:c>
       <x:c r="E825" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F825" s="4" t="str">
-        <x:v>5,200원</x:v>
+        <x:v>7,200원</x:v>
       </x:c>
       <x:c r="G825" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H825" s="4" t="str">
-        <x:v>4,576원</x:v>
+        <x:v>6,336원</x:v>
       </x:c>
       <x:c r="I825" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="826">
       <x:c r="A826" s="3" t="str">
-        <x:v>크리스피크림도넛</x:v>
+        <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B826" s="3" t="str">
-        <x:v>G0000009070</x:v>
+        <x:v>G0000009198</x:v>
       </x:c>
       <x:c r="C826" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D826" s="1" t="str">
-        <x:v>[롯데GRS크리스피크림도넛] 카푸치노(M)</x:v>
+        <x:v>[투썸플레이스] 떠먹는 화이트 스초생 + 아메리카노 R</x:v>
       </x:c>
       <x:c r="E826" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F826" s="4" t="str">
-        <x:v>4,700원</x:v>
+        <x:v>11,900원</x:v>
       </x:c>
       <x:c r="G826" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H826" s="4" t="str">
-        <x:v>4,136원</x:v>
+        <x:v>10,472원</x:v>
       </x:c>
       <x:c r="I826" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="827">
       <x:c r="A827" s="3" t="str">
-        <x:v>크리스피크림도넛</x:v>
+        <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B827" s="3" t="str">
-        <x:v>G0000009086</x:v>
+        <x:v>G0000009197</x:v>
       </x:c>
       <x:c r="C827" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D827" s="1" t="str">
-        <x:v>[롯데GRS크리스피크림도넛] OG 하프더즌+아메리카노M 1</x:v>
+        <x:v>[투썸플레이스] 떠먹는 화이트 스초생 + 아메리카노 R 2잔</x:v>
       </x:c>
       <x:c r="E827" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F827" s="4" t="str">
-        <x:v>15,200원</x:v>
+        <x:v>16,600원</x:v>
       </x:c>
       <x:c r="G827" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H827" s="4" t="str">
-        <x:v>13,376원</x:v>
+        <x:v>14,608원</x:v>
       </x:c>
       <x:c r="I827" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="828">
       <x:c r="A828" s="3" t="str">
-        <x:v>탐앤탐스</x:v>
+        <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B828" s="3" t="str">
-        <x:v>G0000009559</x:v>
+        <x:v>G0000009196</x:v>
       </x:c>
       <x:c r="C828" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D828" s="1" t="str">
-        <x:v>[탐앤탐스] 갈릭버터브레드</x:v>
+        <x:v>[투썸플레이스] 로얄 밀크티 R</x:v>
       </x:c>
       <x:c r="E828" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F828" s="4" t="str">
-        <x:v>6,500원</x:v>
+        <x:v>5,700원</x:v>
       </x:c>
       <x:c r="G828" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H828" s="4" t="str">
-        <x:v>5,720원</x:v>
+        <x:v>5,016원</x:v>
       </x:c>
       <x:c r="I828" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="829">
       <x:c r="A829" s="3" t="str">
-        <x:v>탐앤탐스</x:v>
+        <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B829" s="3" t="str">
-        <x:v>G0000009560</x:v>
+        <x:v>G0000009194</x:v>
       </x:c>
       <x:c r="C829" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D829" s="1" t="str">
-        <x:v>[탐앤탐스] 그린민트 초코 탐앤치노 T</x:v>
+        <x:v>[투썸플레이스] 마이 투썸 하트 듀오</x:v>
       </x:c>
       <x:c r="E829" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F829" s="4" t="str">
-        <x:v>5,800원</x:v>
+        <x:v>37,000원</x:v>
       </x:c>
       <x:c r="G829" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H829" s="4" t="str">
-        <x:v>5,104원</x:v>
+        <x:v>32,560원</x:v>
       </x:c>
       <x:c r="I829" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="830">
       <x:c r="A830" s="3" t="str">
-        <x:v>탐앤탐스</x:v>
+        <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B830" s="3" t="str">
-        <x:v>G0000009561</x:v>
+        <x:v>G0000009192</x:v>
       </x:c>
       <x:c r="C830" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D830" s="1" t="str">
-        <x:v>[탐앤탐스] 그린티 탐앤치노 T</x:v>
+        <x:v>[투썸플레이스] 민트 아샷추 MAX</x:v>
       </x:c>
       <x:c r="E830" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F830" s="4" t="str">
-        <x:v>5,800원</x:v>
+        <x:v>5,700원</x:v>
       </x:c>
       <x:c r="G830" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H830" s="4" t="str">
-        <x:v>5,104원</x:v>
+        <x:v>5,016원</x:v>
       </x:c>
       <x:c r="I830" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="831">
       <x:c r="A831" s="3" t="str">
-        <x:v>탐앤탐스</x:v>
+        <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B831" s="3" t="str">
-        <x:v>G0000009555</x:v>
+        <x:v>G0000009190</x:v>
       </x:c>
       <x:c r="C831" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D831" s="1" t="str">
-        <x:v>[탐앤탐스] 기프티카드 1만원권</x:v>
+        <x:v>[투썸플레이스] 바닐라 밀크 쉐이크 R + 아메리카노 R</x:v>
       </x:c>
       <x:c r="E831" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F831" s="4" t="str">
-        <x:v>10,000원</x:v>
+        <x:v>10,700원</x:v>
       </x:c>
       <x:c r="G831" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H831" s="4" t="str">
-        <x:v>9,000원</x:v>
+        <x:v>9,416원</x:v>
       </x:c>
       <x:c r="I831" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="832">
       <x:c r="A832" s="3" t="str">
-        <x:v>탐앤탐스</x:v>
+        <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B832" s="3" t="str">
-        <x:v>G0000009556</x:v>
+        <x:v>G0000009189</x:v>
       </x:c>
       <x:c r="C832" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D832" s="1" t="str">
-        <x:v>[탐앤탐스] 기프티카드 2만원권</x:v>
+        <x:v>[투썸플레이스] 베초생® (베리 초콜릿 생크림)</x:v>
       </x:c>
       <x:c r="E832" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F832" s="4" t="str">
-        <x:v>20,000원</x:v>
+        <x:v>39,000원</x:v>
       </x:c>
       <x:c r="G832" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H832" s="4" t="str">
-        <x:v>18,000원</x:v>
+        <x:v>34,320원</x:v>
       </x:c>
       <x:c r="I832" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="833">
       <x:c r="A833" s="3" t="str">
-        <x:v>탐앤탐스</x:v>
+        <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B833" s="3" t="str">
-        <x:v>G0000009557</x:v>
+        <x:v>G0000009187</x:v>
       </x:c>
       <x:c r="C833" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D833" s="1" t="str">
-        <x:v>[탐앤탐스] 기프티카드 3만원권</x:v>
+        <x:v>[투썸플레이스] 부드러운 에그 잉글리쉬 머핀 + 아메리카노 R</x:v>
       </x:c>
       <x:c r="E833" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F833" s="4" t="str">
-        <x:v>30,000원</x:v>
+        <x:v>8,600원</x:v>
       </x:c>
       <x:c r="G833" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H833" s="4" t="str">
-        <x:v>27,000원</x:v>
+        <x:v>7,568원</x:v>
       </x:c>
       <x:c r="I833" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="834">
       <x:c r="A834" s="3" t="str">
-        <x:v>탐앤탐스</x:v>
+        <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B834" s="3" t="str">
-        <x:v>G0000009558</x:v>
+        <x:v>G0000009186</x:v>
       </x:c>
       <x:c r="C834" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D834" s="1" t="str">
-        <x:v>[탐앤탐스] 기프티카드 5만원권</x:v>
+        <x:v>[투썸플레이스] 생블루베리 요거트 생크림</x:v>
       </x:c>
       <x:c r="E834" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F834" s="4" t="str">
-        <x:v>50,000원</x:v>
+        <x:v>38,000원</x:v>
       </x:c>
       <x:c r="G834" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H834" s="4" t="str">
-        <x:v>45,000원</x:v>
+        <x:v>33,440원</x:v>
       </x:c>
       <x:c r="I834" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="835">
       <x:c r="A835" s="3" t="str">
-        <x:v>탐앤탐스</x:v>
+        <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B835" s="3" t="str">
-        <x:v>G0000009562</x:v>
+        <x:v>G0000009185</x:v>
       </x:c>
       <x:c r="C835" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D835" s="1" t="str">
-        <x:v>[탐앤탐스] 바닐라라떼 T (ICE/HOT)</x:v>
+        <x:v>[투썸플레이스] 생블루베리 요거트 생크림 (쁘띠)</x:v>
       </x:c>
       <x:c r="E835" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F835" s="4" t="str">
-        <x:v>5,600원</x:v>
+        <x:v>8,800원</x:v>
       </x:c>
       <x:c r="G835" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H835" s="4" t="str">
-        <x:v>4,928원</x:v>
+        <x:v>7,744원</x:v>
       </x:c>
       <x:c r="I835" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="836">
       <x:c r="A836" s="3" t="str">
-        <x:v>탐앤탐스</x:v>
+        <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B836" s="3" t="str">
-        <x:v>G0000009563</x:v>
+        <x:v>G0000009184</x:v>
       </x:c>
       <x:c r="C836" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D836" s="1" t="str">
-        <x:v>[탐앤탐스] 아메리카노T(ICE,HOT)</x:v>
+        <x:v>[투썸플레이스] 생블루베리 요거트 생크림 (쁘띠) + 블루베리 요거트 드링크 R</x:v>
       </x:c>
       <x:c r="E836" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F836" s="4" t="str">
-        <x:v>4,600원</x:v>
+        <x:v>14,300원</x:v>
       </x:c>
       <x:c r="G836" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H836" s="4" t="str">
-        <x:v>4,048원</x:v>
+        <x:v>12,584원</x:v>
       </x:c>
       <x:c r="I836" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="837">
       <x:c r="A837" s="3" t="str">
-        <x:v>탐앤탐스</x:v>
+        <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B837" s="3" t="str">
-        <x:v>G0000009564</x:v>
+        <x:v>G0000009183</x:v>
       </x:c>
       <x:c r="C837" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D837" s="1" t="str">
-        <x:v>[탐앤탐스] 아이스티 복숭아</x:v>
+        <x:v>[투썸플레이스] 생블루베리 요거트 생크림 (쁘띠) + 아메리카노 R 2잔</x:v>
       </x:c>
       <x:c r="E837" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F837" s="4" t="str">
-        <x:v>4,600원</x:v>
+        <x:v>18,200원</x:v>
       </x:c>
       <x:c r="G837" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H837" s="4" t="str">
-        <x:v>4,048원</x:v>
+        <x:v>16,016원</x:v>
       </x:c>
       <x:c r="I837" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="838">
       <x:c r="A838" s="3" t="str">
-        <x:v>탐앤탐스</x:v>
+        <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B838" s="3" t="str">
-        <x:v>G0000009565</x:v>
+        <x:v>G0000009181</x:v>
       </x:c>
       <x:c r="C838" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D838" s="1" t="str">
-        <x:v>[탐앤탐스] 아포가토</x:v>
+        <x:v>[투썸플레이스] 소금 프레첼 베이글 + 아메리카노 R</x:v>
       </x:c>
       <x:c r="E838" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F838" s="4" t="str">
-        <x:v>6,000원</x:v>
+        <x:v>8,300원</x:v>
       </x:c>
       <x:c r="G838" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H838" s="4" t="str">
-        <x:v>5,280원</x:v>
+        <x:v>7,304원</x:v>
       </x:c>
       <x:c r="I838" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="839">
       <x:c r="A839" s="3" t="str">
-        <x:v>탐앤탐스</x:v>
+        <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B839" s="3" t="str">
-        <x:v>G0000009566</x:v>
+        <x:v>G0000009180</x:v>
       </x:c>
       <x:c r="C839" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D839" s="1" t="str">
-        <x:v>[탐앤탐스] 요거트 딸기 스무디 T</x:v>
+        <x:v>[투썸플레이스] 순 우유 크림빵 + 아메리카노 R</x:v>
       </x:c>
       <x:c r="E839" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F839" s="4" t="str">
-        <x:v>5,800원</x:v>
+        <x:v>8,400원</x:v>
       </x:c>
       <x:c r="G839" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H839" s="4" t="str">
-        <x:v>5,104원</x:v>
+        <x:v>7,392원</x:v>
       </x:c>
       <x:c r="I839" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="840">
       <x:c r="A840" s="3" t="str">
-        <x:v>탐앤탐스</x:v>
+        <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B840" s="3" t="str">
-        <x:v>G0000009567</x:v>
+        <x:v>G0000009178</x:v>
       </x:c>
       <x:c r="C840" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D840" s="1" t="str">
-        <x:v>[탐앤탐스] 요거트 블루베리 스무디 T</x:v>
+        <x:v>[투썸플레이스] 스초생 프레지에</x:v>
       </x:c>
       <x:c r="E840" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F840" s="4" t="str">
-        <x:v>5,800원</x:v>
+        <x:v>42,000원</x:v>
       </x:c>
       <x:c r="G840" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H840" s="4" t="str">
-        <x:v>5,104원</x:v>
+        <x:v>36,960원</x:v>
       </x:c>
       <x:c r="I840" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="841">
       <x:c r="A841" s="3" t="str">
-        <x:v>탐앤탐스</x:v>
+        <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B841" s="3" t="str">
-        <x:v>G0000009568</x:v>
+        <x:v>G0000009177</x:v>
       </x:c>
       <x:c r="C841" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D841" s="1" t="str">
-        <x:v>[탐앤탐스] 자바칩탐앤치노(T)</x:v>
+        <x:v>[투썸플레이스] 스초생® (스트로베리 초콜릿 생크림)</x:v>
       </x:c>
       <x:c r="E841" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F841" s="4" t="str">
-        <x:v>6,200원</x:v>
+        <x:v>39,000원</x:v>
       </x:c>
       <x:c r="G841" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H841" s="4" t="str">
-        <x:v>5,456원</x:v>
+        <x:v>34,320원</x:v>
       </x:c>
       <x:c r="I841" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="842">
       <x:c r="A842" s="3" t="str">
-        <x:v>탐앤탐스</x:v>
+        <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B842" s="3" t="str">
-        <x:v>G0000009569</x:v>
+        <x:v>G0000009176</x:v>
       </x:c>
       <x:c r="C842" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D842" s="1" t="str">
-        <x:v>[탐앤탐스] 초코 T (ICE/HOT)</x:v>
+        <x:v>[투썸플레이스] 스크램블 에그 샌드위치 + 아메리카노 R</x:v>
       </x:c>
       <x:c r="E842" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F842" s="4" t="str">
-        <x:v>4,900원</x:v>
+        <x:v>10,200원</x:v>
       </x:c>
       <x:c r="G842" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H842" s="4" t="str">
-        <x:v>4,312원</x:v>
+        <x:v>8,976원</x:v>
       </x:c>
       <x:c r="I842" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="843">
       <x:c r="A843" s="3" t="str">
-        <x:v>탐앤탐스</x:v>
+        <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B843" s="3" t="str">
-        <x:v>G0000009570</x:v>
+        <x:v>G0000009175</x:v>
       </x:c>
       <x:c r="C843" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D843" s="1" t="str">
-        <x:v>[탐앤탐스] 카라멜 마끼아또 T (ICE/HOT)</x:v>
+        <x:v>[투썸플레이스] 아메리카노 L</x:v>
       </x:c>
       <x:c r="E843" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F843" s="4" t="str">
-        <x:v>5,600원</x:v>
+        <x:v>5,300원</x:v>
       </x:c>
       <x:c r="G843" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H843" s="4" t="str">
-        <x:v>4,928원</x:v>
+        <x:v>4,664원</x:v>
       </x:c>
       <x:c r="I843" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="844">
       <x:c r="A844" s="3" t="str">
-        <x:v>탐앤탐스</x:v>
+        <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B844" s="3" t="str">
-        <x:v>G0000009571</x:v>
+        <x:v>G0000009258</x:v>
       </x:c>
       <x:c r="C844" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D844" s="1" t="str">
-        <x:v>[탐앤탐스] 카페라떼 T (ICE/HOT)</x:v>
+        <x:v>[투썸플레이스] 아메리카노 R</x:v>
       </x:c>
       <x:c r="E844" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F844" s="4" t="str">
-        <x:v>5,200원</x:v>
+        <x:v>4,700원</x:v>
       </x:c>
       <x:c r="G844" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H844" s="4" t="str">
-        <x:v>4,576원</x:v>
+        <x:v>4,136원</x:v>
       </x:c>
       <x:c r="I844" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="845">
       <x:c r="A845" s="3" t="str">
-        <x:v>탐앤탐스</x:v>
+        <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B845" s="3" t="str">
-        <x:v>G0000009572</x:v>
+        <x:v>G0000009256</x:v>
       </x:c>
       <x:c r="C845" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D845" s="1" t="str">
-        <x:v>[탐앤탐스] 카페모카 T (ICE/HOT)</x:v>
+        <x:v>[투썸플레이스] 아메리카노 R 2잔</x:v>
       </x:c>
       <x:c r="E845" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F845" s="4" t="str">
-        <x:v>5,600원</x:v>
+        <x:v>9,400원</x:v>
       </x:c>
       <x:c r="G845" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H845" s="4" t="str">
-        <x:v>4,928원</x:v>
+        <x:v>8,272원</x:v>
       </x:c>
       <x:c r="I845" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="846">
       <x:c r="A846" s="3" t="str">
-        <x:v>탐앤탐스</x:v>
+        <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B846" s="3" t="str">
-        <x:v>G0000009573</x:v>
+        <x:v>G0000009174</x:v>
       </x:c>
       <x:c r="C846" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D846" s="1" t="str">
-        <x:v>[탐앤탐스] 카푸치노 (ICE/HOT)</x:v>
+        <x:v>[투썸플레이스] 아박® 홀케이크</x:v>
       </x:c>
       <x:c r="E846" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F846" s="4" t="str">
-        <x:v>5,200원</x:v>
+        <x:v>34,000원</x:v>
       </x:c>
       <x:c r="G846" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H846" s="4" t="str">
-        <x:v>4,576원</x:v>
+        <x:v>29,920원</x:v>
       </x:c>
       <x:c r="I846" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="847">
       <x:c r="A847" s="3" t="str">
-        <x:v>탐앤탐스</x:v>
+        <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B847" s="3" t="str">
-        <x:v>G0000009574</x:v>
+        <x:v>G0000009173</x:v>
       </x:c>
       <x:c r="C847" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D847" s="1" t="str">
-        <x:v>[탐앤탐스] 플레인요거트스무디(T)</x:v>
+        <x:v>[투썸플레이스] 아이스 아메리카노 MAX</x:v>
       </x:c>
       <x:c r="E847" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F847" s="4" t="str">
-        <x:v>5,800원</x:v>
+        <x:v>6,100원</x:v>
       </x:c>
       <x:c r="G847" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H847" s="4" t="str">
-        <x:v>5,104원</x:v>
+        <x:v>5,368원</x:v>
       </x:c>
       <x:c r="I847" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="848">
       <x:c r="A848" s="3" t="str">
-        <x:v>탐앤탐스</x:v>
+        <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B848" s="3" t="str">
-        <x:v>G0000009575</x:v>
+        <x:v>G0000009254</x:v>
       </x:c>
       <x:c r="C848" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D848" s="1" t="str">
-        <x:v>[탐앤탐스] 허니버터브레드</x:v>
+        <x:v>[투썸플레이스] 아이스 아메리카노 R</x:v>
       </x:c>
       <x:c r="E848" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F848" s="4" t="str">
-        <x:v>7,000원</x:v>
+        <x:v>4,700원</x:v>
       </x:c>
       <x:c r="G848" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H848" s="4" t="str">
-        <x:v>6,160원</x:v>
+        <x:v>4,136원</x:v>
       </x:c>
       <x:c r="I848" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="849">
       <x:c r="A849" s="3" t="str">
-        <x:v>탐앤탐스</x:v>
+        <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B849" s="3" t="str">
-        <x:v>G0000009576</x:v>
+        <x:v>G0000009253</x:v>
       </x:c>
       <x:c r="C849" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D849" s="1" t="str">
-        <x:v>[탐앤탐스] 헤이즐넛 라떼 T (ICE/HOT)</x:v>
+        <x:v>[투썸플레이스] 아이스 아메리카노 R 2잔</x:v>
       </x:c>
       <x:c r="E849" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F849" s="4" t="str">
-        <x:v>5,600원</x:v>
+        <x:v>9,400원</x:v>
       </x:c>
       <x:c r="G849" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H849" s="4" t="str">
-        <x:v>4,928원</x:v>
+        <x:v>8,272원</x:v>
       </x:c>
       <x:c r="I849" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="850">
       <x:c r="A850" s="3" t="str">
         <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B850" s="3" t="str">
-        <x:v>G0000009117</x:v>
+        <x:v>G0000009163</x:v>
       </x:c>
       <x:c r="C850" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D850" s="1" t="str">
-        <x:v>[투썸플레이스] 1만원권</x:v>
+        <x:v>[투썸플레이스] 아이스 초콜릿 라떼 R</x:v>
       </x:c>
       <x:c r="E850" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F850" s="4" t="str">
-        <x:v>10,000원</x:v>
+        <x:v>5,600원</x:v>
       </x:c>
       <x:c r="G850" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H850" s="4" t="str">
-        <x:v>9,000원</x:v>
+        <x:v>4,928원</x:v>
       </x:c>
       <x:c r="I850" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="851">
       <x:c r="A851" s="3" t="str">
         <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B851" s="3" t="str">
-        <x:v>G0000009118</x:v>
+        <x:v>G0000009252</x:v>
       </x:c>
       <x:c r="C851" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D851" s="1" t="str">
-        <x:v>[투썸플레이스] 2만원권</x:v>
+        <x:v>[투썸플레이스] 아이스 카페라떼 R</x:v>
       </x:c>
       <x:c r="E851" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F851" s="4" t="str">
-        <x:v>20,000원</x:v>
+        <x:v>5,200원</x:v>
       </x:c>
       <x:c r="G851" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H851" s="4" t="str">
-        <x:v>18,000원</x:v>
+        <x:v>4,576원</x:v>
       </x:c>
       <x:c r="I851" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="852">
       <x:c r="A852" s="3" t="str">
         <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B852" s="3" t="str">
-        <x:v>G0000009122</x:v>
+        <x:v>G0000009172</x:v>
       </x:c>
       <x:c r="C852" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D852" s="1" t="str">
-        <x:v>[투썸플레이스] 3만원권</x:v>
+        <x:v>[투썸플레이스] 애플 민트티 R</x:v>
       </x:c>
       <x:c r="E852" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F852" s="4" t="str">
-        <x:v>30,000원</x:v>
+        <x:v>6,300원</x:v>
       </x:c>
       <x:c r="G852" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H852" s="4" t="str">
-        <x:v>27,000원</x:v>
+        <x:v>5,544원</x:v>
       </x:c>
       <x:c r="I852" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="853">
       <x:c r="A853" s="3" t="str">
         <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B853" s="3" t="str">
-        <x:v>G0000009119</x:v>
+        <x:v>G0000009171</x:v>
       </x:c>
       <x:c r="C853" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D853" s="1" t="str">
-        <x:v>[투썸플레이스] 4만원권</x:v>
+        <x:v>[투썸플레이스] 애플 아샷추 MAX</x:v>
       </x:c>
       <x:c r="E853" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F853" s="4" t="str">
-        <x:v>40,000원</x:v>
+        <x:v>5,700원</x:v>
       </x:c>
       <x:c r="G853" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H853" s="4" t="str">
-        <x:v>36,000원</x:v>
+        <x:v>5,016원</x:v>
       </x:c>
       <x:c r="I853" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="854">
       <x:c r="A854" s="3" t="str">
         <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B854" s="3" t="str">
-        <x:v>G0000009120</x:v>
+        <x:v>G0000009170</x:v>
       </x:c>
       <x:c r="C854" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D854" s="1" t="str">
-        <x:v>[투썸플레이스] 5만원권</x:v>
+        <x:v>[투썸플레이스] 애플 아이스티 MAX</x:v>
       </x:c>
       <x:c r="E854" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F854" s="4" t="str">
-        <x:v>50,000원</x:v>
+        <x:v>5,000원</x:v>
       </x:c>
       <x:c r="G854" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H854" s="4" t="str">
-        <x:v>45,000원</x:v>
+        <x:v>4,400원</x:v>
       </x:c>
       <x:c r="I854" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="855">
       <x:c r="A855" s="3" t="str">
         <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B855" s="3" t="str">
-        <x:v>G0000009121</x:v>
+        <x:v>G0000009169</x:v>
       </x:c>
       <x:c r="C855" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D855" s="1" t="str">
-        <x:v>[투썸플레이스] 5천원권</x:v>
+        <x:v>[투썸플레이스] 애플망고 주스 R + 아메리카노 R</x:v>
       </x:c>
       <x:c r="E855" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F855" s="4" t="str">
-        <x:v>5,000원</x:v>
+        <x:v>11,200원</x:v>
       </x:c>
       <x:c r="G855" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H855" s="4" t="str">
-        <x:v>4,500원</x:v>
+        <x:v>9,856원</x:v>
       </x:c>
       <x:c r="I855" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="856">
       <x:c r="A856" s="3" t="str">
         <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B856" s="3" t="str">
-        <x:v>G0000009247</x:v>
+        <x:v>G0000009162</x:v>
       </x:c>
       <x:c r="C856" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D856" s="1" t="str">
-        <x:v>[투썸플레이스] 금귤 생크림 케이크 (쁘띠)</x:v>
+        <x:v>[투썸플레이스] 카페 라떼 R 2잔</x:v>
       </x:c>
       <x:c r="E856" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F856" s="4" t="str">
-        <x:v>8,800원</x:v>
+        <x:v>10,400원</x:v>
       </x:c>
       <x:c r="G856" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H856" s="4" t="str">
-        <x:v>7,744원</x:v>
+        <x:v>9,152원</x:v>
       </x:c>
       <x:c r="I856" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="857">
       <x:c r="A857" s="3" t="str">
         <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B857" s="3" t="str">
-        <x:v>G0000009246</x:v>
+        <x:v>G0000009257</x:v>
       </x:c>
       <x:c r="C857" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D857" s="1" t="str">
-        <x:v>[투썸플레이스] 금귤 생크림 케이크 (쁘띠) + 아메리카노 R</x:v>
+        <x:v>[투썸플레이스] 카페라떼 R</x:v>
       </x:c>
       <x:c r="E857" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F857" s="4" t="str">
-        <x:v>13,500원</x:v>
+        <x:v>5,200원</x:v>
       </x:c>
       <x:c r="G857" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H857" s="4" t="str">
-        <x:v>11,880원</x:v>
+        <x:v>4,576원</x:v>
       </x:c>
       <x:c r="I857" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="858">
       <x:c r="A858" s="3" t="str">
         <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B858" s="3" t="str">
-        <x:v>G0000009245</x:v>
+        <x:v>G0000009161</x:v>
       </x:c>
       <x:c r="C858" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D858" s="1" t="str">
-        <x:v>[투썸플레이스] 금귤 생크림 케이크 (쁘띠) + 아메리카노 R 2잔</x:v>
+        <x:v>[투썸플레이스] 콜드브루 R</x:v>
       </x:c>
       <x:c r="E858" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F858" s="4" t="str">
-        <x:v>18,200원</x:v>
+        <x:v>5,100원</x:v>
       </x:c>
       <x:c r="G858" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H858" s="4" t="str">
-        <x:v>16,016원</x:v>
+        <x:v>4,488원</x:v>
       </x:c>
       <x:c r="I858" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="859">
       <x:c r="A859" s="3" t="str">
         <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B859" s="3" t="str">
-        <x:v>G0000009244</x:v>
+        <x:v>G0000009160</x:v>
       </x:c>
       <x:c r="C859" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D859" s="1" t="str">
-        <x:v>[투썸플레이스] 금귤 생크림 케이크 (쁘띠) + 애플망고 피치 프라페 R</x:v>
+        <x:v>[투썸플레이스] 클래식 가토 쇼콜라</x:v>
       </x:c>
       <x:c r="E859" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F859" s="4" t="str">
-        <x:v>15,600원</x:v>
+        <x:v>40,000원</x:v>
       </x:c>
       <x:c r="G859" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H859" s="4" t="str">
-        <x:v>13,728원</x:v>
+        <x:v>35,200원</x:v>
       </x:c>
       <x:c r="I859" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="860">
       <x:c r="A860" s="3" t="str">
         <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B860" s="3" t="str">
-        <x:v>G0000009243</x:v>
+        <x:v>G0000009159</x:v>
       </x:c>
       <x:c r="C860" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D860" s="1" t="str">
-        <x:v>[투썸플레이스] 금귤생 (금귤 생크림 케이크)</x:v>
+        <x:v>[투썸플레이스] 클래식 가토 쇼콜라 피스</x:v>
       </x:c>
       <x:c r="E860" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F860" s="4" t="str">
-        <x:v>38,000원</x:v>
+        <x:v>7,200원</x:v>
       </x:c>
       <x:c r="G860" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H860" s="4" t="str">
-        <x:v>33,440원</x:v>
+        <x:v>6,336원</x:v>
       </x:c>
       <x:c r="I860" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="861">
       <x:c r="A861" s="3" t="str">
         <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B861" s="3" t="str">
-        <x:v>G0000009242</x:v>
+        <x:v>G0000009158</x:v>
       </x:c>
       <x:c r="C861" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D861" s="1" t="str">
-        <x:v>[투썸플레이스] 뉴욕 치즈</x:v>
+        <x:v>[투썸플레이스] 클래식 가토 쇼콜라 피스 + 아메리카노 R</x:v>
       </x:c>
       <x:c r="E861" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F861" s="4" t="str">
-        <x:v>37,000원</x:v>
+        <x:v>11,900원</x:v>
       </x:c>
       <x:c r="G861" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H861" s="4" t="str">
-        <x:v>32,560원</x:v>
+        <x:v>10,472원</x:v>
       </x:c>
       <x:c r="I861" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="862">
       <x:c r="A862" s="3" t="str">
         <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B862" s="3" t="str">
-        <x:v>G0000009241</x:v>
+        <x:v>G0000009157</x:v>
       </x:c>
       <x:c r="C862" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D862" s="1" t="str">
-        <x:v>[투썸플레이스] 뉴욕 치즈 피스</x:v>
+        <x:v>[투썸플레이스] 클래식 가토 쇼콜라 피스 + 아메리카노 R 2잔</x:v>
       </x:c>
       <x:c r="E862" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F862" s="4" t="str">
-        <x:v>5,900원</x:v>
+        <x:v>16,600원</x:v>
       </x:c>
       <x:c r="G862" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H862" s="4" t="str">
-        <x:v>5,192원</x:v>
+        <x:v>14,608원</x:v>
       </x:c>
       <x:c r="I862" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="863">
       <x:c r="A863" s="3" t="str">
         <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B863" s="3" t="str">
-        <x:v>G0000009240</x:v>
+        <x:v>G0000009156</x:v>
       </x:c>
       <x:c r="C863" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D863" s="1" t="str">
-        <x:v>[투썸플레이스] 뉴욕치즈 피스 + 아메리카노 R 2잔</x:v>
+        <x:v>[투썸플레이스] 투썸 레드 벨벳</x:v>
       </x:c>
       <x:c r="E863" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F863" s="4" t="str">
-        <x:v>15,300원</x:v>
+        <x:v>37,000원</x:v>
       </x:c>
       <x:c r="G863" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H863" s="4" t="str">
-        <x:v>13,464원</x:v>
+        <x:v>32,560원</x:v>
       </x:c>
       <x:c r="I863" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="864">
       <x:c r="A864" s="3" t="str">
         <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B864" s="3" t="str">
-        <x:v>G0000009239</x:v>
+        <x:v>G0000009155</x:v>
       </x:c>
       <x:c r="C864" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D864" s="1" t="str">
-        <x:v>[투썸플레이스] 더 블랙 그뤼에르 치즈 (1호)</x:v>
+        <x:v>[투썸플레이스] 투썸 레드 벨벳 피스</x:v>
       </x:c>
       <x:c r="E864" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F864" s="4" t="str">
-        <x:v>36,000원</x:v>
+        <x:v>6,800원</x:v>
       </x:c>
       <x:c r="G864" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H864" s="4" t="str">
-        <x:v>31,680원</x:v>
+        <x:v>5,984원</x:v>
       </x:c>
       <x:c r="I864" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="865">
       <x:c r="A865" s="3" t="str">
         <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B865" s="3" t="str">
-        <x:v>G0000009238</x:v>
+        <x:v>G0000009154</x:v>
       </x:c>
       <x:c r="C865" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D865" s="1" t="str">
-        <x:v>[투썸플레이스] 디카페인 콜드브루 R</x:v>
+        <x:v>[투썸플레이스] 투썸 레드 벨벳 피스 + 아메리카노 R</x:v>
       </x:c>
       <x:c r="E865" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F865" s="4" t="str">
-        <x:v>5,400원</x:v>
+        <x:v>11,500원</x:v>
       </x:c>
       <x:c r="G865" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H865" s="4" t="str">
-        <x:v>4,752원</x:v>
+        <x:v>10,120원</x:v>
       </x:c>
       <x:c r="I865" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="866">
       <x:c r="A866" s="3" t="str">
         <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B866" s="3" t="str">
-        <x:v>G0000009227</x:v>
+        <x:v>G0000009153</x:v>
       </x:c>
       <x:c r="C866" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D866" s="1" t="str">
-        <x:v>[투썸플레이스] 떠먹는 스초생 + 떠먹는 아박</x:v>
+        <x:v>[투썸플레이스] 투썸 레드 벨벳 피스 + 아메리카노 R 2잔</x:v>
       </x:c>
       <x:c r="E866" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F866" s="4" t="str">
-        <x:v>14,000원</x:v>
+        <x:v>16,200원</x:v>
       </x:c>
       <x:c r="G866" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H866" s="4" t="str">
-        <x:v>12,320원</x:v>
+        <x:v>14,256원</x:v>
       </x:c>
       <x:c r="I866" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="867">
       <x:c r="A867" s="3" t="str">
         <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B867" s="3" t="str">
-        <x:v>G0000009226</x:v>
+        <x:v>G0000009152</x:v>
       </x:c>
       <x:c r="C867" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D867" s="1" t="str">
-        <x:v>[투썸플레이스] 떠먹는 스초생 + 떠먹는 아박 + 아메리카노 R 2잔</x:v>
+        <x:v>[투썸플레이스] 투썸 오벌 티라미수</x:v>
       </x:c>
       <x:c r="E867" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F867" s="4" t="str">
-        <x:v>23,400원</x:v>
+        <x:v>36,000원</x:v>
       </x:c>
       <x:c r="G867" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H867" s="4" t="str">
-        <x:v>20,592원</x:v>
+        <x:v>31,680원</x:v>
       </x:c>
       <x:c r="I867" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="868">
       <x:c r="A868" s="3" t="str">
         <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B868" s="3" t="str">
-        <x:v>G0000009225</x:v>
+        <x:v>G0000009151</x:v>
       </x:c>
       <x:c r="C868" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D868" s="1" t="str">
-        <x:v>[투썸플레이스] 떠먹는 스초생 + 떠먹는 아박 + 아메리카노 R 3잔</x:v>
+        <x:v>[투썸플레이스] 투썸 오벌 티라미수 (쁘띠)</x:v>
       </x:c>
       <x:c r="E868" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F868" s="4" t="str">
-        <x:v>28,100원</x:v>
+        <x:v>8,000원</x:v>
       </x:c>
       <x:c r="G868" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H868" s="4" t="str">
-        <x:v>24,728원</x:v>
+        <x:v>7,040원</x:v>
       </x:c>
       <x:c r="I868" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="869">
       <x:c r="A869" s="3" t="str">
         <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B869" s="3" t="str">
-        <x:v>G0000009224</x:v>
+        <x:v>G0000009150</x:v>
       </x:c>
       <x:c r="C869" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D869" s="1" t="str">
-        <x:v>[투썸플레이스] 떠먹는 스초생 + 떠먹는 티라미수 + 아메리카노 R 2잔</x:v>
+        <x:v>[투썸플레이스] 투썸 오벌 티라미수 (쁘띠) + 아메리카노 R</x:v>
       </x:c>
       <x:c r="E869" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F869" s="4" t="str">
-        <x:v>23,400원</x:v>
+        <x:v>12,700원</x:v>
       </x:c>
       <x:c r="G869" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H869" s="4" t="str">
-        <x:v>20,592원</x:v>
+        <x:v>11,176원</x:v>
       </x:c>
       <x:c r="I869" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="870">
       <x:c r="A870" s="3" t="str">
         <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B870" s="3" t="str">
-        <x:v>G0000009223</x:v>
+        <x:v>G0000009149</x:v>
       </x:c>
       <x:c r="C870" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D870" s="1" t="str">
-        <x:v>[투썸플레이스] 떠먹는 스초생 + 떠먹는 화이트 스초생</x:v>
+        <x:v>[투썸플레이스] 투썸 오벌 티라미수 (쁘띠) + 아메리카노 R 2잔</x:v>
       </x:c>
       <x:c r="E870" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F870" s="4" t="str">
-        <x:v>14,400원</x:v>
+        <x:v>17,400원</x:v>
       </x:c>
       <x:c r="G870" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H870" s="4" t="str">
-        <x:v>12,672원</x:v>
+        <x:v>15,312원</x:v>
       </x:c>
       <x:c r="I870" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="871">
       <x:c r="A871" s="3" t="str">
         <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B871" s="3" t="str">
-        <x:v>G0000009222</x:v>
+        <x:v>G0000009147</x:v>
       </x:c>
       <x:c r="C871" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D871" s="1" t="str">
-        <x:v>[투썸플레이스] 떠먹는 스초생 + 떠먹는 화이트 스초생 + 아메리카노 R 2잔</x:v>
+        <x:v>[투썸플레이스] 투썸 퀸즈 캐롯 피스</x:v>
       </x:c>
       <x:c r="E871" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F871" s="4" t="str">
-        <x:v>23,800원</x:v>
+        <x:v>6,800원</x:v>
       </x:c>
       <x:c r="G871" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H871" s="4" t="str">
-        <x:v>20,944원</x:v>
+        <x:v>5,984원</x:v>
       </x:c>
       <x:c r="I871" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="872">
       <x:c r="A872" s="3" t="str">
         <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B872" s="3" t="str">
-        <x:v>G0000009221</x:v>
+        <x:v>G0000009146</x:v>
       </x:c>
       <x:c r="C872" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D872" s="1" t="str">
-        <x:v>[투썸플레이스] 떠먹는 스초생 + 아메리카노 R 2잔</x:v>
+        <x:v>[투썸플레이스] 투썸 퀸즈 캐롯 피스 + 아메리카노 R</x:v>
       </x:c>
       <x:c r="E872" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F872" s="4" t="str">
-        <x:v>16,600원</x:v>
+        <x:v>11,500원</x:v>
       </x:c>
       <x:c r="G872" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H872" s="4" t="str">
-        <x:v>14,608원</x:v>
+        <x:v>10,120원</x:v>
       </x:c>
       <x:c r="I872" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="873">
       <x:c r="A873" s="3" t="str">
         <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B873" s="3" t="str">
-        <x:v>G0000009220</x:v>
+        <x:v>G0000009145</x:v>
       </x:c>
       <x:c r="C873" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D873" s="1" t="str">
-        <x:v>[투썸플레이스] 떠먹는 스트로베리 초콜릿 생크림</x:v>
+        <x:v>[투썸플레이스] 투썸 퀸즈 캐롯 피스 + 아메리카노 R 2잔</x:v>
       </x:c>
       <x:c r="E873" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F873" s="4" t="str">
-        <x:v>7,200원</x:v>
+        <x:v>16,200원</x:v>
       </x:c>
       <x:c r="G873" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H873" s="4" t="str">
-        <x:v>6,336원</x:v>
+        <x:v>14,256원</x:v>
       </x:c>
       <x:c r="I873" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="874">
       <x:c r="A874" s="3" t="str">
         <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B874" s="3" t="str">
-        <x:v>G0000009255</x:v>
+        <x:v>G0000009144</x:v>
       </x:c>
       <x:c r="C874" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D874" s="1" t="str">
-        <x:v>[투썸플레이스] 떠먹는 스트로베리 초콜릿 생크림 + 아메리카노 R</x:v>
+        <x:v>[투썸플레이스] 투썸 해피 데이 베어</x:v>
       </x:c>
       <x:c r="E874" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F874" s="4" t="str">
-        <x:v>11,900원</x:v>
+        <x:v>38,000원</x:v>
       </x:c>
       <x:c r="G874" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H874" s="4" t="str">
-        <x:v>10,472원</x:v>
+        <x:v>33,440원</x:v>
       </x:c>
       <x:c r="I874" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="875">
       <x:c r="A875" s="3" t="str">
         <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B875" s="3" t="str">
-        <x:v>G0000009219</x:v>
+        <x:v>G0000009143</x:v>
       </x:c>
       <x:c r="C875" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D875" s="1" t="str">
-        <x:v>[투썸플레이스] 떠먹는 아박</x:v>
+        <x:v>[투썸플레이스] 파베 초콜릿 케이크</x:v>
       </x:c>
       <x:c r="E875" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F875" s="4" t="str">
-        <x:v>6,800원</x:v>
+        <x:v>38,000원</x:v>
       </x:c>
       <x:c r="G875" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H875" s="4" t="str">
-        <x:v>5,984원</x:v>
+        <x:v>33,440원</x:v>
       </x:c>
       <x:c r="I875" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="876">
       <x:c r="A876" s="3" t="str">
         <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B876" s="3" t="str">
-        <x:v>G0000009218</x:v>
+        <x:v>G0000009142</x:v>
       </x:c>
       <x:c r="C876" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D876" s="1" t="str">
-        <x:v>[투썸플레이스] 떠먹는 아박 + 아메리카노 R</x:v>
+        <x:v>[투썸플레이스] 파베 초콜릿 케이크 (쁘띠)</x:v>
       </x:c>
       <x:c r="E876" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F876" s="4" t="str">
-        <x:v>11,500원</x:v>
+        <x:v>8,800원</x:v>
       </x:c>
       <x:c r="G876" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H876" s="4" t="str">
-        <x:v>10,120원</x:v>
+        <x:v>7,744원</x:v>
       </x:c>
       <x:c r="I876" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="877">
       <x:c r="A877" s="3" t="str">
         <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B877" s="3" t="str">
-        <x:v>G0000009217</x:v>
+        <x:v>G0000009141</x:v>
       </x:c>
       <x:c r="C877" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D877" s="1" t="str">
-        <x:v>[투썸플레이스] 떠먹는 아박 + 아메리카노 R 2잔</x:v>
+        <x:v>[투썸플레이스] 파베 초콜릿 케이크 (쁘띠) + 민트 초코프라페 R 2잔</x:v>
       </x:c>
       <x:c r="E877" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F877" s="4" t="str">
-        <x:v>16,200원</x:v>
+        <x:v>20,400원</x:v>
       </x:c>
       <x:c r="G877" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H877" s="4" t="str">
-        <x:v>14,256원</x:v>
+        <x:v>17,952원</x:v>
       </x:c>
       <x:c r="I877" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="878">
       <x:c r="A878" s="3" t="str">
         <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B878" s="3" t="str">
-        <x:v>G0000009215</x:v>
+        <x:v>G0000009140</x:v>
       </x:c>
       <x:c r="C878" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D878" s="1" t="str">
-        <x:v>[투썸플레이스] 떠먹는 아박 + 초콜릿 라떼 R 2잔</x:v>
+        <x:v>[투썸플레이스] 파베 초콜릿 케이크 (쁘띠) + 아메리카노 R</x:v>
       </x:c>
       <x:c r="E878" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F878" s="4" t="str">
-        <x:v>18,000원</x:v>
+        <x:v>13,500원</x:v>
       </x:c>
       <x:c r="G878" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H878" s="4" t="str">
-        <x:v>15,840원</x:v>
+        <x:v>11,880원</x:v>
       </x:c>
       <x:c r="I878" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="879">
       <x:c r="A879" s="3" t="str">
         <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B879" s="3" t="str">
-        <x:v>G0000009214</x:v>
+        <x:v>G0000009139</x:v>
       </x:c>
       <x:c r="C879" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D879" s="1" t="str">
-        <x:v>[투썸플레이스] 떠먹는 아박 + 쿠키 쉐이크 R</x:v>
+        <x:v>[투썸플레이스] 파베 초콜릿 케이크 (쁘띠) + 아메리카노 R 2잔</x:v>
       </x:c>
       <x:c r="E879" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F879" s="4" t="str">
-        <x:v>13,100원</x:v>
+        <x:v>18,200원</x:v>
       </x:c>
       <x:c r="G879" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H879" s="4" t="str">
-        <x:v>11,528원</x:v>
+        <x:v>16,016원</x:v>
       </x:c>
       <x:c r="I879" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="880">
       <x:c r="A880" s="3" t="str">
         <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B880" s="3" t="str">
-        <x:v>G0000009213</x:v>
+        <x:v>G0000009137</x:v>
       </x:c>
       <x:c r="C880" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D880" s="1" t="str">
-        <x:v>[투썸플레이스] 떠먹는 아박 + 쿠키 쉐이크 R + 바닐라 밀크 쉐이크 R</x:v>
+        <x:v>[투썸플레이스] 파티팩 스트로베리 초콜릿 생크림</x:v>
       </x:c>
       <x:c r="E880" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F880" s="4" t="str">
-        <x:v>19,100원</x:v>
+        <x:v>43,200원</x:v>
       </x:c>
       <x:c r="G880" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H880" s="4" t="str">
-        <x:v>16,808원</x:v>
+        <x:v>38,016원</x:v>
       </x:c>
       <x:c r="I880" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="881">
       <x:c r="A881" s="3" t="str">
         <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B881" s="3" t="str">
-        <x:v>G0000009212</x:v>
+        <x:v>G0000009136</x:v>
       </x:c>
       <x:c r="C881" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D881" s="1" t="str">
-        <x:v>[투썸플레이스] 떠먹는 아박+ 초콜릿 라떼 R + 아메리카노 R</x:v>
+        <x:v>[투썸플레이스] 파티팩 아박® (아이스박스)</x:v>
       </x:c>
       <x:c r="E881" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F881" s="4" t="str">
-        <x:v>17,100원</x:v>
+        <x:v>40,800원</x:v>
       </x:c>
       <x:c r="G881" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H881" s="4" t="str">
-        <x:v>15,048원</x:v>
+        <x:v>35,904원</x:v>
       </x:c>
       <x:c r="I881" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="882">
       <x:c r="A882" s="3" t="str">
         <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B882" s="3" t="str">
-        <x:v>G0000009211</x:v>
+        <x:v>G0000009134</x:v>
       </x:c>
       <x:c r="C882" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D882" s="1" t="str">
-        <x:v>[투썸플레이스] 떠먹는 티라미수</x:v>
+        <x:v>[투썸플레이스] 파티팩 화이트 스초생</x:v>
       </x:c>
       <x:c r="E882" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F882" s="4" t="str">
-        <x:v>6,800원</x:v>
+        <x:v>43,200원</x:v>
       </x:c>
       <x:c r="G882" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H882" s="4" t="str">
-        <x:v>5,984원</x:v>
+        <x:v>38,016원</x:v>
       </x:c>
       <x:c r="I882" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="883">
       <x:c r="A883" s="3" t="str">
         <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B883" s="3" t="str">
-        <x:v>G0000009210</x:v>
+        <x:v>G0000009133</x:v>
       </x:c>
       <x:c r="C883" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D883" s="1" t="str">
-        <x:v>[투썸플레이스] 떠먹는 티라미수 + 떠먹는 아박 + 아메리카노 R 2잔</x:v>
+        <x:v>[투썸플레이스] 피치 아샷추 MAX</x:v>
       </x:c>
       <x:c r="E883" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F883" s="4" t="str">
-        <x:v>23,000원</x:v>
+        <x:v>5,700원</x:v>
       </x:c>
       <x:c r="G883" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H883" s="4" t="str">
-        <x:v>20,240원</x:v>
+        <x:v>5,016원</x:v>
       </x:c>
       <x:c r="I883" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="884">
       <x:c r="A884" s="3" t="str">
         <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B884" s="3" t="str">
-        <x:v>G0000009209</x:v>
+        <x:v>G0000009132</x:v>
       </x:c>
       <x:c r="C884" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D884" s="1" t="str">
-        <x:v>[투썸플레이스] 떠먹는 티라미수 + 아메리카노 R</x:v>
+        <x:v>[투썸플레이스] 피치 아이스티 MAX</x:v>
       </x:c>
       <x:c r="E884" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F884" s="4" t="str">
-        <x:v>11,500원</x:v>
+        <x:v>5,000원</x:v>
       </x:c>
       <x:c r="G884" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H884" s="4" t="str">
-        <x:v>10,120원</x:v>
+        <x:v>4,400원</x:v>
       </x:c>
       <x:c r="I884" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="885">
       <x:c r="A885" s="3" t="str">
         <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B885" s="3" t="str">
-        <x:v>G0000009208</x:v>
+        <x:v>G0000009130</x:v>
       </x:c>
       <x:c r="C885" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D885" s="1" t="str">
-        <x:v>[투썸플레이스] 떠먹는 티라미수 + 아메리카노 R 2잔</x:v>
+        <x:v>[투썸플레이스] 허니 레몬티 R</x:v>
       </x:c>
       <x:c r="E885" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F885" s="4" t="str">
-        <x:v>16,200원</x:v>
+        <x:v>6,300원</x:v>
       </x:c>
       <x:c r="G885" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H885" s="4" t="str">
-        <x:v>14,256원</x:v>
+        <x:v>5,544원</x:v>
       </x:c>
       <x:c r="I885" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="886">
       <x:c r="A886" s="3" t="str">
         <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B886" s="3" t="str">
-        <x:v>G0000009200</x:v>
+        <x:v>G0000009129</x:v>
       </x:c>
       <x:c r="C886" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D886" s="1" t="str">
-        <x:v>[투썸플레이스] 떠먹는 화이트 스초생</x:v>
+        <x:v>[투썸플레이스] 화이트 스초생</x:v>
       </x:c>
       <x:c r="E886" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F886" s="4" t="str">
-        <x:v>7,200원</x:v>
+        <x:v>39,000원</x:v>
       </x:c>
       <x:c r="G886" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H886" s="4" t="str">
-        <x:v>6,336원</x:v>
+        <x:v>34,320원</x:v>
       </x:c>
       <x:c r="I886" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="887">
       <x:c r="A887" s="3" t="str">
         <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B887" s="3" t="str">
-        <x:v>G0000009198</x:v>
+        <x:v>G0000009251</x:v>
       </x:c>
       <x:c r="C887" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D887" s="1" t="str">
-        <x:v>[투썸플레이스] 떠먹는 화이트 스초생 + 아메리카노 R</x:v>
+        <x:v>[투썸플레이스] TWG 얼그레이 밀크티 쉬폰</x:v>
       </x:c>
       <x:c r="E887" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F887" s="4" t="str">
-        <x:v>11,900원</x:v>
+        <x:v>36,000원</x:v>
       </x:c>
       <x:c r="G887" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H887" s="4" t="str">
-        <x:v>10,472원</x:v>
+        <x:v>31,680원</x:v>
       </x:c>
       <x:c r="I887" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="888">
       <x:c r="A888" s="3" t="str">
         <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B888" s="3" t="str">
-        <x:v>G0000009197</x:v>
+        <x:v>G0000009250</x:v>
       </x:c>
       <x:c r="C888" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D888" s="1" t="str">
-        <x:v>[투썸플레이스] 떠먹는 화이트 스초생 + 아메리카노 R 2잔</x:v>
+        <x:v>[투썸플레이스] TWG 얼그레이 밀크티 쉬폰 피스</x:v>
       </x:c>
       <x:c r="E888" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F888" s="4" t="str">
-        <x:v>16,600원</x:v>
+        <x:v>6,500원</x:v>
       </x:c>
       <x:c r="G888" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H888" s="4" t="str">
-        <x:v>14,608원</x:v>
+        <x:v>5,720원</x:v>
       </x:c>
       <x:c r="I888" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="889">
       <x:c r="A889" s="3" t="str">
         <x:v>투썸플레이스</x:v>
       </x:c>
       <x:c r="B889" s="3" t="str">
-        <x:v>G0000009196</x:v>
+        <x:v>G0000009249</x:v>
       </x:c>
       <x:c r="C889" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D889" s="1" t="str">
-        <x:v>[투썸플레이스] 로얄 밀크티 R</x:v>
+        <x:v>[투썸플레이스] TWG 얼그레이 밀크티 쉬폰 피스 + 아메리카노 R 2잔</x:v>
       </x:c>
       <x:c r="E889" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F889" s="4" t="str">
-        <x:v>5,700원</x:v>
+        <x:v>15,900원</x:v>
       </x:c>
       <x:c r="G889" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H889" s="4" t="str">
-        <x:v>5,016원</x:v>
+        <x:v>13,992원</x:v>
       </x:c>
       <x:c r="I889" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="890">
       <x:c r="A890" s="3" t="str">
-        <x:v>투썸플레이스</x:v>
+        <x:v>티켓링크</x:v>
       </x:c>
       <x:c r="B890" s="3" t="str">
-        <x:v>G0000009195</x:v>
+        <x:v>G0000006325</x:v>
       </x:c>
       <x:c r="C890" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D890" s="1" t="str">
-        <x:v>[투썸플레이스] 마이 투썸 하트</x:v>
+        <x:v>[티켓링크] 1만원 상품권</x:v>
       </x:c>
       <x:c r="E890" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F890" s="4" t="str">
-        <x:v>37,000원</x:v>
+        <x:v>10,000원</x:v>
       </x:c>
       <x:c r="G890" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H890" s="4" t="str">
-        <x:v>32,560원</x:v>
+        <x:v>9,800원</x:v>
       </x:c>
       <x:c r="I890" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="891">
       <x:c r="A891" s="3" t="str">
-        <x:v>투썸플레이스</x:v>
+        <x:v>티켓링크</x:v>
       </x:c>
       <x:c r="B891" s="3" t="str">
-        <x:v>G0000009194</x:v>
+        <x:v>G0000006326</x:v>
       </x:c>
       <x:c r="C891" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D891" s="1" t="str">
-        <x:v>[투썸플레이스] 마이 투썸 하트 듀오</x:v>
+        <x:v>[티켓링크] 2만원 상품권</x:v>
       </x:c>
       <x:c r="E891" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F891" s="4" t="str">
-        <x:v>37,000원</x:v>
+        <x:v>20,000원</x:v>
       </x:c>
       <x:c r="G891" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H891" s="4" t="str">
-        <x:v>32,560원</x:v>
+        <x:v>19,600원</x:v>
       </x:c>
       <x:c r="I891" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="892">
       <x:c r="A892" s="3" t="str">
-        <x:v>투썸플레이스</x:v>
+        <x:v>티켓링크</x:v>
       </x:c>
       <x:c r="B892" s="3" t="str">
-        <x:v>G0000009193</x:v>
+        <x:v>G0000006323</x:v>
       </x:c>
       <x:c r="C892" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D892" s="1" t="str">
-        <x:v>[투썸플레이스] 망고생 (망고 생크림 케이크)</x:v>
+        <x:v>[티켓링크] 3,000원 상품권</x:v>
       </x:c>
       <x:c r="E892" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F892" s="4" t="str">
-        <x:v>38,000원</x:v>
+        <x:v>3,000원</x:v>
       </x:c>
       <x:c r="G892" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H892" s="4" t="str">
-        <x:v>33,440원</x:v>
+        <x:v>2,940원</x:v>
       </x:c>
       <x:c r="I892" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="893">
       <x:c r="A893" s="3" t="str">
-        <x:v>투썸플레이스</x:v>
+        <x:v>티켓링크</x:v>
       </x:c>
       <x:c r="B893" s="3" t="str">
-        <x:v>G0000009192</x:v>
+        <x:v>G0000006327</x:v>
       </x:c>
       <x:c r="C893" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D893" s="1" t="str">
-        <x:v>[투썸플레이스] 민트 아샷추 MAX</x:v>
+        <x:v>[티켓링크] 3만원 상품권</x:v>
       </x:c>
       <x:c r="E893" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F893" s="4" t="str">
-        <x:v>5,700원</x:v>
+        <x:v>30,000원</x:v>
       </x:c>
       <x:c r="G893" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H893" s="4" t="str">
-        <x:v>5,016원</x:v>
+        <x:v>29,400원</x:v>
       </x:c>
       <x:c r="I893" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="894">
       <x:c r="A894" s="3" t="str">
-        <x:v>투썸플레이스</x:v>
+        <x:v>티켓링크</x:v>
       </x:c>
       <x:c r="B894" s="3" t="str">
-        <x:v>G0000009191</x:v>
+        <x:v>G0000006324</x:v>
       </x:c>
       <x:c r="C894" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D894" s="1" t="str">
-        <x:v>[투썸플레이스] 밀크티 쉐이크 R</x:v>
+        <x:v>[티켓링크] 5,000원 상품권</x:v>
       </x:c>
       <x:c r="E894" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F894" s="4" t="str">
-        <x:v>6,500원</x:v>
+        <x:v>5,000원</x:v>
       </x:c>
       <x:c r="G894" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H894" s="4" t="str">
-        <x:v>5,720원</x:v>
+        <x:v>4,900원</x:v>
       </x:c>
       <x:c r="I894" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="895">
       <x:c r="A895" s="3" t="str">
-        <x:v>투썸플레이스</x:v>
+        <x:v>파리바게뜨</x:v>
       </x:c>
       <x:c r="B895" s="3" t="str">
-        <x:v>G0000009190</x:v>
+        <x:v>G0000009677</x:v>
       </x:c>
       <x:c r="C895" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D895" s="1" t="str">
-        <x:v>[투썸플레이스] 바닐라 밀크 쉐이크 R + 아메리카노 R</x:v>
+        <x:v>[파리바게뜨] 15겹 크레이프 케이크[조각]+아이스 아메리카노 2잔</x:v>
       </x:c>
       <x:c r="E895" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F895" s="4" t="str">
-        <x:v>10,700원</x:v>
+        <x:v>13,500원</x:v>
       </x:c>
       <x:c r="G895" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H895" s="4" t="str">
-        <x:v>9,416원</x:v>
+        <x:v>11,880원</x:v>
       </x:c>
       <x:c r="I895" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="896">
       <x:c r="A896" s="3" t="str">
-        <x:v>투썸플레이스</x:v>
+        <x:v>파리바게뜨</x:v>
       </x:c>
       <x:c r="B896" s="3" t="str">
-        <x:v>G0000009189</x:v>
+        <x:v>G0000009675</x:v>
       </x:c>
       <x:c r="C896" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D896" s="1" t="str">
-        <x:v>[투썸플레이스] 베초생® (베리 초콜릿 생크림)</x:v>
+        <x:v>[파리바게뜨] 고구마반 생크림반 케이크</x:v>
       </x:c>
       <x:c r="E896" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F896" s="4" t="str">
-        <x:v>39,000원</x:v>
+        <x:v>33,900원</x:v>
       </x:c>
       <x:c r="G896" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H896" s="4" t="str">
-        <x:v>34,320원</x:v>
+        <x:v>29,832원</x:v>
       </x:c>
       <x:c r="I896" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="897">
       <x:c r="A897" s="3" t="str">
-        <x:v>투썸플레이스</x:v>
+        <x:v>파리바게뜨</x:v>
       </x:c>
       <x:c r="B897" s="3" t="str">
-        <x:v>G0000009188</x:v>
+        <x:v>G0000009618</x:v>
       </x:c>
       <x:c r="C897" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D897" s="1" t="str">
-        <x:v>[투썸플레이스] 복숭아 주스 R</x:v>
+        <x:v>[파리바게뜨] 고소한 버터핑거스틱</x:v>
       </x:c>
       <x:c r="E897" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F897" s="4" t="str">
-        <x:v>6,000원</x:v>
+        <x:v>2,750원</x:v>
       </x:c>
       <x:c r="G897" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H897" s="4" t="str">
-        <x:v>5,280원</x:v>
+        <x:v>2,420원</x:v>
       </x:c>
       <x:c r="I897" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="898">
       <x:c r="A898" s="3" t="str">
-        <x:v>투썸플레이스</x:v>
+        <x:v>파리바게뜨</x:v>
       </x:c>
       <x:c r="B898" s="3" t="str">
-        <x:v>G0000009187</x:v>
+        <x:v>G0000009607</x:v>
       </x:c>
       <x:c r="C898" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D898" s="1" t="str">
-        <x:v>[투썸플레이스] 부드러운 에그 잉글리쉬 머핀 + 아메리카노 R</x:v>
+        <x:v>[파리바게뜨] 교환권 1,000원</x:v>
       </x:c>
       <x:c r="E898" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F898" s="4" t="str">
-        <x:v>8,600원</x:v>
+        <x:v>1,000원</x:v>
       </x:c>
       <x:c r="G898" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H898" s="4" t="str">
-        <x:v>7,568원</x:v>
+        <x:v>900원</x:v>
       </x:c>
       <x:c r="I898" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="899">
       <x:c r="A899" s="3" t="str">
-        <x:v>투썸플레이스</x:v>
+        <x:v>파리바게뜨</x:v>
       </x:c>
       <x:c r="B899" s="3" t="str">
-        <x:v>G0000009186</x:v>
+        <x:v>G0000009616</x:v>
       </x:c>
       <x:c r="C899" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D899" s="1" t="str">
-        <x:v>[투썸플레이스] 생블루베리 요거트 생크림</x:v>
+        <x:v>[파리바게뜨] 교환권 10,000원</x:v>
       </x:c>
       <x:c r="E899" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F899" s="4" t="str">
-        <x:v>38,000원</x:v>
+        <x:v>10,000원</x:v>
       </x:c>
       <x:c r="G899" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H899" s="4" t="str">
-        <x:v>33,440원</x:v>
+        <x:v>9,000원</x:v>
       </x:c>
       <x:c r="I899" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="900">
       <x:c r="A900" s="3" t="str">
-        <x:v>투썸플레이스</x:v>
+        <x:v>파리바게뜨</x:v>
       </x:c>
       <x:c r="B900" s="3" t="str">
-        <x:v>G0000009185</x:v>
+        <x:v>G0000009605</x:v>
       </x:c>
       <x:c r="C900" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D900" s="1" t="str">
-        <x:v>[투썸플레이스] 생블루베리 요거트 생크림 (쁘띠)</x:v>
+        <x:v>[파리바게뜨] 교환권 12,000원</x:v>
       </x:c>
       <x:c r="E900" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F900" s="4" t="str">
-        <x:v>8,800원</x:v>
+        <x:v>12,000원</x:v>
       </x:c>
       <x:c r="G900" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H900" s="4" t="str">
-        <x:v>7,744원</x:v>
+        <x:v>10,800원</x:v>
       </x:c>
       <x:c r="I900" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="901">
       <x:c r="A901" s="3" t="str">
-        <x:v>투썸플레이스</x:v>
+        <x:v>파리바게뜨</x:v>
       </x:c>
       <x:c r="B901" s="3" t="str">
-        <x:v>G0000009184</x:v>
+        <x:v>G0000009609</x:v>
       </x:c>
       <x:c r="C901" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D901" s="1" t="str">
-        <x:v>[투썸플레이스] 생블루베리 요거트 생크림 (쁘띠) + 블루베리 요거트 드링크 R</x:v>
+        <x:v>[파리바게뜨] 교환권 15,000원권</x:v>
       </x:c>
       <x:c r="E901" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F901" s="4" t="str">
-        <x:v>14,300원</x:v>
+        <x:v>15,000원</x:v>
       </x:c>
       <x:c r="G901" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H901" s="4" t="str">
-        <x:v>12,584원</x:v>
+        <x:v>13,500원</x:v>
       </x:c>
       <x:c r="I901" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="902">
       <x:c r="A902" s="3" t="str">
-        <x:v>투썸플레이스</x:v>
+        <x:v>파리바게뜨</x:v>
       </x:c>
       <x:c r="B902" s="3" t="str">
-        <x:v>G0000009183</x:v>
+        <x:v>G0000009611</x:v>
       </x:c>
       <x:c r="C902" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D902" s="1" t="str">
-        <x:v>[투썸플레이스] 생블루베리 요거트 생크림 (쁘띠) + 아메리카노 R 2잔</x:v>
+        <x:v>[파리바게뜨] 교환권 2,000원</x:v>
       </x:c>
       <x:c r="E902" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F902" s="4" t="str">
-        <x:v>18,200원</x:v>
+        <x:v>2,000원</x:v>
       </x:c>
       <x:c r="G902" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H902" s="4" t="str">
-        <x:v>16,016원</x:v>
+        <x:v>1,800원</x:v>
       </x:c>
       <x:c r="I902" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="903">
       <x:c r="A903" s="3" t="str">
-        <x:v>투썸플레이스</x:v>
+        <x:v>파리바게뜨</x:v>
       </x:c>
       <x:c r="B903" s="3" t="str">
-        <x:v>G0000009181</x:v>
+        <x:v>G0000009612</x:v>
       </x:c>
       <x:c r="C903" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D903" s="1" t="str">
-        <x:v>[투썸플레이스] 소금 프레첼 베이글 + 아메리카노 R</x:v>
+        <x:v>[파리바게뜨] 교환권 20,000원</x:v>
       </x:c>
       <x:c r="E903" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F903" s="4" t="str">
-        <x:v>8,300원</x:v>
+        <x:v>20,000원</x:v>
       </x:c>
       <x:c r="G903" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H903" s="4" t="str">
-        <x:v>7,304원</x:v>
+        <x:v>18,000원</x:v>
       </x:c>
       <x:c r="I903" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="904">
       <x:c r="A904" s="3" t="str">
-        <x:v>투썸플레이스</x:v>
+        <x:v>파리바게뜨</x:v>
       </x:c>
       <x:c r="B904" s="3" t="str">
-        <x:v>G0000009180</x:v>
+        <x:v>G0000009610</x:v>
       </x:c>
       <x:c r="C904" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D904" s="1" t="str">
-        <x:v>[투썸플레이스] 순 우유 크림빵 + 아메리카노 R</x:v>
+        <x:v>[파리바게뜨] 교환권 25,000원</x:v>
       </x:c>
       <x:c r="E904" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F904" s="4" t="str">
-        <x:v>8,400원</x:v>
+        <x:v>25,000원</x:v>
       </x:c>
       <x:c r="G904" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H904" s="4" t="str">
-        <x:v>7,392원</x:v>
+        <x:v>22,500원</x:v>
       </x:c>
       <x:c r="I904" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="905">
       <x:c r="A905" s="3" t="str">
-        <x:v>투썸플레이스</x:v>
+        <x:v>파리바게뜨</x:v>
       </x:c>
       <x:c r="B905" s="3" t="str">
-        <x:v>G0000009179</x:v>
+        <x:v>G0000009615</x:v>
       </x:c>
       <x:c r="C905" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D905" s="1" t="str">
-        <x:v>[투썸플레이스] 스초생 2단</x:v>
+        <x:v>[파리바게뜨] 교환권 3,000원</x:v>
       </x:c>
       <x:c r="E905" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F905" s="4" t="str">
-        <x:v>48,000원</x:v>
+        <x:v>3,000원</x:v>
       </x:c>
       <x:c r="G905" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H905" s="4" t="str">
-        <x:v>42,240원</x:v>
+        <x:v>2,700원</x:v>
       </x:c>
       <x:c r="I905" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="906">
       <x:c r="A906" s="3" t="str">
-        <x:v>투썸플레이스</x:v>
+        <x:v>파리바게뜨</x:v>
       </x:c>
       <x:c r="B906" s="3" t="str">
-        <x:v>G0000009178</x:v>
+        <x:v>G0000009613</x:v>
       </x:c>
       <x:c r="C906" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D906" s="1" t="str">
-        <x:v>[투썸플레이스] 스초생 프레지에</x:v>
+        <x:v>[파리바게뜨] 교환권 30,000원</x:v>
       </x:c>
       <x:c r="E906" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F906" s="4" t="str">
-        <x:v>42,000원</x:v>
+        <x:v>30,000원</x:v>
       </x:c>
       <x:c r="G906" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H906" s="4" t="str">
-        <x:v>36,960원</x:v>
+        <x:v>27,000원</x:v>
       </x:c>
       <x:c r="I906" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="907">
       <x:c r="A907" s="3" t="str">
-        <x:v>투썸플레이스</x:v>
+        <x:v>파리바게뜨</x:v>
       </x:c>
       <x:c r="B907" s="3" t="str">
-        <x:v>G0000009177</x:v>
+        <x:v>G0000009604</x:v>
       </x:c>
       <x:c r="C907" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D907" s="1" t="str">
-        <x:v>[투썸플레이스] 스초생® (스트로베리 초콜릿 생크림)</x:v>
+        <x:v>[파리바게뜨] 교환권 4,000원</x:v>
       </x:c>
       <x:c r="E907" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F907" s="4" t="str">
-        <x:v>39,000원</x:v>
+        <x:v>4,000원</x:v>
       </x:c>
       <x:c r="G907" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H907" s="4" t="str">
-        <x:v>34,320원</x:v>
+        <x:v>3,600원</x:v>
       </x:c>
       <x:c r="I907" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="908">
       <x:c r="A908" s="3" t="str">
-        <x:v>투썸플레이스</x:v>
+        <x:v>파리바게뜨</x:v>
       </x:c>
       <x:c r="B908" s="3" t="str">
-        <x:v>G0000009176</x:v>
+        <x:v>G0000009614</x:v>
       </x:c>
       <x:c r="C908" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D908" s="1" t="str">
-        <x:v>[투썸플레이스] 스크램블 에그 샌드위치 + 아메리카노 R</x:v>
+        <x:v>[파리바게뜨] 교환권 5,000원</x:v>
       </x:c>
       <x:c r="E908" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F908" s="4" t="str">
-        <x:v>10,200원</x:v>
+        <x:v>5,000원</x:v>
       </x:c>
       <x:c r="G908" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H908" s="4" t="str">
-        <x:v>8,976원</x:v>
+        <x:v>4,500원</x:v>
       </x:c>
       <x:c r="I908" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="909">
       <x:c r="A909" s="3" t="str">
-        <x:v>투썸플레이스</x:v>
+        <x:v>파리바게뜨</x:v>
       </x:c>
       <x:c r="B909" s="3" t="str">
-        <x:v>G0000009175</x:v>
+        <x:v>G0000009621</x:v>
       </x:c>
       <x:c r="C909" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D909" s="1" t="str">
-        <x:v>[투썸플레이스] 아메리카노 L</x:v>
+        <x:v>[파리바게뜨] 나폴리피자빵</x:v>
       </x:c>
       <x:c r="E909" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F909" s="4" t="str">
-        <x:v>5,300원</x:v>
+        <x:v>2,500원</x:v>
       </x:c>
       <x:c r="G909" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H909" s="4" t="str">
-        <x:v>4,664원</x:v>
+        <x:v>2,200원</x:v>
       </x:c>
       <x:c r="I909" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="910">
       <x:c r="A910" s="3" t="str">
-        <x:v>투썸플레이스</x:v>
+        <x:v>파리바게뜨</x:v>
       </x:c>
       <x:c r="B910" s="3" t="str">
-        <x:v>G0000009258</x:v>
+        <x:v>G0000009629</x:v>
       </x:c>
       <x:c r="C910" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D910" s="1" t="str">
-        <x:v>[투썸플레이스] 아메리카노 R</x:v>
+        <x:v>[파리바게뜨] 단백질 듬뿍 치킨에그 샐러드</x:v>
       </x:c>
       <x:c r="E910" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F910" s="4" t="str">
-        <x:v>4,700원</x:v>
+        <x:v>7,100원</x:v>
       </x:c>
       <x:c r="G910" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H910" s="4" t="str">
-        <x:v>4,136원</x:v>
+        <x:v>6,248원</x:v>
       </x:c>
       <x:c r="I910" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="911">
       <x:c r="A911" s="3" t="str">
-        <x:v>투썸플레이스</x:v>
+        <x:v>파리바게뜨</x:v>
       </x:c>
       <x:c r="B911" s="3" t="str">
-        <x:v>G0000009256</x:v>
+        <x:v>G0000009659</x:v>
       </x:c>
       <x:c r="C911" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D911" s="1" t="str">
-        <x:v>[투썸플레이스] 아메리카노 R 2잔</x:v>
+        <x:v>[파리바게뜨] 단백질 듬뿍 치킨에그 샐러드+아이스 아메리카노</x:v>
       </x:c>
       <x:c r="E911" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F911" s="4" t="str">
-        <x:v>9,400원</x:v>
+        <x:v>10,800원</x:v>
       </x:c>
       <x:c r="G911" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H911" s="4" t="str">
-        <x:v>8,272원</x:v>
+        <x:v>9,504원</x:v>
       </x:c>
       <x:c r="I911" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="912">
       <x:c r="A912" s="3" t="str">
-        <x:v>투썸플레이스</x:v>
+        <x:v>파리바게뜨</x:v>
       </x:c>
       <x:c r="B912" s="3" t="str">
-        <x:v>G0000009174</x:v>
+        <x:v>G0000009628</x:v>
       </x:c>
       <x:c r="C912" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D912" s="1" t="str">
-        <x:v>[투썸플레이스] 아박® 홀케이크</x:v>
+        <x:v>[파리바게뜨] 달콤한 우리찹쌀 왕꽈배기</x:v>
       </x:c>
       <x:c r="E912" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F912" s="4" t="str">
-        <x:v>34,000원</x:v>
+        <x:v>2,100원</x:v>
       </x:c>
       <x:c r="G912" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H912" s="4" t="str">
-        <x:v>29,920원</x:v>
+        <x:v>1,848원</x:v>
       </x:c>
       <x:c r="I912" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="913">
       <x:c r="A913" s="3" t="str">
-        <x:v>투썸플레이스</x:v>
+        <x:v>파리바게뜨</x:v>
       </x:c>
       <x:c r="B913" s="3" t="str">
-        <x:v>G0000009173</x:v>
+        <x:v>G0000009627</x:v>
       </x:c>
       <x:c r="C913" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D913" s="1" t="str">
-        <x:v>[투썸플레이스] 아이스 아메리카노 MAX</x:v>
+        <x:v>[파리바게뜨] 런치 샌드위치</x:v>
       </x:c>
       <x:c r="E913" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F913" s="4" t="str">
-        <x:v>6,100원</x:v>
+        <x:v>6,500원</x:v>
       </x:c>
       <x:c r="G913" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H913" s="4" t="str">
-        <x:v>5,368원</x:v>
+        <x:v>5,720원</x:v>
       </x:c>
       <x:c r="I913" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="914">
       <x:c r="A914" s="3" t="str">
-        <x:v>투썸플레이스</x:v>
+        <x:v>파리바게뜨</x:v>
       </x:c>
       <x:c r="B914" s="3" t="str">
-        <x:v>G0000009254</x:v>
+        <x:v>G0000009679</x:v>
       </x:c>
       <x:c r="C914" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D914" s="1" t="str">
-        <x:v>[투썸플레이스] 아이스 아메리카노 R</x:v>
+        <x:v>[파리바게뜨] 런치 샌드위치+아이스 아메리카노</x:v>
       </x:c>
       <x:c r="E914" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F914" s="4" t="str">
-        <x:v>4,700원</x:v>
+        <x:v>10,200원</x:v>
       </x:c>
       <x:c r="G914" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H914" s="4" t="str">
-        <x:v>4,136원</x:v>
+        <x:v>8,976원</x:v>
       </x:c>
       <x:c r="I914" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="915">
       <x:c r="A915" s="3" t="str">
-        <x:v>투썸플레이스</x:v>
+        <x:v>파리바게뜨</x:v>
       </x:c>
       <x:c r="B915" s="3" t="str">
-        <x:v>G0000009253</x:v>
+        <x:v>G0000009647</x:v>
       </x:c>
       <x:c r="C915" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D915" s="1" t="str">
-        <x:v>[투썸플레이스] 아이스 아메리카노 R 2잔</x:v>
+        <x:v>[파리바게뜨] 런치 샌드위치+아이스 아메리카노+아이스 카페라떼</x:v>
       </x:c>
       <x:c r="E915" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F915" s="4" t="str">
-        <x:v>9,400원</x:v>
+        <x:v>14,400원</x:v>
       </x:c>
       <x:c r="G915" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H915" s="4" t="str">
-        <x:v>8,272원</x:v>
+        <x:v>12,672원</x:v>
       </x:c>
       <x:c r="I915" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="916">
       <x:c r="A916" s="3" t="str">
-        <x:v>투썸플레이스</x:v>
+        <x:v>파리바게뜨</x:v>
       </x:c>
       <x:c r="B916" s="3" t="str">
-        <x:v>G0000009163</x:v>
+        <x:v>G0000009633</x:v>
       </x:c>
       <x:c r="C916" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D916" s="1" t="str">
-        <x:v>[투썸플레이스] 아이스 초콜릿 라떼 R</x:v>
+        <x:v>[파리바게뜨] 마이넘버원 고구마 조각 케이크+아이스 아메리카노 1잔</x:v>
       </x:c>
       <x:c r="E916" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F916" s="4" t="str">
-        <x:v>5,600원</x:v>
+        <x:v>9,800원</x:v>
       </x:c>
       <x:c r="G916" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H916" s="4" t="str">
-        <x:v>4,928원</x:v>
+        <x:v>8,624원</x:v>
       </x:c>
       <x:c r="I916" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="917">
       <x:c r="A917" s="3" t="str">
-        <x:v>투썸플레이스</x:v>
+        <x:v>파리바게뜨</x:v>
       </x:c>
       <x:c r="B917" s="3" t="str">
-        <x:v>G0000009252</x:v>
+        <x:v>G0000009632</x:v>
       </x:c>
       <x:c r="C917" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D917" s="1" t="str">
-        <x:v>[투썸플레이스] 아이스 카페라떼 R</x:v>
+        <x:v>[파리바게뜨] 마이넘버원 딸기생크림 조각 케이크+아이스 카페라떼 1잔</x:v>
       </x:c>
       <x:c r="E917" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F917" s="4" t="str">
-        <x:v>5,200원</x:v>
+        <x:v>10,300원</x:v>
       </x:c>
       <x:c r="G917" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H917" s="4" t="str">
-        <x:v>4,576원</x:v>
+        <x:v>9,064원</x:v>
       </x:c>
       <x:c r="I917" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="918">
       <x:c r="A918" s="3" t="str">
-        <x:v>투썸플레이스</x:v>
+        <x:v>파리바게뜨</x:v>
       </x:c>
       <x:c r="B918" s="3" t="str">
-        <x:v>G0000009172</x:v>
+        <x:v>G0000009631</x:v>
       </x:c>
       <x:c r="C918" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D918" s="1" t="str">
-        <x:v>[투썸플레이스] 애플 민트티 R</x:v>
+        <x:v>[파리바게뜨] 마이넘버원 블루베리요거트 조각케이크+아아1잔+아이스 카페라떼</x:v>
       </x:c>
       <x:c r="E918" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F918" s="4" t="str">
-        <x:v>6,300원</x:v>
+        <x:v>14,000원</x:v>
       </x:c>
       <x:c r="G918" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H918" s="4" t="str">
-        <x:v>5,544원</x:v>
+        <x:v>12,320원</x:v>
       </x:c>
       <x:c r="I918" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="919">
       <x:c r="A919" s="3" t="str">
-        <x:v>투썸플레이스</x:v>
+        <x:v>파리바게뜨</x:v>
       </x:c>
       <x:c r="B919" s="3" t="str">
-        <x:v>G0000009171</x:v>
+        <x:v>G0000009674</x:v>
       </x:c>
       <x:c r="C919" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D919" s="1" t="str">
-        <x:v>[투썸플레이스] 애플 아샷추 MAX</x:v>
+        <x:v>[파리바게뜨] 마이넘버원 초코생크림 조각 케이크+아이스 아메리카노 2잔</x:v>
       </x:c>
       <x:c r="E919" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F919" s="4" t="str">
-        <x:v>5,700원</x:v>
+        <x:v>13,500원</x:v>
       </x:c>
       <x:c r="G919" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H919" s="4" t="str">
-        <x:v>5,016원</x:v>
+        <x:v>11,880원</x:v>
       </x:c>
       <x:c r="I919" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="920">
       <x:c r="A920" s="3" t="str">
-        <x:v>투썸플레이스</x:v>
+        <x:v>파리바게뜨</x:v>
       </x:c>
       <x:c r="B920" s="3" t="str">
-        <x:v>G0000009170</x:v>
+        <x:v>G0000009638</x:v>
       </x:c>
       <x:c r="C920" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D920" s="1" t="str">
-        <x:v>[투썸플레이스] 애플 아이스티 MAX</x:v>
+        <x:v>[파리바게뜨] 마이넘버원 케이크</x:v>
       </x:c>
       <x:c r="E920" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F920" s="4" t="str">
-        <x:v>5,000원</x:v>
+        <x:v>35,000원</x:v>
       </x:c>
       <x:c r="G920" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H920" s="4" t="str">
-        <x:v>4,400원</x:v>
+        <x:v>30,800원</x:v>
       </x:c>
       <x:c r="I920" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="921">
       <x:c r="A921" s="3" t="str">
-        <x:v>투썸플레이스</x:v>
+        <x:v>파리바게뜨</x:v>
       </x:c>
       <x:c r="B921" s="3" t="str">
-        <x:v>G0000009169</x:v>
+        <x:v>G0000009636</x:v>
       </x:c>
       <x:c r="C921" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D921" s="1" t="str">
-        <x:v>[투썸플레이스] 애플망고 주스 R + 아메리카노 R</x:v>
+        <x:v>[파리바게뜨] 마이넘버원 케이크+애플망고 빙수</x:v>
       </x:c>
       <x:c r="E921" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F921" s="4" t="str">
-        <x:v>11,200원</x:v>
+        <x:v>46,900원</x:v>
       </x:c>
       <x:c r="G921" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H921" s="4" t="str">
-        <x:v>9,856원</x:v>
+        <x:v>41,272원</x:v>
       </x:c>
       <x:c r="I921" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="922">
       <x:c r="A922" s="3" t="str">
-        <x:v>투썸플레이스</x:v>
+        <x:v>파리바게뜨</x:v>
       </x:c>
       <x:c r="B922" s="3" t="str">
-        <x:v>G0000009168</x:v>
+        <x:v>G0000009666</x:v>
       </x:c>
       <x:c r="C922" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D922" s="1" t="str">
-        <x:v>[투썸플레이스] 애플망고 피치 프라페 R</x:v>
+        <x:v>[파리바게뜨] 만월빵</x:v>
       </x:c>
       <x:c r="E922" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F922" s="4" t="str">
-        <x:v>6,800원</x:v>
+        <x:v>17,500원</x:v>
       </x:c>
       <x:c r="G922" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H922" s="4" t="str">
-        <x:v>5,984원</x:v>
+        <x:v>15,400원</x:v>
       </x:c>
       <x:c r="I922" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="923">
       <x:c r="A923" s="3" t="str">
-        <x:v>투썸플레이스</x:v>
+        <x:v>파리바게뜨</x:v>
       </x:c>
       <x:c r="B923" s="3" t="str">
-        <x:v>G0000009162</x:v>
+        <x:v>G0000009665</x:v>
       </x:c>
       <x:c r="C923" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D923" s="1" t="str">
-        <x:v>[투썸플레이스] 카페 라떼 R 2잔</x:v>
+        <x:v>[파리바게뜨] 명가 명품 우리벌꿀 카스테라</x:v>
       </x:c>
       <x:c r="E923" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F923" s="4" t="str">
-        <x:v>10,400원</x:v>
+        <x:v>14,900원</x:v>
       </x:c>
       <x:c r="G923" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H923" s="4" t="str">
-        <x:v>9,152원</x:v>
+        <x:v>13,112원</x:v>
       </x:c>
       <x:c r="I923" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="924">
       <x:c r="A924" s="3" t="str">
-        <x:v>투썸플레이스</x:v>
+        <x:v>파리바게뜨</x:v>
       </x:c>
       <x:c r="B924" s="3" t="str">
-        <x:v>G0000009257</x:v>
+        <x:v>G0000009664</x:v>
       </x:c>
       <x:c r="C924" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D924" s="1" t="str">
-        <x:v>[투썸플레이스] 카페라떼 R</x:v>
+        <x:v>[파리바게뜨] 명가 찹쌀떡</x:v>
       </x:c>
       <x:c r="E924" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F924" s="4" t="str">
-        <x:v>5,200원</x:v>
+        <x:v>1,100원</x:v>
       </x:c>
       <x:c r="G924" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H924" s="4" t="str">
-        <x:v>4,576원</x:v>
+        <x:v>968원</x:v>
       </x:c>
       <x:c r="I924" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="925">
       <x:c r="A925" s="3" t="str">
-        <x:v>투썸플레이스</x:v>
+        <x:v>파리바게뜨</x:v>
       </x:c>
       <x:c r="B925" s="3" t="str">
-        <x:v>G0000009161</x:v>
+        <x:v>G0000009658</x:v>
       </x:c>
       <x:c r="C925" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D925" s="1" t="str">
-        <x:v>[투썸플레이스] 콜드브루 R</x:v>
+        <x:v>[파리바게뜨] 바닐라라떼</x:v>
       </x:c>
       <x:c r="E925" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F925" s="4" t="str">
-        <x:v>5,100원</x:v>
+        <x:v>4,200원</x:v>
       </x:c>
       <x:c r="G925" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H925" s="4" t="str">
-        <x:v>4,488원</x:v>
+        <x:v>3,696원</x:v>
       </x:c>
       <x:c r="I925" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="926">
       <x:c r="A926" s="3" t="str">
-        <x:v>투썸플레이스</x:v>
+        <x:v>파리바게뜨</x:v>
       </x:c>
       <x:c r="B926" s="3" t="str">
-        <x:v>G0000009160</x:v>
+        <x:v>G0000009680</x:v>
       </x:c>
       <x:c r="C926" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D926" s="1" t="str">
-        <x:v>[투썸플레이스] 클래식 가토 쇼콜라</x:v>
+        <x:v>[파리바게뜨] 바질리코타 호밀 샌드위치 +아이스 카페라떼</x:v>
       </x:c>
       <x:c r="E926" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F926" s="4" t="str">
-        <x:v>40,000원</x:v>
+        <x:v>10,900원</x:v>
       </x:c>
       <x:c r="G926" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H926" s="4" t="str">
-        <x:v>35,200원</x:v>
+        <x:v>9,592원</x:v>
       </x:c>
       <x:c r="I926" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="927">
       <x:c r="A927" s="3" t="str">
-        <x:v>투썸플레이스</x:v>
+        <x:v>파리바게뜨</x:v>
       </x:c>
       <x:c r="B927" s="3" t="str">
-        <x:v>G0000009159</x:v>
+        <x:v>G0000009619</x:v>
       </x:c>
       <x:c r="C927" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D927" s="1" t="str">
-        <x:v>[투썸플레이스] 클래식 가토 쇼콜라 피스</x:v>
+        <x:v>[파리바게뜨] 부드러운 상미종 생(生)식빵</x:v>
       </x:c>
       <x:c r="E927" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F927" s="4" t="str">
-        <x:v>7,200원</x:v>
+        <x:v>3,900원</x:v>
       </x:c>
       <x:c r="G927" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H927" s="4" t="str">
-        <x:v>6,336원</x:v>
+        <x:v>3,432원</x:v>
       </x:c>
       <x:c r="I927" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="928">
       <x:c r="A928" s="3" t="str">
-        <x:v>투썸플레이스</x:v>
+        <x:v>파리바게뜨</x:v>
       </x:c>
       <x:c r="B928" s="3" t="str">
-        <x:v>G0000009158</x:v>
+        <x:v>G0000009660</x:v>
       </x:c>
       <x:c r="C928" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D928" s="1" t="str">
-        <x:v>[투썸플레이스] 클래식 가토 쇼콜라 피스 + 아메리카노 R</x:v>
+        <x:v>[파리바게뜨] 부드러운 초코가나슈 케이크[조각]+아이스 아메리카노</x:v>
       </x:c>
       <x:c r="E928" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F928" s="4" t="str">
-        <x:v>11,900원</x:v>
+        <x:v>9,800원</x:v>
       </x:c>
       <x:c r="G928" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H928" s="4" t="str">
-        <x:v>10,472원</x:v>
+        <x:v>8,624원</x:v>
       </x:c>
       <x:c r="I928" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="929">
       <x:c r="A929" s="3" t="str">
-        <x:v>투썸플레이스</x:v>
+        <x:v>파리바게뜨</x:v>
       </x:c>
       <x:c r="B929" s="3" t="str">
-        <x:v>G0000009157</x:v>
+        <x:v>G0000009643</x:v>
       </x:c>
       <x:c r="C929" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D929" s="1" t="str">
-        <x:v>[투썸플레이스] 클래식 가토 쇼콜라 피스 + 아메리카노 R 2잔</x:v>
+        <x:v>[파리바게뜨] 블라썸 러브 케이크</x:v>
       </x:c>
       <x:c r="E929" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F929" s="4" t="str">
-        <x:v>16,600원</x:v>
+        <x:v>26,900원</x:v>
       </x:c>
       <x:c r="G929" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H929" s="4" t="str">
-        <x:v>14,608원</x:v>
+        <x:v>23,672원</x:v>
       </x:c>
       <x:c r="I929" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="930">
       <x:c r="A930" s="3" t="str">
-        <x:v>투썸플레이스</x:v>
+        <x:v>파리바게뜨</x:v>
       </x:c>
       <x:c r="B930" s="3" t="str">
-        <x:v>G0000009156</x:v>
+        <x:v>G0000009663</x:v>
       </x:c>
       <x:c r="C930" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D930" s="1" t="str">
-        <x:v>[투썸플레이스] 투썸 레드 벨벳</x:v>
+        <x:v>[파리바게뜨] 블루베리 듬뿍 롤케익</x:v>
       </x:c>
       <x:c r="E930" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F930" s="4" t="str">
-        <x:v>37,000원</x:v>
+        <x:v>14,900원</x:v>
       </x:c>
       <x:c r="G930" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H930" s="4" t="str">
-        <x:v>32,560원</x:v>
+        <x:v>13,112원</x:v>
       </x:c>
       <x:c r="I930" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="931">
       <x:c r="A931" s="3" t="str">
-        <x:v>투썸플레이스</x:v>
+        <x:v>파리바게뜨</x:v>
       </x:c>
       <x:c r="B931" s="3" t="str">
-        <x:v>G0000009155</x:v>
+        <x:v>G0000009657</x:v>
       </x:c>
       <x:c r="C931" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D931" s="1" t="str">
-        <x:v>[투썸플레이스] 투썸 레드 벨벳 피스</x:v>
+        <x:v>[파리바게뜨] 빅 아이스 아메리카노</x:v>
       </x:c>
       <x:c r="E931" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F931" s="4" t="str">
-        <x:v>6,800원</x:v>
+        <x:v>4,600원</x:v>
       </x:c>
       <x:c r="G931" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H931" s="4" t="str">
-        <x:v>5,984원</x:v>
+        <x:v>4,048원</x:v>
       </x:c>
       <x:c r="I931" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="932">
       <x:c r="A932" s="3" t="str">
-        <x:v>투썸플레이스</x:v>
+        <x:v>파리바게뜨</x:v>
       </x:c>
       <x:c r="B932" s="3" t="str">
-        <x:v>G0000009154</x:v>
+        <x:v>G0000009637</x:v>
       </x:c>
       <x:c r="C932" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D932" s="1" t="str">
-        <x:v>[투썸플레이스] 투썸 레드 벨벳 피스 + 아메리카노 R</x:v>
+        <x:v>[파리바게뜨] 사파리 친구들 이야기 케이크[2단]</x:v>
       </x:c>
       <x:c r="E932" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F932" s="4" t="str">
-        <x:v>11,500원</x:v>
+        <x:v>53,000원</x:v>
       </x:c>
       <x:c r="G932" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H932" s="4" t="str">
-        <x:v>10,120원</x:v>
+        <x:v>46,640원</x:v>
       </x:c>
       <x:c r="I932" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="933">
       <x:c r="A933" s="3" t="str">
-        <x:v>투썸플레이스</x:v>
+        <x:v>파리바게뜨</x:v>
       </x:c>
       <x:c r="B933" s="3" t="str">
-        <x:v>G0000009153</x:v>
+        <x:v>G0000009690</x:v>
       </x:c>
       <x:c r="C933" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D933" s="1" t="str">
-        <x:v>[투썸플레이스] 투썸 레드 벨벳 피스 + 아메리카노 R 2잔</x:v>
+        <x:v>[파리바게뜨] 산딸기 듬뿍 롤케익</x:v>
       </x:c>
       <x:c r="E933" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F933" s="4" t="str">
-        <x:v>16,200원</x:v>
+        <x:v>14,900원</x:v>
       </x:c>
       <x:c r="G933" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H933" s="4" t="str">
-        <x:v>14,256원</x:v>
+        <x:v>13,112원</x:v>
       </x:c>
       <x:c r="I933" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="934">
       <x:c r="A934" s="3" t="str">
-        <x:v>투썸플레이스</x:v>
+        <x:v>파리바게뜨</x:v>
       </x:c>
       <x:c r="B934" s="3" t="str">
-        <x:v>G0000009152</x:v>
+        <x:v>G0000009689</x:v>
       </x:c>
       <x:c r="C934" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D934" s="1" t="str">
-        <x:v>[투썸플레이스] 투썸 오벌 티라미수</x:v>
+        <x:v>[파리바게뜨] 상큼한 블루베리 쉬폰케이크</x:v>
       </x:c>
       <x:c r="E934" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F934" s="4" t="str">
-        <x:v>36,000원</x:v>
+        <x:v>34,900원</x:v>
       </x:c>
       <x:c r="G934" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H934" s="4" t="str">
-        <x:v>31,680원</x:v>
+        <x:v>30,712원</x:v>
       </x:c>
       <x:c r="I934" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="935">
       <x:c r="A935" s="3" t="str">
-        <x:v>투썸플레이스</x:v>
+        <x:v>파리바게뜨</x:v>
       </x:c>
       <x:c r="B935" s="3" t="str">
-        <x:v>G0000009151</x:v>
+        <x:v>G0000009682</x:v>
       </x:c>
       <x:c r="C935" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D935" s="1" t="str">
-        <x:v>[투썸플레이스] 투썸 오벌 티라미수 (쁘띠)</x:v>
+        <x:v>[파리바게뜨] 생딸기 듬뿍 프레지에 케이크</x:v>
       </x:c>
       <x:c r="E935" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F935" s="4" t="str">
-        <x:v>8,000원</x:v>
+        <x:v>35,000원</x:v>
       </x:c>
       <x:c r="G935" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H935" s="4" t="str">
-        <x:v>7,040원</x:v>
+        <x:v>30,800원</x:v>
       </x:c>
       <x:c r="I935" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="936">
       <x:c r="A936" s="3" t="str">
-        <x:v>투썸플레이스</x:v>
+        <x:v>파리바게뜨</x:v>
       </x:c>
       <x:c r="B936" s="3" t="str">
-        <x:v>G0000009150</x:v>
+        <x:v>G0000009626</x:v>
       </x:c>
       <x:c r="C936" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D936" s="1" t="str">
-        <x:v>[투썸플레이스] 투썸 오벌 티라미수 (쁘띠) + 아메리카노 R</x:v>
+        <x:v>[파리바게뜨] 생크림폭탄 도넛(3개입)</x:v>
       </x:c>
       <x:c r="E936" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F936" s="4" t="str">
-        <x:v>12,700원</x:v>
+        <x:v>4,350원</x:v>
       </x:c>
       <x:c r="G936" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H936" s="4" t="str">
-        <x:v>11,176원</x:v>
+        <x:v>3,828원</x:v>
       </x:c>
       <x:c r="I936" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="937">
       <x:c r="A937" s="3" t="str">
-        <x:v>투썸플레이스</x:v>
+        <x:v>파리바게뜨</x:v>
       </x:c>
       <x:c r="B937" s="3" t="str">
-        <x:v>G0000009149</x:v>
+        <x:v>G0000009684</x:v>
       </x:c>
       <x:c r="C937" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D937" s="1" t="str">
-        <x:v>[투썸플레이스] 투썸 오벌 티라미수 (쁘띠) + 아메리카노 R 2잔</x:v>
+        <x:v>[파리바게뜨] 실키롤케익</x:v>
       </x:c>
       <x:c r="E937" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F937" s="4" t="str">
-        <x:v>17,400원</x:v>
+        <x:v>13,900원</x:v>
       </x:c>
       <x:c r="G937" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H937" s="4" t="str">
-        <x:v>15,312원</x:v>
+        <x:v>12,232원</x:v>
       </x:c>
       <x:c r="I937" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="938">
       <x:c r="A938" s="3" t="str">
-        <x:v>투썸플레이스</x:v>
+        <x:v>파리바게뜨</x:v>
       </x:c>
       <x:c r="B938" s="3" t="str">
-        <x:v>G0000009148</x:v>
+        <x:v>G0000009644</x:v>
       </x:c>
       <x:c r="C938" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D938" s="1" t="str">
-        <x:v>[투썸플레이스] 투썸 퀸즈 캐롯</x:v>
+        <x:v>[파리바게뜨] 아다지오 커피번+아메리카노</x:v>
       </x:c>
       <x:c r="E938" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F938" s="4" t="str">
-        <x:v>37,000원</x:v>
+        <x:v>6,400원</x:v>
       </x:c>
       <x:c r="G938" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H938" s="4" t="str">
-        <x:v>32,560원</x:v>
+        <x:v>5,632원</x:v>
       </x:c>
       <x:c r="I938" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="939">
       <x:c r="A939" s="3" t="str">
-        <x:v>투썸플레이스</x:v>
+        <x:v>파리바게뜨</x:v>
       </x:c>
       <x:c r="B939" s="3" t="str">
-        <x:v>G0000009147</x:v>
+        <x:v>G0000009656</x:v>
       </x:c>
       <x:c r="C939" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D939" s="1" t="str">
-        <x:v>[투썸플레이스] 투썸 퀸즈 캐롯 피스</x:v>
+        <x:v>[파리바게뜨] 아메리카노</x:v>
       </x:c>
       <x:c r="E939" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F939" s="4" t="str">
-        <x:v>6,800원</x:v>
+        <x:v>3,200원</x:v>
       </x:c>
       <x:c r="G939" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H939" s="4" t="str">
-        <x:v>5,984원</x:v>
+        <x:v>2,816원</x:v>
       </x:c>
       <x:c r="I939" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="940">
       <x:c r="A940" s="3" t="str">
-        <x:v>투썸플레이스</x:v>
+        <x:v>파리바게뜨</x:v>
       </x:c>
       <x:c r="B940" s="3" t="str">
-        <x:v>G0000009146</x:v>
+        <x:v>G0000009655</x:v>
       </x:c>
       <x:c r="C940" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D940" s="1" t="str">
-        <x:v>[투썸플레이스] 투썸 퀸즈 캐롯 피스 + 아메리카노 R</x:v>
+        <x:v>[파리바게뜨] 아메리카노 2잔</x:v>
       </x:c>
       <x:c r="E940" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F940" s="4" t="str">
-        <x:v>11,500원</x:v>
+        <x:v>6,400원</x:v>
       </x:c>
       <x:c r="G940" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H940" s="4" t="str">
-        <x:v>10,120원</x:v>
+        <x:v>5,632원</x:v>
       </x:c>
       <x:c r="I940" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="941">
       <x:c r="A941" s="3" t="str">
-        <x:v>투썸플레이스</x:v>
+        <x:v>파리바게뜨</x:v>
       </x:c>
       <x:c r="B941" s="3" t="str">
-        <x:v>G0000009145</x:v>
+        <x:v>G0000009654</x:v>
       </x:c>
       <x:c r="C941" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D941" s="1" t="str">
-        <x:v>[투썸플레이스] 투썸 퀸즈 캐롯 피스 + 아메리카노 R 2잔</x:v>
+        <x:v>[파리바게뜨] 아이스 아메리카노</x:v>
       </x:c>
       <x:c r="E941" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F941" s="4" t="str">
-        <x:v>16,200원</x:v>
+        <x:v>3,700원</x:v>
       </x:c>
       <x:c r="G941" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H941" s="4" t="str">
-        <x:v>14,256원</x:v>
+        <x:v>3,256원</x:v>
       </x:c>
       <x:c r="I941" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="942">
       <x:c r="A942" s="3" t="str">
-        <x:v>투썸플레이스</x:v>
+        <x:v>파리바게뜨</x:v>
       </x:c>
       <x:c r="B942" s="3" t="str">
-        <x:v>G0000009144</x:v>
+        <x:v>G0000009653</x:v>
       </x:c>
       <x:c r="C942" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D942" s="1" t="str">
-        <x:v>[투썸플레이스] 투썸 해피 데이 베어</x:v>
+        <x:v>[파리바게뜨] 아이스 아메리카노 2잔</x:v>
       </x:c>
       <x:c r="E942" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F942" s="4" t="str">
-        <x:v>38,000원</x:v>
+        <x:v>7,400원</x:v>
       </x:c>
       <x:c r="G942" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H942" s="4" t="str">
-        <x:v>33,440원</x:v>
+        <x:v>6,512원</x:v>
       </x:c>
       <x:c r="I942" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="943">
       <x:c r="A943" s="3" t="str">
-        <x:v>투썸플레이스</x:v>
+        <x:v>파리바게뜨</x:v>
       </x:c>
       <x:c r="B943" s="3" t="str">
-        <x:v>G0000009143</x:v>
+        <x:v>G0000009650</x:v>
       </x:c>
       <x:c r="C943" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D943" s="1" t="str">
-        <x:v>[투썸플레이스] 파베 초콜릿 케이크</x:v>
+        <x:v>[파리바게뜨] 아이스 아메리카노+아이스 카페라떼</x:v>
       </x:c>
       <x:c r="E943" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F943" s="4" t="str">
-        <x:v>38,000원</x:v>
+        <x:v>7,900원</x:v>
       </x:c>
       <x:c r="G943" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H943" s="4" t="str">
-        <x:v>33,440원</x:v>
+        <x:v>6,952원</x:v>
       </x:c>
       <x:c r="I943" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="944">
       <x:c r="A944" s="3" t="str">
-        <x:v>투썸플레이스</x:v>
+        <x:v>파리바게뜨</x:v>
       </x:c>
       <x:c r="B944" s="3" t="str">
-        <x:v>G0000009142</x:v>
+        <x:v>G0000009652</x:v>
       </x:c>
       <x:c r="C944" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D944" s="1" t="str">
-        <x:v>[투썸플레이스] 파베 초콜릿 케이크 (쁘띠)</x:v>
+        <x:v>[파리바게뜨] 아이스 카라멜마끼아또</x:v>
       </x:c>
       <x:c r="E944" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F944" s="4" t="str">
-        <x:v>8,800원</x:v>
+        <x:v>4,700원</x:v>
       </x:c>
       <x:c r="G944" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H944" s="4" t="str">
-        <x:v>7,744원</x:v>
+        <x:v>4,136원</x:v>
       </x:c>
       <x:c r="I944" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="945">
       <x:c r="A945" s="3" t="str">
-        <x:v>투썸플레이스</x:v>
+        <x:v>파리바게뜨</x:v>
       </x:c>
       <x:c r="B945" s="3" t="str">
-        <x:v>G0000009141</x:v>
+        <x:v>G0000009651</x:v>
       </x:c>
       <x:c r="C945" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D945" s="1" t="str">
-        <x:v>[투썸플레이스] 파베 초콜릿 케이크 (쁘띠) + 민트 초코프라페 R 2잔</x:v>
+        <x:v>[파리바게뜨] 아이스 카페라떼</x:v>
       </x:c>
       <x:c r="E945" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F945" s="4" t="str">
-        <x:v>20,400원</x:v>
+        <x:v>4,200원</x:v>
       </x:c>
       <x:c r="G945" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H945" s="4" t="str">
-        <x:v>17,952원</x:v>
+        <x:v>3,696원</x:v>
       </x:c>
       <x:c r="I945" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="946">
       <x:c r="A946" s="3" t="str">
-        <x:v>투썸플레이스</x:v>
+        <x:v>파리바게뜨</x:v>
       </x:c>
       <x:c r="B946" s="3" t="str">
-        <x:v>G0000009140</x:v>
+        <x:v>G0000009678</x:v>
       </x:c>
       <x:c r="C946" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D946" s="1" t="str">
-        <x:v>[투썸플레이스] 파베 초콜릿 케이크 (쁘띠) + 아메리카노 R</x:v>
+        <x:v>[파리바게뜨] 애그 샐러드 샌드위치+아이스 아메리카노</x:v>
       </x:c>
       <x:c r="E946" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F946" s="4" t="str">
-        <x:v>13,500원</x:v>
+        <x:v>10,000원</x:v>
       </x:c>
       <x:c r="G946" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H946" s="4" t="str">
-        <x:v>11,880원</x:v>
+        <x:v>8,800원</x:v>
       </x:c>
       <x:c r="I946" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="947">
       <x:c r="A947" s="3" t="str">
-        <x:v>투썸플레이스</x:v>
+        <x:v>파리바게뜨</x:v>
       </x:c>
       <x:c r="B947" s="3" t="str">
-        <x:v>G0000009139</x:v>
+        <x:v>G0000009620</x:v>
       </x:c>
       <x:c r="C947" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D947" s="1" t="str">
-        <x:v>[투썸플레이스] 파베 초콜릿 케이크 (쁘띠) + 아메리카노 R 2잔</x:v>
+        <x:v>[파리바게뜨] 우유 듬뿍 연유브레드(소)</x:v>
       </x:c>
       <x:c r="E947" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F947" s="4" t="str">
-        <x:v>18,200원</x:v>
+        <x:v>5,100원</x:v>
       </x:c>
       <x:c r="G947" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H947" s="4" t="str">
-        <x:v>16,016원</x:v>
+        <x:v>4,488원</x:v>
       </x:c>
       <x:c r="I947" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="948">
       <x:c r="A948" s="3" t="str">
-        <x:v>투썸플레이스</x:v>
+        <x:v>파리바게뜨</x:v>
       </x:c>
       <x:c r="B948" s="3" t="str">
-        <x:v>G0000009137</x:v>
+        <x:v>G0000009635</x:v>
       </x:c>
       <x:c r="C948" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D948" s="1" t="str">
-        <x:v>[투썸플레이스] 파티팩 스트로베리 초콜릿 생크림</x:v>
+        <x:v>[파리바게뜨] 우유 생크림케이크[시즌] 2호</x:v>
       </x:c>
       <x:c r="E948" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F948" s="4" t="str">
-        <x:v>43,200원</x:v>
+        <x:v>34,500원</x:v>
       </x:c>
       <x:c r="G948" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H948" s="4" t="str">
-        <x:v>38,016원</x:v>
+        <x:v>30,360원</x:v>
       </x:c>
       <x:c r="I948" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="949">
       <x:c r="A949" s="3" t="str">
-        <x:v>투썸플레이스</x:v>
+        <x:v>파리바게뜨</x:v>
       </x:c>
       <x:c r="B949" s="3" t="str">
-        <x:v>G0000009136</x:v>
+        <x:v>G0000009673</x:v>
       </x:c>
       <x:c r="C949" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D949" s="1" t="str">
-        <x:v>[투썸플레이스] 파티팩 아박® (아이스박스)</x:v>
+        <x:v>[파리바게뜨] 진한 크림치즈 가득 클래식 치즈케이크 2호</x:v>
       </x:c>
       <x:c r="E949" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F949" s="4" t="str">
-        <x:v>40,800원</x:v>
+        <x:v>32,000원</x:v>
       </x:c>
       <x:c r="G949" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H949" s="4" t="str">
-        <x:v>35,904원</x:v>
+        <x:v>28,160원</x:v>
       </x:c>
       <x:c r="I949" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="950">
       <x:c r="A950" s="3" t="str">
-        <x:v>투썸플레이스</x:v>
+        <x:v>파리바게뜨</x:v>
       </x:c>
       <x:c r="B950" s="3" t="str">
-        <x:v>G0000009134</x:v>
+        <x:v>G0000009661</x:v>
       </x:c>
       <x:c r="C950" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D950" s="1" t="str">
-        <x:v>[투썸플레이스] 파티팩 화이트 스초생</x:v>
+        <x:v>[파리바게뜨] 촉촉한 클래식치즈 케이크[조각]+아이스 아메리카노</x:v>
       </x:c>
       <x:c r="E950" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F950" s="4" t="str">
-        <x:v>43,200원</x:v>
+        <x:v>9,800원</x:v>
       </x:c>
       <x:c r="G950" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H950" s="4" t="str">
-        <x:v>38,016원</x:v>
+        <x:v>8,624원</x:v>
       </x:c>
       <x:c r="I950" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="951">
       <x:c r="A951" s="3" t="str">
-        <x:v>투썸플레이스</x:v>
+        <x:v>파리바게뜨</x:v>
       </x:c>
       <x:c r="B951" s="3" t="str">
-        <x:v>G0000009133</x:v>
+        <x:v>G0000009646</x:v>
       </x:c>
       <x:c r="C951" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D951" s="1" t="str">
-        <x:v>[투썸플레이스] 피치 아샷추 MAX</x:v>
+        <x:v>[파리바게뜨] 치즈케이크[조각]+초코가나슈 케이크[조각]+아이스 아메리카노 2잔</x:v>
       </x:c>
       <x:c r="E951" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F951" s="4" t="str">
-        <x:v>5,700원</x:v>
+        <x:v>19,600원</x:v>
       </x:c>
       <x:c r="G951" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H951" s="4" t="str">
-        <x:v>5,016원</x:v>
+        <x:v>17,248원</x:v>
       </x:c>
       <x:c r="I951" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="952">
       <x:c r="A952" s="3" t="str">
-        <x:v>투썸플레이스</x:v>
+        <x:v>파리바게뜨</x:v>
       </x:c>
       <x:c r="B952" s="3" t="str">
-        <x:v>G0000009132</x:v>
+        <x:v>G0000009662</x:v>
       </x:c>
       <x:c r="C952" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D952" s="1" t="str">
-        <x:v>[투썸플레이스] 피치 아이스티 MAX</x:v>
+        <x:v>[파리바게뜨] 치킨 디럭스 샌드위치+아이스 아메리카노</x:v>
       </x:c>
       <x:c r="E952" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F952" s="4" t="str">
-        <x:v>5,000원</x:v>
+        <x:v>10,000원</x:v>
       </x:c>
       <x:c r="G952" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H952" s="4" t="str">
-        <x:v>4,400원</x:v>
+        <x:v>8,800원</x:v>
       </x:c>
       <x:c r="I952" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="953">
       <x:c r="A953" s="3" t="str">
-        <x:v>투썸플레이스</x:v>
+        <x:v>파리바게뜨</x:v>
       </x:c>
       <x:c r="B953" s="3" t="str">
-        <x:v>G0000009131</x:v>
+        <x:v>G0000009648</x:v>
       </x:c>
       <x:c r="C953" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D953" s="1" t="str">
-        <x:v>[투썸플레이스] 피치생 (피치 생크림 케이크)</x:v>
+        <x:v>[파리바게뜨] 치킨에그 통곡물 샌드위치+아이스 아메리카노</x:v>
       </x:c>
       <x:c r="E953" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F953" s="4" t="str">
-        <x:v>38,000원</x:v>
+        <x:v>11,200원</x:v>
       </x:c>
       <x:c r="G953" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H953" s="4" t="str">
-        <x:v>33,440원</x:v>
+        <x:v>9,856원</x:v>
       </x:c>
       <x:c r="I953" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="954">
       <x:c r="A954" s="3" t="str">
-        <x:v>투썸플레이스</x:v>
+        <x:v>파리바게뜨</x:v>
       </x:c>
       <x:c r="B954" s="3" t="str">
-        <x:v>G0000009130</x:v>
+        <x:v>G0000009625</x:v>
       </x:c>
       <x:c r="C954" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D954" s="1" t="str">
-        <x:v>[투썸플레이스] 허니 레몬티 R</x:v>
+        <x:v>[파리바게뜨] 칠리크랩 샌드위치</x:v>
       </x:c>
       <x:c r="E954" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F954" s="4" t="str">
         <x:v>6,300원</x:v>
       </x:c>
       <x:c r="G954" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H954" s="4" t="str">
         <x:v>5,544원</x:v>
       </x:c>
       <x:c r="I954" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="955">
       <x:c r="A955" s="3" t="str">
-        <x:v>투썸플레이스</x:v>
+        <x:v>파리바게뜨</x:v>
       </x:c>
       <x:c r="B955" s="3" t="str">
-        <x:v>G0000009129</x:v>
+        <x:v>G0000009645</x:v>
       </x:c>
       <x:c r="C955" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D955" s="1" t="str">
-        <x:v>[투썸플레이스] 화이트 스초생</x:v>
+        <x:v>[파리바게뜨] 카페라떼</x:v>
       </x:c>
       <x:c r="E955" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F955" s="4" t="str">
-        <x:v>39,000원</x:v>
+        <x:v>3,700원</x:v>
       </x:c>
       <x:c r="G955" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H955" s="4" t="str">
-        <x:v>34,320원</x:v>
+        <x:v>3,256원</x:v>
       </x:c>
       <x:c r="I955" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="956">
       <x:c r="A956" s="3" t="str">
-        <x:v>투썸플레이스</x:v>
+        <x:v>파리바게뜨</x:v>
       </x:c>
       <x:c r="B956" s="3" t="str">
-        <x:v>G0000009251</x:v>
+        <x:v>G0000009688</x:v>
       </x:c>
       <x:c r="C956" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D956" s="1" t="str">
-        <x:v>[투썸플레이스] TWG 얼그레이 밀크티 쉬폰</x:v>
+        <x:v>[파리바게뜨] 카페모카 롤케익</x:v>
       </x:c>
       <x:c r="E956" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F956" s="4" t="str">
-        <x:v>36,000원</x:v>
+        <x:v>14,900원</x:v>
       </x:c>
       <x:c r="G956" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H956" s="4" t="str">
-        <x:v>31,680원</x:v>
+        <x:v>13,112원</x:v>
       </x:c>
       <x:c r="I956" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="957">
       <x:c r="A957" s="3" t="str">
-        <x:v>투썸플레이스</x:v>
+        <x:v>파리바게뜨</x:v>
       </x:c>
       <x:c r="B957" s="3" t="str">
-        <x:v>G0000009250</x:v>
+        <x:v>G0000009624</x:v>
       </x:c>
       <x:c r="C957" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D957" s="1" t="str">
-        <x:v>[투썸플레이스] TWG 얼그레이 밀크티 쉬폰 피스</x:v>
+        <x:v>[파리바게뜨] 크랜베리 치킨 리코타 샐러드</x:v>
       </x:c>
       <x:c r="E957" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F957" s="4" t="str">
-        <x:v>6,500원</x:v>
+        <x:v>7,800원</x:v>
       </x:c>
       <x:c r="G957" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H957" s="4" t="str">
-        <x:v>5,720원</x:v>
+        <x:v>6,864원</x:v>
       </x:c>
       <x:c r="I957" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="958">
       <x:c r="A958" s="3" t="str">
-        <x:v>투썸플레이스</x:v>
+        <x:v>파리바게뜨</x:v>
       </x:c>
       <x:c r="B958" s="3" t="str">
-        <x:v>G0000009249</x:v>
+        <x:v>G0000009623</x:v>
       </x:c>
       <x:c r="C958" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D958" s="1" t="str">
-        <x:v>[투썸플레이스] TWG 얼그레이 밀크티 쉬폰 피스 + 아메리카노 R 2잔</x:v>
+        <x:v>[파리바게뜨] 크리스피 치킨 샐러드</x:v>
       </x:c>
       <x:c r="E958" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F958" s="4" t="str">
-        <x:v>15,900원</x:v>
+        <x:v>7,300원</x:v>
       </x:c>
       <x:c r="G958" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H958" s="4" t="str">
-        <x:v>13,992원</x:v>
+        <x:v>6,424원</x:v>
       </x:c>
       <x:c r="I958" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="959">
       <x:c r="A959" s="3" t="str">
-        <x:v>티켓링크</x:v>
+        <x:v>파리바게뜨</x:v>
       </x:c>
       <x:c r="B959" s="3" t="str">
-        <x:v>G0000006325</x:v>
+        <x:v>G0000009687</x:v>
       </x:c>
       <x:c r="C959" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D959" s="1" t="str">
-        <x:v>[티켓링크] 1만원 상품권</x:v>
+        <x:v>[파리바게뜨] 클래식 고구마케이크</x:v>
       </x:c>
       <x:c r="E959" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F959" s="4" t="str">
-        <x:v>10,000원</x:v>
+        <x:v>32,900원</x:v>
       </x:c>
       <x:c r="G959" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H959" s="4" t="str">
-        <x:v>9,800원</x:v>
+        <x:v>28,952원</x:v>
       </x:c>
       <x:c r="I959" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="960">
       <x:c r="A960" s="3" t="str">
-        <x:v>티켓링크</x:v>
+        <x:v>파리바게뜨</x:v>
       </x:c>
       <x:c r="B960" s="3" t="str">
-        <x:v>G0000006326</x:v>
+        <x:v>G0000009622</x:v>
       </x:c>
       <x:c r="C960" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D960" s="1" t="str">
-        <x:v>[티켓링크] 2만원 상품권</x:v>
+        <x:v>[파리바게뜨] 탱글탱글 뽀드득 소시지</x:v>
       </x:c>
       <x:c r="E960" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F960" s="4" t="str">
-        <x:v>20,000원</x:v>
+        <x:v>3,600원</x:v>
       </x:c>
       <x:c r="G960" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H960" s="4" t="str">
-        <x:v>19,600원</x:v>
+        <x:v>3,168원</x:v>
       </x:c>
       <x:c r="I960" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="961">
       <x:c r="A961" s="3" t="str">
-        <x:v>티켓링크</x:v>
+        <x:v>파리바게뜨</x:v>
       </x:c>
       <x:c r="B961" s="3" t="str">
-        <x:v>G0000006323</x:v>
+        <x:v>G0000009681</x:v>
       </x:c>
       <x:c r="C961" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D961" s="1" t="str">
-        <x:v>[티켓링크] 3,000원 상품권</x:v>
+        <x:v>[파리바게뜨] 티라미수케이크[조각]+아이스 아메리카노 2잔</x:v>
       </x:c>
       <x:c r="E961" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F961" s="4" t="str">
-        <x:v>3,000원</x:v>
+        <x:v>13,500원</x:v>
       </x:c>
       <x:c r="G961" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H961" s="4" t="str">
-        <x:v>2,940원</x:v>
+        <x:v>11,880원</x:v>
       </x:c>
       <x:c r="I961" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="962">
       <x:c r="A962" s="3" t="str">
-        <x:v>티켓링크</x:v>
+        <x:v>파리바게뜨</x:v>
       </x:c>
       <x:c r="B962" s="3" t="str">
-        <x:v>G0000006327</x:v>
+        <x:v>G0000009641</x:v>
       </x:c>
       <x:c r="C962" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D962" s="1" t="str">
-        <x:v>[티켓링크] 3만원 상품권</x:v>
+        <x:v>[파리바게뜨] 파란라벨 고식이섬유 통밀 식빵</x:v>
       </x:c>
       <x:c r="E962" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F962" s="4" t="str">
-        <x:v>30,000원</x:v>
+        <x:v>5,300원</x:v>
       </x:c>
       <x:c r="G962" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H962" s="4" t="str">
-        <x:v>29,400원</x:v>
+        <x:v>4,664원</x:v>
       </x:c>
       <x:c r="I962" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="963">
       <x:c r="A963" s="3" t="str">
-        <x:v>티켓링크</x:v>
+        <x:v>파리바게뜨</x:v>
       </x:c>
       <x:c r="B963" s="3" t="str">
-        <x:v>G0000006324</x:v>
+        <x:v>G0000009640</x:v>
       </x:c>
       <x:c r="C963" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D963" s="1" t="str">
-        <x:v>[티켓링크] 5,000원 상품권</x:v>
+        <x:v>[파리바게뜨] 파란라벨 단백질 로만밀 식빵</x:v>
       </x:c>
       <x:c r="E963" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F963" s="4" t="str">
-        <x:v>5,000원</x:v>
+        <x:v>4,300원</x:v>
       </x:c>
       <x:c r="G963" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H963" s="4" t="str">
-        <x:v>4,900원</x:v>
+        <x:v>3,784원</x:v>
       </x:c>
       <x:c r="I963" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="964">
       <x:c r="A964" s="3" t="str">
         <x:v>파리바게뜨</x:v>
       </x:c>
       <x:c r="B964" s="3" t="str">
-        <x:v>G0000009677</x:v>
+        <x:v>G0000009669</x:v>
       </x:c>
       <x:c r="C964" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D964" s="1" t="str">
-        <x:v>[파리바게뜨] 15겹 크레이프 케이크[조각]+아이스 아메리카노 2잔</x:v>
+        <x:v>[파리바게뜨] 파란라벨 치즈감자 치아바타</x:v>
       </x:c>
       <x:c r="E964" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F964" s="4" t="str">
-        <x:v>13,500원</x:v>
+        <x:v>4,900원</x:v>
       </x:c>
       <x:c r="G964" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H964" s="4" t="str">
-        <x:v>11,880원</x:v>
+        <x:v>4,312원</x:v>
       </x:c>
       <x:c r="I964" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="965">
       <x:c r="A965" s="3" t="str">
         <x:v>파리바게뜨</x:v>
       </x:c>
       <x:c r="B965" s="3" t="str">
-        <x:v>G0000009675</x:v>
+        <x:v>G0000009639</x:v>
       </x:c>
       <x:c r="C965" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D965" s="1" t="str">
-        <x:v>[파리바게뜨] 고구마반 생크림반 케이크</x:v>
+        <x:v>[파리바게뜨] 파란라벨 홀그레인 오트 식빵</x:v>
       </x:c>
       <x:c r="E965" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F965" s="4" t="str">
-        <x:v>33,900원</x:v>
+        <x:v>4,200원</x:v>
       </x:c>
       <x:c r="G965" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H965" s="4" t="str">
-        <x:v>29,832원</x:v>
+        <x:v>3,696원</x:v>
       </x:c>
       <x:c r="I965" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="966">
       <x:c r="A966" s="3" t="str">
         <x:v>파리바게뜨</x:v>
       </x:c>
       <x:c r="B966" s="3" t="str">
-        <x:v>G0000009618</x:v>
+        <x:v>G0000009630</x:v>
       </x:c>
       <x:c r="C966" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D966" s="1" t="str">
-        <x:v>[파리바게뜨] 고소한 버터핑거스틱</x:v>
+        <x:v>[파리바게뜨] 파리바게뜨 실키롤케익</x:v>
       </x:c>
       <x:c r="E966" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F966" s="4" t="str">
-        <x:v>2,750원</x:v>
+        <x:v>13,900원</x:v>
       </x:c>
       <x:c r="G966" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H966" s="4" t="str">
-        <x:v>2,420원</x:v>
+        <x:v>12,232원</x:v>
       </x:c>
       <x:c r="I966" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="967">
       <x:c r="A967" s="3" t="str">
         <x:v>파리바게뜨</x:v>
       </x:c>
       <x:c r="B967" s="3" t="str">
-        <x:v>G0000009607</x:v>
+        <x:v>G0000009686</x:v>
       </x:c>
       <x:c r="C967" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D967" s="1" t="str">
-        <x:v>[파리바게뜨] 교환권 1,000원</x:v>
+        <x:v>[파리바게뜨] 호두파운드 케익</x:v>
       </x:c>
       <x:c r="E967" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F967" s="4" t="str">
-        <x:v>1,000원</x:v>
+        <x:v>15,900원</x:v>
       </x:c>
       <x:c r="G967" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H967" s="4" t="str">
-        <x:v>900원</x:v>
+        <x:v>13,992원</x:v>
       </x:c>
       <x:c r="I967" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="968">
       <x:c r="A968" s="3" t="str">
         <x:v>파리바게뜨</x:v>
       </x:c>
       <x:c r="B968" s="3" t="str">
-        <x:v>G0000009616</x:v>
+        <x:v>G0000009617</x:v>
       </x:c>
       <x:c r="C968" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D968" s="1" t="str">
-        <x:v>[파리바게뜨] 교환권 10,000원</x:v>
+        <x:v>[파리바게뜨] No.1 우유식빵</x:v>
       </x:c>
       <x:c r="E968" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F968" s="4" t="str">
-        <x:v>10,000원</x:v>
+        <x:v>3,500원</x:v>
       </x:c>
       <x:c r="G968" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H968" s="4" t="str">
-        <x:v>9,000원</x:v>
+        <x:v>3,080원</x:v>
       </x:c>
       <x:c r="I968" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="969">
       <x:c r="A969" s="3" t="str">
-        <x:v>파리바게뜨</x:v>
+        <x:v>파스쿠찌</x:v>
       </x:c>
       <x:c r="B969" s="3" t="str">
-        <x:v>G0000009605</x:v>
+        <x:v>G0000007695</x:v>
       </x:c>
       <x:c r="C969" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D969" s="1" t="str">
-        <x:v>[파리바게뜨] 교환권 12,000원</x:v>
+        <x:v>(파스쿠찌) (쇼트)레드벨벳케익</x:v>
       </x:c>
       <x:c r="E969" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F969" s="4" t="str">
-        <x:v>12,000원</x:v>
+        <x:v>6,500원</x:v>
       </x:c>
       <x:c r="G969" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H969" s="4" t="str">
-        <x:v>10,800원</x:v>
+        <x:v>5,720원</x:v>
       </x:c>
       <x:c r="I969" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="970">
       <x:c r="A970" s="3" t="str">
-        <x:v>파리바게뜨</x:v>
+        <x:v>파스쿠찌</x:v>
       </x:c>
       <x:c r="B970" s="3" t="str">
-        <x:v>G0000009609</x:v>
+        <x:v>G0000007694</x:v>
       </x:c>
       <x:c r="C970" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D970" s="1" t="str">
-        <x:v>[파리바게뜨] 교환권 15,000원권</x:v>
+        <x:v>(파스쿠찌) (쇼트)오색 치즈크림 케이크</x:v>
       </x:c>
       <x:c r="E970" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F970" s="4" t="str">
-        <x:v>15,000원</x:v>
+        <x:v>6,300원</x:v>
       </x:c>
       <x:c r="G970" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H970" s="4" t="str">
-        <x:v>13,500원</x:v>
+        <x:v>5,544원</x:v>
       </x:c>
       <x:c r="I970" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="971">
       <x:c r="A971" s="3" t="str">
-        <x:v>파리바게뜨</x:v>
+        <x:v>파스쿠찌</x:v>
       </x:c>
       <x:c r="B971" s="3" t="str">
-        <x:v>G0000009611</x:v>
+        <x:v>G0000007693</x:v>
       </x:c>
       <x:c r="C971" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D971" s="1" t="str">
-        <x:v>[파리바게뜨] 교환권 2,000원</x:v>
+        <x:v>(파스쿠찌) (쇼트)화이트 생크림케이크</x:v>
       </x:c>
       <x:c r="E971" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F971" s="4" t="str">
-        <x:v>2,000원</x:v>
+        <x:v>6,500원</x:v>
       </x:c>
       <x:c r="G971" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H971" s="4" t="str">
-        <x:v>1,800원</x:v>
+        <x:v>5,720원</x:v>
       </x:c>
       <x:c r="I971" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="972">
       <x:c r="A972" s="3" t="str">
-        <x:v>파리바게뜨</x:v>
+        <x:v>파스쿠찌</x:v>
       </x:c>
       <x:c r="B972" s="3" t="str">
-        <x:v>G0000009612</x:v>
+        <x:v>G0000007691</x:v>
       </x:c>
       <x:c r="C972" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D972" s="1" t="str">
-        <x:v>[파리바게뜨] 교환권 20,000원</x:v>
+        <x:v>(파스쿠찌) (홀)스트로베리 치즈케이크</x:v>
       </x:c>
       <x:c r="E972" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F972" s="4" t="str">
-        <x:v>20,000원</x:v>
+        <x:v>33,000원</x:v>
       </x:c>
       <x:c r="G972" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H972" s="4" t="str">
-        <x:v>18,000원</x:v>
+        <x:v>29,040원</x:v>
       </x:c>
       <x:c r="I972" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="973">
       <x:c r="A973" s="3" t="str">
-        <x:v>파리바게뜨</x:v>
+        <x:v>파스쿠찌</x:v>
       </x:c>
       <x:c r="B973" s="3" t="str">
-        <x:v>G0000009610</x:v>
+        <x:v>G0000007689</x:v>
       </x:c>
       <x:c r="C973" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D973" s="1" t="str">
-        <x:v>[파리바게뜨] 교환권 25,000원</x:v>
+        <x:v>(파스쿠찌) (홀)화이트 생크림케이크</x:v>
       </x:c>
       <x:c r="E973" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F973" s="4" t="str">
-        <x:v>25,000원</x:v>
+        <x:v>34,000원</x:v>
       </x:c>
       <x:c r="G973" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H973" s="4" t="str">
-        <x:v>22,500원</x:v>
+        <x:v>29,920원</x:v>
       </x:c>
       <x:c r="I973" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="974">
       <x:c r="A974" s="3" t="str">
-        <x:v>파리바게뜨</x:v>
+        <x:v>파스쿠찌</x:v>
       </x:c>
       <x:c r="B974" s="3" t="str">
-        <x:v>G0000009615</x:v>
+        <x:v>G0000006397</x:v>
       </x:c>
       <x:c r="C974" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D974" s="1" t="str">
-        <x:v>[파리바게뜨] 교환권 3,000원</x:v>
+        <x:v>(파스쿠찌) 밥은 먹고 다니냐 SET(파니니 불고기 에그+아이스 아메리카노(R))</x:v>
       </x:c>
       <x:c r="E974" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F974" s="4" t="str">
-        <x:v>3,000원</x:v>
+        <x:v>11,800원</x:v>
       </x:c>
       <x:c r="G974" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H974" s="4" t="str">
-        <x:v>2,700원</x:v>
+        <x:v>10,384원</x:v>
       </x:c>
       <x:c r="I974" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="975">
       <x:c r="A975" s="3" t="str">
-        <x:v>파리바게뜨</x:v>
+        <x:v>파스쿠찌</x:v>
       </x:c>
       <x:c r="B975" s="3" t="str">
-        <x:v>G0000009613</x:v>
+        <x:v>G0000006395</x:v>
       </x:c>
       <x:c r="C975" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D975" s="1" t="str">
-        <x:v>[파리바게뜨] 교환권 30,000원</x:v>
+        <x:v>(파스쿠찌) 블랙 먼데이 SET(아이스 아메리카노(R)+아메리카노(R))</x:v>
       </x:c>
       <x:c r="E975" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F975" s="4" t="str">
-        <x:v>30,000원</x:v>
+        <x:v>9,000원</x:v>
       </x:c>
       <x:c r="G975" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H975" s="4" t="str">
-        <x:v>27,000원</x:v>
+        <x:v>7,920원</x:v>
       </x:c>
       <x:c r="I975" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="976">
       <x:c r="A976" s="3" t="str">
-        <x:v>파리바게뜨</x:v>
+        <x:v>파스쿠찌</x:v>
       </x:c>
       <x:c r="B976" s="3" t="str">
-        <x:v>G0000009604</x:v>
+        <x:v>G0000006373</x:v>
       </x:c>
       <x:c r="C976" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D976" s="1" t="str">
-        <x:v>[파리바게뜨] 교환권 4,000원</x:v>
+        <x:v>(파스쿠찌) 흑당 펄 라떼(R)</x:v>
       </x:c>
       <x:c r="E976" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F976" s="4" t="str">
-        <x:v>4,000원</x:v>
+        <x:v>5,500원</x:v>
       </x:c>
       <x:c r="G976" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H976" s="4" t="str">
-        <x:v>3,600원</x:v>
+        <x:v>4,840원</x:v>
       </x:c>
       <x:c r="I976" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="977">
       <x:c r="A977" s="3" t="str">
-        <x:v>파리바게뜨</x:v>
+        <x:v>파스쿠찌</x:v>
       </x:c>
       <x:c r="B977" s="3" t="str">
-        <x:v>G0000009614</x:v>
+        <x:v>G0000006374</x:v>
       </x:c>
       <x:c r="C977" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D977" s="1" t="str">
-        <x:v>[파리바게뜨] 교환권 5,000원</x:v>
+        <x:v>(파스쿠찌) 흑당 펄 밀크티(R)</x:v>
       </x:c>
       <x:c r="E977" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F977" s="4" t="str">
-        <x:v>5,000원</x:v>
+        <x:v>5,800원</x:v>
       </x:c>
       <x:c r="G977" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H977" s="4" t="str">
-        <x:v>4,500원</x:v>
+        <x:v>5,104원</x:v>
       </x:c>
       <x:c r="I977" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="978">
       <x:c r="A978" s="3" t="str">
-        <x:v>파리바게뜨</x:v>
+        <x:v>파스쿠찌</x:v>
       </x:c>
       <x:c r="B978" s="3" t="str">
-        <x:v>G0000009621</x:v>
+        <x:v>G0000007687</x:v>
       </x:c>
       <x:c r="C978" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D978" s="1" t="str">
-        <x:v>[파리바게뜨] 나폴리피자빵</x:v>
+        <x:v>(파스쿠찌) NEW (홀)수플레 치즈 케이크</x:v>
       </x:c>
       <x:c r="E978" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F978" s="4" t="str">
-        <x:v>2,500원</x:v>
+        <x:v>31,000원</x:v>
       </x:c>
       <x:c r="G978" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H978" s="4" t="str">
-        <x:v>2,200원</x:v>
+        <x:v>27,280원</x:v>
       </x:c>
       <x:c r="I978" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="979">
       <x:c r="A979" s="3" t="str">
-        <x:v>파리바게뜨</x:v>
+        <x:v>파파존스</x:v>
       </x:c>
       <x:c r="B979" s="3" t="str">
-        <x:v>G0000009629</x:v>
+        <x:v>G0000008722</x:v>
       </x:c>
       <x:c r="C979" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D979" s="1" t="str">
-        <x:v>[파리바게뜨] 단백질 듬뿍 치킨에그 샐러드</x:v>
+        <x:v>[파파존스] 골드링 아이리쉬 포테이토(L)+코카-콜라500ml</x:v>
       </x:c>
       <x:c r="E979" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F979" s="4" t="str">
-        <x:v>7,100원</x:v>
+        <x:v>33,200원</x:v>
       </x:c>
       <x:c r="G979" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H979" s="4" t="str">
-        <x:v>6,248원</x:v>
+        <x:v>29,216원</x:v>
       </x:c>
       <x:c r="I979" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="980">
       <x:c r="A980" s="3" t="str">
-        <x:v>파리바게뜨</x:v>
+        <x:v>파파존스</x:v>
       </x:c>
       <x:c r="B980" s="3" t="str">
-        <x:v>G0000009659</x:v>
+        <x:v>G0000008716</x:v>
       </x:c>
       <x:c r="C980" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D980" s="1" t="str">
-        <x:v>[파리바게뜨] 단백질 듬뿍 치킨에그 샐러드+아이스 아메리카노</x:v>
+        <x:v>[파파존스] 골드링 페퍼로니(F)+코카-콜라1.25L</x:v>
       </x:c>
       <x:c r="E980" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F980" s="4" t="str">
-        <x:v>10,800원</x:v>
+        <x:v>38,200원</x:v>
       </x:c>
       <x:c r="G980" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H980" s="4" t="str">
-        <x:v>9,504원</x:v>
+        <x:v>33,616원</x:v>
       </x:c>
       <x:c r="I980" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="981">
       <x:c r="A981" s="3" t="str">
-        <x:v>파리바게뜨</x:v>
+        <x:v>파파존스</x:v>
       </x:c>
       <x:c r="B981" s="3" t="str">
-        <x:v>G0000009628</x:v>
+        <x:v>G0000008724</x:v>
       </x:c>
       <x:c r="C981" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D981" s="1" t="str">
-        <x:v>[파리바게뜨] 달콤한 우리찹쌀 왕꽈배기</x:v>
+        <x:v>[파파존스] 오리지널 수퍼 파파스(L)+코카-콜라500ml</x:v>
       </x:c>
       <x:c r="E981" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F981" s="4" t="str">
-        <x:v>2,100원</x:v>
+        <x:v>30,200원</x:v>
       </x:c>
       <x:c r="G981" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H981" s="4" t="str">
-        <x:v>1,848원</x:v>
+        <x:v>26,576원</x:v>
       </x:c>
       <x:c r="I981" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="982">
       <x:c r="A982" s="3" t="str">
-        <x:v>파리바게뜨</x:v>
+        <x:v>파파존스</x:v>
       </x:c>
       <x:c r="B982" s="3" t="str">
-        <x:v>G0000009627</x:v>
+        <x:v>G0000008721</x:v>
       </x:c>
       <x:c r="C982" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D982" s="1" t="str">
-        <x:v>[파리바게뜨] 런치 샌드위치</x:v>
+        <x:v>[파파존스] 오리지널 수퍼 파파스(R)+코카-콜라500ml</x:v>
       </x:c>
       <x:c r="E982" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F982" s="4" t="str">
-        <x:v>6,500원</x:v>
+        <x:v>21,600원</x:v>
       </x:c>
       <x:c r="G982" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H982" s="4" t="str">
-        <x:v>5,720원</x:v>
+        <x:v>19,008원</x:v>
       </x:c>
       <x:c r="I982" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="983">
       <x:c r="A983" s="3" t="str">
-        <x:v>파리바게뜨</x:v>
+        <x:v>파파존스</x:v>
       </x:c>
       <x:c r="B983" s="3" t="str">
-        <x:v>G0000009679</x:v>
+        <x:v>G0000008714</x:v>
       </x:c>
       <x:c r="C983" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D983" s="1" t="str">
-        <x:v>[파리바게뜨] 런치 샌드위치+아이스 아메리카노</x:v>
+        <x:v>[파파존스] 오리지널 수퍼 파파스(R)+파파스 윙+코카-콜라500ml</x:v>
       </x:c>
       <x:c r="E983" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F983" s="4" t="str">
-        <x:v>10,200원</x:v>
+        <x:v>31,500원</x:v>
       </x:c>
       <x:c r="G983" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H983" s="4" t="str">
-        <x:v>8,976원</x:v>
+        <x:v>27,720원</x:v>
       </x:c>
       <x:c r="I983" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="984">
       <x:c r="A984" s="3" t="str">
-        <x:v>파리바게뜨</x:v>
+        <x:v>파파존스</x:v>
       </x:c>
       <x:c r="B984" s="3" t="str">
-        <x:v>G0000009647</x:v>
+        <x:v>G0000008719</x:v>
       </x:c>
       <x:c r="C984" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D984" s="1" t="str">
-        <x:v>[파리바게뜨] 런치 샌드위치+아이스 아메리카노+아이스 카페라떼</x:v>
+        <x:v>[파파존스] 오리지널 페퍼로니(F)+코카-콜라1.25L</x:v>
       </x:c>
       <x:c r="E984" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F984" s="4" t="str">
-        <x:v>14,400원</x:v>
+        <x:v>33,200원</x:v>
       </x:c>
       <x:c r="G984" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H984" s="4" t="str">
-        <x:v>12,672원</x:v>
+        <x:v>29,216원</x:v>
       </x:c>
       <x:c r="I984" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="985">
       <x:c r="A985" s="3" t="str">
-        <x:v>파리바게뜨</x:v>
+        <x:v>파파존스</x:v>
       </x:c>
       <x:c r="B985" s="3" t="str">
-        <x:v>G0000009633</x:v>
+        <x:v>G0000008718</x:v>
       </x:c>
       <x:c r="C985" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D985" s="1" t="str">
-        <x:v>[파리바게뜨] 마이넘버원 고구마 조각 케이크+아이스 아메리카노 1잔</x:v>
+        <x:v>[파파존스] 오리지널 페퍼로니(L)+코카-콜라500ml</x:v>
       </x:c>
       <x:c r="E985" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F985" s="4" t="str">
-        <x:v>9,800원</x:v>
+        <x:v>27,200원</x:v>
       </x:c>
       <x:c r="G985" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H985" s="4" t="str">
-        <x:v>8,624원</x:v>
+        <x:v>23,936원</x:v>
       </x:c>
       <x:c r="I985" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="986">
       <x:c r="A986" s="3" t="str">
-        <x:v>파리바게뜨</x:v>
+        <x:v>파파존스</x:v>
       </x:c>
       <x:c r="B986" s="3" t="str">
-        <x:v>G0000009632</x:v>
+        <x:v>G0000008723</x:v>
       </x:c>
       <x:c r="C986" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D986" s="1" t="str">
-        <x:v>[파리바게뜨] 마이넘버원 딸기생크림 조각 케이크+아이스 카페라떼 1잔</x:v>
+        <x:v>[파파존스] 치즈롤 수퍼 파파스(L)+코카-콜라500ml</x:v>
       </x:c>
       <x:c r="E986" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F986" s="4" t="str">
-        <x:v>10,300원</x:v>
+        <x:v>34,200원</x:v>
       </x:c>
       <x:c r="G986" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H986" s="4" t="str">
-        <x:v>9,064원</x:v>
+        <x:v>30,096원</x:v>
       </x:c>
       <x:c r="I986" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="987">
       <x:c r="A987" s="3" t="str">
-        <x:v>파리바게뜨</x:v>
+        <x:v>파파존스</x:v>
       </x:c>
       <x:c r="B987" s="3" t="str">
-        <x:v>G0000009631</x:v>
+        <x:v>G0000008715</x:v>
       </x:c>
       <x:c r="C987" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D987" s="1" t="str">
-        <x:v>[파리바게뜨] 마이넘버원 블루베리요거트 조각케이크+아아1잔+아이스 카페라떼</x:v>
+        <x:v>[파파존스] 치즈롤 아이리쉬 포테이토(L)+코카-콜라500ml</x:v>
       </x:c>
       <x:c r="E987" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F987" s="4" t="str">
-        <x:v>14,000원</x:v>
+        <x:v>33,200원</x:v>
       </x:c>
       <x:c r="G987" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H987" s="4" t="str">
-        <x:v>12,320원</x:v>
+        <x:v>29,216원</x:v>
       </x:c>
       <x:c r="I987" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="988">
       <x:c r="A988" s="3" t="str">
-        <x:v>파리바게뜨</x:v>
+        <x:v>파파존스</x:v>
       </x:c>
       <x:c r="B988" s="3" t="str">
-        <x:v>G0000009674</x:v>
+        <x:v>G0000008713</x:v>
       </x:c>
       <x:c r="C988" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D988" s="1" t="str">
-        <x:v>[파리바게뜨] 마이넘버원 초코생크림 조각 케이크+아이스 아메리카노 2잔</x:v>
+        <x:v>[파파존스] 치즈롤 페퍼로니(F)+코카-콜라1.25L</x:v>
       </x:c>
       <x:c r="E988" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F988" s="4" t="str">
-        <x:v>13,500원</x:v>
+        <x:v>38,200원</x:v>
       </x:c>
       <x:c r="G988" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H988" s="4" t="str">
-        <x:v>11,880원</x:v>
+        <x:v>33,616원</x:v>
       </x:c>
       <x:c r="I988" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="989">
       <x:c r="A989" s="3" t="str">
-        <x:v>파리바게뜨</x:v>
+        <x:v>파파존스</x:v>
       </x:c>
       <x:c r="B989" s="3" t="str">
-        <x:v>G0000009638</x:v>
+        <x:v>G0000008720</x:v>
       </x:c>
       <x:c r="C989" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D989" s="1" t="str">
-        <x:v>[파리바게뜨] 마이넘버원 케이크</x:v>
+        <x:v>[파파존스] 치즈롤 페퍼로니(L)+코카-콜라1.25L</x:v>
       </x:c>
       <x:c r="E989" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F989" s="4" t="str">
-        <x:v>35,000원</x:v>
+        <x:v>31,800원</x:v>
       </x:c>
       <x:c r="G989" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H989" s="4" t="str">
-        <x:v>30,800원</x:v>
+        <x:v>27,984원</x:v>
       </x:c>
       <x:c r="I989" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="990">
       <x:c r="A990" s="3" t="str">
-        <x:v>파리바게뜨</x:v>
+        <x:v>파파존스</x:v>
       </x:c>
       <x:c r="B990" s="3" t="str">
-        <x:v>G0000009636</x:v>
+        <x:v>G0000008717</x:v>
       </x:c>
       <x:c r="C990" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D990" s="1" t="str">
-        <x:v>[파리바게뜨] 마이넘버원 케이크+애플망고 빙수</x:v>
+        <x:v>[파파존스] 치즈롤 페퍼로니(L)+코카-콜라500ml</x:v>
       </x:c>
       <x:c r="E990" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F990" s="4" t="str">
-        <x:v>46,900원</x:v>
+        <x:v>31,200원</x:v>
       </x:c>
       <x:c r="G990" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H990" s="4" t="str">
-        <x:v>41,272원</x:v>
+        <x:v>27,456원</x:v>
       </x:c>
       <x:c r="I990" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="991">
       <x:c r="A991" s="3" t="str">
-        <x:v>파리바게뜨</x:v>
+        <x:v>푸라닭</x:v>
       </x:c>
       <x:c r="B991" s="3" t="str">
-        <x:v>G0000009666</x:v>
+        <x:v>G0000009552</x:v>
       </x:c>
       <x:c r="C991" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D991" s="1" t="str">
-        <x:v>[파리바게뜨] 만월빵</x:v>
+        <x:v>[푸라닭] 2만원권</x:v>
       </x:c>
       <x:c r="E991" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F991" s="4" t="str">
-        <x:v>17,500원</x:v>
+        <x:v>20,000원</x:v>
       </x:c>
       <x:c r="G991" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H991" s="4" t="str">
-        <x:v>15,400원</x:v>
+        <x:v>18,000원</x:v>
       </x:c>
       <x:c r="I991" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="992">
       <x:c r="A992" s="3" t="str">
-        <x:v>파리바게뜨</x:v>
+        <x:v>푸라닭</x:v>
       </x:c>
       <x:c r="B992" s="3" t="str">
-        <x:v>G0000009665</x:v>
+        <x:v>G0000009553</x:v>
       </x:c>
       <x:c r="C992" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D992" s="1" t="str">
-        <x:v>[파리바게뜨] 명가 명품 우리벌꿀 카스테라</x:v>
+        <x:v>[푸라닭] 3만원권</x:v>
       </x:c>
       <x:c r="E992" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F992" s="4" t="str">
-        <x:v>14,900원</x:v>
+        <x:v>30,000원</x:v>
       </x:c>
       <x:c r="G992" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H992" s="4" t="str">
-        <x:v>13,112원</x:v>
+        <x:v>27,000원</x:v>
       </x:c>
       <x:c r="I992" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="993">
       <x:c r="A993" s="3" t="str">
-        <x:v>파리바게뜨</x:v>
+        <x:v>푸라닭</x:v>
       </x:c>
       <x:c r="B993" s="3" t="str">
-        <x:v>G0000009664</x:v>
+        <x:v>G0000009554</x:v>
       </x:c>
       <x:c r="C993" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D993" s="1" t="str">
-        <x:v>[파리바게뜨] 명가 찹쌀떡</x:v>
+        <x:v>[푸라닭] 5만원권</x:v>
       </x:c>
       <x:c r="E993" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F993" s="4" t="str">
-        <x:v>1,100원</x:v>
+        <x:v>50,000원</x:v>
       </x:c>
       <x:c r="G993" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H993" s="4" t="str">
-        <x:v>968원</x:v>
+        <x:v>45,000원</x:v>
       </x:c>
       <x:c r="I993" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="994">
       <x:c r="A994" s="3" t="str">
-        <x:v>파리바게뜨</x:v>
+        <x:v>푸라닭</x:v>
       </x:c>
       <x:c r="B994" s="3" t="str">
-        <x:v>G0000009658</x:v>
+        <x:v>G0000009519</x:v>
       </x:c>
       <x:c r="C994" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D994" s="1" t="str">
-        <x:v>[파리바게뜨] 바닐라라떼</x:v>
+        <x:v>[푸라닭] 고추마요 치킨+블랙치즈볼(5구)+코카-콜라제로 1.25L</x:v>
       </x:c>
       <x:c r="E994" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F994" s="4" t="str">
-        <x:v>4,200원</x:v>
+        <x:v>29,300원</x:v>
       </x:c>
       <x:c r="G994" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H994" s="4" t="str">
-        <x:v>3,696원</x:v>
+        <x:v>26,370원</x:v>
       </x:c>
       <x:c r="I994" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="995">
       <x:c r="A995" s="3" t="str">
-        <x:v>파리바게뜨</x:v>
+        <x:v>푸라닭</x:v>
       </x:c>
       <x:c r="B995" s="3" t="str">
-        <x:v>G0000009680</x:v>
+        <x:v>G0000009520</x:v>
       </x:c>
       <x:c r="C995" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D995" s="1" t="str">
-        <x:v>[파리바게뜨] 바질리코타 호밀 샌드위치 +아이스 카페라떼</x:v>
+        <x:v>[푸라닭] 고추마요 치킨+블랙치즈볼(5구)+콜라 1.25L</x:v>
       </x:c>
       <x:c r="E995" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F995" s="4" t="str">
-        <x:v>10,900원</x:v>
+        <x:v>29,300원</x:v>
       </x:c>
       <x:c r="G995" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H995" s="4" t="str">
-        <x:v>9,592원</x:v>
+        <x:v>26,370원</x:v>
       </x:c>
       <x:c r="I995" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="996">
       <x:c r="A996" s="3" t="str">
-        <x:v>파리바게뜨</x:v>
+        <x:v>푸라닭</x:v>
       </x:c>
       <x:c r="B996" s="3" t="str">
-        <x:v>G0000009619</x:v>
+        <x:v>G0000009521</x:v>
       </x:c>
       <x:c r="C996" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D996" s="1" t="str">
-        <x:v>[파리바게뜨] 부드러운 상미종 생(生)식빵</x:v>
+        <x:v>[푸라닭] 고추마요 치킨+코카-콜라제로 1.25L</x:v>
       </x:c>
       <x:c r="E996" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F996" s="4" t="str">
-        <x:v>3,900원</x:v>
+        <x:v>24,400원</x:v>
       </x:c>
       <x:c r="G996" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H996" s="4" t="str">
-        <x:v>3,432원</x:v>
+        <x:v>21,960원</x:v>
       </x:c>
       <x:c r="I996" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="997">
       <x:c r="A997" s="3" t="str">
-        <x:v>파리바게뜨</x:v>
+        <x:v>푸라닭</x:v>
       </x:c>
       <x:c r="B997" s="3" t="str">
-        <x:v>G0000009660</x:v>
+        <x:v>G0000009522</x:v>
       </x:c>
       <x:c r="C997" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D997" s="1" t="str">
-        <x:v>[파리바게뜨] 부드러운 초코가나슈 케이크[조각]+아이스 아메리카노</x:v>
+        <x:v>[푸라닭] 고추마요 치킨+콜라 1.25L</x:v>
       </x:c>
       <x:c r="E997" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F997" s="4" t="str">
-        <x:v>9,800원</x:v>
+        <x:v>24,400원</x:v>
       </x:c>
       <x:c r="G997" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H997" s="4" t="str">
-        <x:v>8,624원</x:v>
+        <x:v>21,960원</x:v>
       </x:c>
       <x:c r="I997" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="998">
       <x:c r="A998" s="3" t="str">
-        <x:v>파리바게뜨</x:v>
+        <x:v>푸라닭</x:v>
       </x:c>
       <x:c r="B998" s="3" t="str">
-        <x:v>G0000009643</x:v>
+        <x:v>G0000009523</x:v>
       </x:c>
       <x:c r="C998" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D998" s="1" t="str">
-        <x:v>[파리바게뜨] 블라썸 러브 케이크</x:v>
+        <x:v>[푸라닭] 나폴리 투움바</x:v>
       </x:c>
       <x:c r="E998" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F998" s="4" t="str">
-        <x:v>26,900원</x:v>
+        <x:v>23,900원</x:v>
       </x:c>
       <x:c r="G998" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H998" s="4" t="str">
-        <x:v>23,672원</x:v>
+        <x:v>21,510원</x:v>
       </x:c>
       <x:c r="I998" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="999">
       <x:c r="A999" s="3" t="str">
-        <x:v>파리바게뜨</x:v>
+        <x:v>푸라닭</x:v>
       </x:c>
       <x:c r="B999" s="3" t="str">
-        <x:v>G0000009663</x:v>
+        <x:v>G0000009524</x:v>
       </x:c>
       <x:c r="C999" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D999" s="1" t="str">
-        <x:v>[파리바게뜨] 블루베리 듬뿍 롤케익</x:v>
+        <x:v>[푸라닭] 나폴리 투움바 윙콤보+콜라 1.25L</x:v>
       </x:c>
       <x:c r="E999" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F999" s="4" t="str">
-        <x:v>14,900원</x:v>
+        <x:v>29,400원</x:v>
       </x:c>
       <x:c r="G999" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H999" s="4" t="str">
-        <x:v>13,112원</x:v>
+        <x:v>26,460원</x:v>
       </x:c>
       <x:c r="I999" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1000">
       <x:c r="A1000" s="3" t="str">
-        <x:v>파리바게뜨</x:v>
+        <x:v>푸라닭</x:v>
       </x:c>
       <x:c r="B1000" s="3" t="str">
-        <x:v>G0000009657</x:v>
+        <x:v>G0000009525</x:v>
       </x:c>
       <x:c r="C1000" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1000" s="1" t="str">
-        <x:v>[파리바게뜨] 빅 아이스 아메리카노</x:v>
+        <x:v>[푸라닭] 나폴리 투움바+블랙치즈볼(5구)+콜라 1.25L</x:v>
       </x:c>
       <x:c r="E1000" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1000" s="4" t="str">
-        <x:v>4,600원</x:v>
+        <x:v>31,300원</x:v>
       </x:c>
       <x:c r="G1000" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1000" s="4" t="str">
-        <x:v>4,048원</x:v>
+        <x:v>28,170원</x:v>
       </x:c>
       <x:c r="I1000" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1001">
       <x:c r="A1001" s="3" t="str">
-        <x:v>파리바게뜨</x:v>
+        <x:v>푸라닭</x:v>
       </x:c>
       <x:c r="B1001" s="3" t="str">
-        <x:v>G0000009637</x:v>
+        <x:v>G0000009526</x:v>
       </x:c>
       <x:c r="C1001" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1001" s="1" t="str">
-        <x:v>[파리바게뜨] 사파리 친구들 이야기 케이크[2단]</x:v>
+        <x:v>[푸라닭] 나폴리 투움바+콜라 1.25L</x:v>
       </x:c>
       <x:c r="E1001" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1001" s="4" t="str">
-        <x:v>53,000원</x:v>
+        <x:v>26,400원</x:v>
       </x:c>
       <x:c r="G1001" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1001" s="4" t="str">
-        <x:v>46,640원</x:v>
+        <x:v>23,760원</x:v>
       </x:c>
       <x:c r="I1001" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1002">
       <x:c r="A1002" s="3" t="str">
-        <x:v>파리바게뜨</x:v>
+        <x:v>푸라닭</x:v>
       </x:c>
       <x:c r="B1002" s="3" t="str">
-        <x:v>G0000009690</x:v>
+        <x:v>G0000009527</x:v>
       </x:c>
       <x:c r="C1002" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1002" s="1" t="str">
-        <x:v>[파리바게뜨] 산딸기 듬뿍 롤케익</x:v>
+        <x:v>[푸라닭] 마불로 악마+블랙치즈볼(5구)+콜라 1.25L</x:v>
       </x:c>
       <x:c r="E1002" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1002" s="4" t="str">
-        <x:v>14,900원</x:v>
+        <x:v>30,300원</x:v>
       </x:c>
       <x:c r="G1002" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1002" s="4" t="str">
-        <x:v>13,112원</x:v>
+        <x:v>27,270원</x:v>
       </x:c>
       <x:c r="I1002" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1003">
       <x:c r="A1003" s="3" t="str">
-        <x:v>파리바게뜨</x:v>
+        <x:v>푸라닭</x:v>
       </x:c>
       <x:c r="B1003" s="3" t="str">
-        <x:v>G0000009689</x:v>
+        <x:v>G0000009528</x:v>
       </x:c>
       <x:c r="C1003" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1003" s="1" t="str">
-        <x:v>[파리바게뜨] 상큼한 블루베리 쉬폰케이크</x:v>
+        <x:v>[푸라닭] 마불로 악마+콜라 1.25L</x:v>
       </x:c>
       <x:c r="E1003" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1003" s="4" t="str">
-        <x:v>34,900원</x:v>
+        <x:v>25,400원</x:v>
       </x:c>
       <x:c r="G1003" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1003" s="4" t="str">
-        <x:v>30,712원</x:v>
+        <x:v>22,860원</x:v>
       </x:c>
       <x:c r="I1003" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1004">
       <x:c r="A1004" s="3" t="str">
-        <x:v>파리바게뜨</x:v>
+        <x:v>푸라닭</x:v>
       </x:c>
       <x:c r="B1004" s="3" t="str">
-        <x:v>G0000009672</x:v>
+        <x:v>G0000009531</x:v>
       </x:c>
       <x:c r="C1004" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1004" s="1" t="str">
-        <x:v>[파리바게뜨] 생과일 듬뿍 케이크[무화과]</x:v>
+        <x:v>[푸라닭] 블랙알리오+블랙치즈볼(5구)+코카-콜라제로 1.25L</x:v>
       </x:c>
       <x:c r="E1004" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1004" s="4" t="str">
-        <x:v>35,000원</x:v>
+        <x:v>29,300원</x:v>
       </x:c>
       <x:c r="G1004" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1004" s="4" t="str">
-        <x:v>30,800원</x:v>
+        <x:v>26,370원</x:v>
       </x:c>
       <x:c r="I1004" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1005">
       <x:c r="A1005" s="3" t="str">
-        <x:v>파리바게뜨</x:v>
+        <x:v>푸라닭</x:v>
       </x:c>
       <x:c r="B1005" s="3" t="str">
-        <x:v>G0000009682</x:v>
+        <x:v>G0000009532</x:v>
       </x:c>
       <x:c r="C1005" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1005" s="1" t="str">
-        <x:v>[파리바게뜨] 생딸기 듬뿍 프레지에 케이크</x:v>
+        <x:v>[푸라닭] 블랙알리오+블랙치즈볼(5구)+콜라 1.25L</x:v>
       </x:c>
       <x:c r="E1005" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1005" s="4" t="str">
-        <x:v>35,000원</x:v>
+        <x:v>29,300원</x:v>
       </x:c>
       <x:c r="G1005" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1005" s="4" t="str">
-        <x:v>30,800원</x:v>
+        <x:v>26,370원</x:v>
       </x:c>
       <x:c r="I1005" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1006">
       <x:c r="A1006" s="3" t="str">
-        <x:v>파리바게뜨</x:v>
+        <x:v>푸라닭</x:v>
       </x:c>
       <x:c r="B1006" s="3" t="str">
-        <x:v>G0000009626</x:v>
+        <x:v>G0000009533</x:v>
       </x:c>
       <x:c r="C1006" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1006" s="1" t="str">
-        <x:v>[파리바게뜨] 생크림폭탄 도넛(3개입)</x:v>
+        <x:v>[푸라닭] 블랙알리오+코카-콜라제로 1.25L</x:v>
       </x:c>
       <x:c r="E1006" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1006" s="4" t="str">
-        <x:v>4,350원</x:v>
+        <x:v>24,400원</x:v>
       </x:c>
       <x:c r="G1006" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1006" s="4" t="str">
-        <x:v>3,828원</x:v>
+        <x:v>21,960원</x:v>
       </x:c>
       <x:c r="I1006" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1007">
       <x:c r="A1007" s="3" t="str">
-        <x:v>파리바게뜨</x:v>
+        <x:v>푸라닭</x:v>
       </x:c>
       <x:c r="B1007" s="3" t="str">
-        <x:v>G0000009684</x:v>
+        <x:v>G0000009534</x:v>
       </x:c>
       <x:c r="C1007" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1007" s="1" t="str">
-        <x:v>[파리바게뜨] 실키롤케익</x:v>
+        <x:v>[푸라닭] 블랙알리오+콜라 1.25L</x:v>
       </x:c>
       <x:c r="E1007" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1007" s="4" t="str">
-        <x:v>13,900원</x:v>
+        <x:v>24,400원</x:v>
       </x:c>
       <x:c r="G1007" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1007" s="4" t="str">
-        <x:v>12,232원</x:v>
+        <x:v>21,960원</x:v>
       </x:c>
       <x:c r="I1007" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1008">
       <x:c r="A1008" s="3" t="str">
-        <x:v>파리바게뜨</x:v>
+        <x:v>푸라닭</x:v>
       </x:c>
       <x:c r="B1008" s="3" t="str">
-        <x:v>G0000009644</x:v>
+        <x:v>G0000009537</x:v>
       </x:c>
       <x:c r="C1008" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1008" s="1" t="str">
-        <x:v>[파리바게뜨] 아다지오 커피번+아메리카노</x:v>
+        <x:v>[푸라닭] 씬 후라이드 윙콤보+블랙치즈볼(5구)+콜라 1.25L</x:v>
       </x:c>
       <x:c r="E1008" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1008" s="4" t="str">
-        <x:v>6,400원</x:v>
+        <x:v>30,300원</x:v>
       </x:c>
       <x:c r="G1008" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1008" s="4" t="str">
-        <x:v>5,632원</x:v>
+        <x:v>27,270원</x:v>
       </x:c>
       <x:c r="I1008" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1009">
       <x:c r="A1009" s="3" t="str">
-        <x:v>파리바게뜨</x:v>
+        <x:v>푸라닭</x:v>
       </x:c>
       <x:c r="B1009" s="3" t="str">
-        <x:v>G0000009656</x:v>
+        <x:v>G0000009538</x:v>
       </x:c>
       <x:c r="C1009" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1009" s="1" t="str">
-        <x:v>[파리바게뜨] 아메리카노</x:v>
+        <x:v>[푸라닭] 씬 후라이드+블랙치즈볼(5구)+콜라 1.25L</x:v>
       </x:c>
       <x:c r="E1009" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1009" s="4" t="str">
-        <x:v>3,200원</x:v>
+        <x:v>27,300원</x:v>
       </x:c>
       <x:c r="G1009" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1009" s="4" t="str">
-        <x:v>2,816원</x:v>
+        <x:v>24,570원</x:v>
       </x:c>
       <x:c r="I1009" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1010">
       <x:c r="A1010" s="3" t="str">
-        <x:v>파리바게뜨</x:v>
+        <x:v>푸라닭</x:v>
       </x:c>
       <x:c r="B1010" s="3" t="str">
-        <x:v>G0000009655</x:v>
+        <x:v>G0000009539</x:v>
       </x:c>
       <x:c r="C1010" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1010" s="1" t="str">
-        <x:v>[파리바게뜨] 아메리카노 2잔</x:v>
+        <x:v>[푸라닭] 씬 후라이드+콜라 1.25L</x:v>
       </x:c>
       <x:c r="E1010" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1010" s="4" t="str">
-        <x:v>6,400원</x:v>
+        <x:v>22,400원</x:v>
       </x:c>
       <x:c r="G1010" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1010" s="4" t="str">
-        <x:v>5,632원</x:v>
+        <x:v>20,160원</x:v>
       </x:c>
       <x:c r="I1010" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1011">
       <x:c r="A1011" s="3" t="str">
-        <x:v>파리바게뜨</x:v>
+        <x:v>푸라닭</x:v>
       </x:c>
       <x:c r="B1011" s="3" t="str">
-        <x:v>G0000009654</x:v>
+        <x:v>G0000009540</x:v>
       </x:c>
       <x:c r="C1011" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1011" s="1" t="str">
-        <x:v>[파리바게뜨] 아이스 아메리카노</x:v>
+        <x:v>[푸라닭] 일품깐풍</x:v>
       </x:c>
       <x:c r="E1011" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1011" s="4" t="str">
-        <x:v>3,700원</x:v>
+        <x:v>22,900원</x:v>
       </x:c>
       <x:c r="G1011" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1011" s="4" t="str">
-        <x:v>3,256원</x:v>
+        <x:v>20,610원</x:v>
       </x:c>
       <x:c r="I1011" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1012">
       <x:c r="A1012" s="3" t="str">
-        <x:v>파리바게뜨</x:v>
+        <x:v>푸라닭</x:v>
       </x:c>
       <x:c r="B1012" s="3" t="str">
-        <x:v>G0000009653</x:v>
+        <x:v>G0000009541</x:v>
       </x:c>
       <x:c r="C1012" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1012" s="1" t="str">
-        <x:v>[파리바게뜨] 아이스 아메리카노 2잔</x:v>
+        <x:v>[푸라닭] 일품깐풍 윙콤보</x:v>
       </x:c>
       <x:c r="E1012" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1012" s="4" t="str">
-        <x:v>7,400원</x:v>
+        <x:v>25,900원</x:v>
       </x:c>
       <x:c r="G1012" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1012" s="4" t="str">
-        <x:v>6,512원</x:v>
+        <x:v>23,310원</x:v>
       </x:c>
       <x:c r="I1012" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1013">
       <x:c r="A1013" s="3" t="str">
-        <x:v>파리바게뜨</x:v>
+        <x:v>푸라닭</x:v>
       </x:c>
       <x:c r="B1013" s="3" t="str">
-        <x:v>G0000009650</x:v>
+        <x:v>G0000009542</x:v>
       </x:c>
       <x:c r="C1013" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1013" s="1" t="str">
-        <x:v>[파리바게뜨] 아이스 아메리카노+아이스 카페라떼</x:v>
+        <x:v>[푸라닭] 일품깐풍 윙콤보+블랙치즈볼(5구)+콜라 1.25L</x:v>
       </x:c>
       <x:c r="E1013" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1013" s="4" t="str">
-        <x:v>7,900원</x:v>
+        <x:v>33,300원</x:v>
       </x:c>
       <x:c r="G1013" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1013" s="4" t="str">
-        <x:v>6,952원</x:v>
+        <x:v>29,970원</x:v>
       </x:c>
       <x:c r="I1013" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1014">
       <x:c r="A1014" s="3" t="str">
-        <x:v>파리바게뜨</x:v>
+        <x:v>푸라닭</x:v>
       </x:c>
       <x:c r="B1014" s="3" t="str">
-        <x:v>G0000009652</x:v>
+        <x:v>G0000009543</x:v>
       </x:c>
       <x:c r="C1014" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1014" s="1" t="str">
-        <x:v>[파리바게뜨] 아이스 카라멜마끼아또</x:v>
+        <x:v>[푸라닭] 일품깐풍 윙콤보+콜라 1.25L</x:v>
       </x:c>
       <x:c r="E1014" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1014" s="4" t="str">
-        <x:v>4,700원</x:v>
+        <x:v>28,400원</x:v>
       </x:c>
       <x:c r="G1014" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1014" s="4" t="str">
-        <x:v>4,136원</x:v>
+        <x:v>25,560원</x:v>
       </x:c>
       <x:c r="I1014" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1015">
       <x:c r="A1015" s="3" t="str">
-        <x:v>파리바게뜨</x:v>
+        <x:v>푸라닭</x:v>
       </x:c>
       <x:c r="B1015" s="3" t="str">
-        <x:v>G0000009651</x:v>
+        <x:v>G0000009544</x:v>
       </x:c>
       <x:c r="C1015" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1015" s="1" t="str">
-        <x:v>[파리바게뜨] 아이스 카페라떼</x:v>
+        <x:v>[푸라닭] 일품깐풍+블랙치즈볼(5구)+콜라 1.25L</x:v>
       </x:c>
       <x:c r="E1015" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1015" s="4" t="str">
-        <x:v>4,200원</x:v>
+        <x:v>30,300원</x:v>
       </x:c>
       <x:c r="G1015" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1015" s="4" t="str">
-        <x:v>3,696원</x:v>
+        <x:v>27,270원</x:v>
       </x:c>
       <x:c r="I1015" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1016">
       <x:c r="A1016" s="3" t="str">
-        <x:v>파리바게뜨</x:v>
+        <x:v>푸라닭</x:v>
       </x:c>
       <x:c r="B1016" s="3" t="str">
-        <x:v>G0000009678</x:v>
+        <x:v>G0000009545</x:v>
       </x:c>
       <x:c r="C1016" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1016" s="1" t="str">
-        <x:v>[파리바게뜨] 애그 샐러드 샌드위치+아이스 아메리카노</x:v>
+        <x:v>[푸라닭] 일품깐풍+콜라 1.25L</x:v>
       </x:c>
       <x:c r="E1016" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1016" s="4" t="str">
-        <x:v>10,000원</x:v>
+        <x:v>25,400원</x:v>
       </x:c>
       <x:c r="G1016" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1016" s="4" t="str">
-        <x:v>8,800원</x:v>
+        <x:v>22,860원</x:v>
       </x:c>
       <x:c r="I1016" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1017">
       <x:c r="A1017" s="3" t="str">
-        <x:v>파리바게뜨</x:v>
+        <x:v>푸라닭</x:v>
       </x:c>
       <x:c r="B1017" s="3" t="str">
-        <x:v>G0000009620</x:v>
+        <x:v>G0000009546</x:v>
       </x:c>
       <x:c r="C1017" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1017" s="1" t="str">
-        <x:v>[파리바게뜨] 우유 듬뿍 연유브레드(소)</x:v>
+        <x:v>[푸라닭] 치즈인이유</x:v>
       </x:c>
       <x:c r="E1017" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1017" s="4" t="str">
-        <x:v>5,100원</x:v>
+        <x:v>22,900원</x:v>
       </x:c>
       <x:c r="G1017" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1017" s="4" t="str">
-        <x:v>4,488원</x:v>
+        <x:v>20,610원</x:v>
       </x:c>
       <x:c r="I1017" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1018">
       <x:c r="A1018" s="3" t="str">
-        <x:v>파리바게뜨</x:v>
+        <x:v>푸라닭</x:v>
       </x:c>
       <x:c r="B1018" s="3" t="str">
-        <x:v>G0000009635</x:v>
+        <x:v>G0000009547</x:v>
       </x:c>
       <x:c r="C1018" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1018" s="1" t="str">
-        <x:v>[파리바게뜨] 우유 생크림케이크[시즌] 2호</x:v>
+        <x:v>[푸라닭] 치즈인이유+블랙치즈볼(5구)+콜라 1.25L</x:v>
       </x:c>
       <x:c r="E1018" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1018" s="4" t="str">
-        <x:v>34,500원</x:v>
+        <x:v>30,300원</x:v>
       </x:c>
       <x:c r="G1018" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1018" s="4" t="str">
-        <x:v>30,360원</x:v>
+        <x:v>27,270원</x:v>
       </x:c>
       <x:c r="I1018" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1019">
       <x:c r="A1019" s="3" t="str">
-        <x:v>파리바게뜨</x:v>
+        <x:v>푸라닭</x:v>
       </x:c>
       <x:c r="B1019" s="3" t="str">
-        <x:v>G0000009671</x:v>
+        <x:v>G0000009548</x:v>
       </x:c>
       <x:c r="C1019" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1019" s="1" t="str">
-        <x:v>[파리바게뜨] 우유가득 생크림 케이크 1호[무화과]</x:v>
+        <x:v>[푸라닭] 치즈인이유+콜라 1.25L</x:v>
       </x:c>
       <x:c r="E1019" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1019" s="4" t="str">
-        <x:v>33,500원</x:v>
+        <x:v>25,400원</x:v>
       </x:c>
       <x:c r="G1019" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1019" s="4" t="str">
-        <x:v>29,480원</x:v>
+        <x:v>22,860원</x:v>
       </x:c>
       <x:c r="I1019" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1020">
       <x:c r="A1020" s="3" t="str">
-        <x:v>파리바게뜨</x:v>
+        <x:v>푸라닭</x:v>
       </x:c>
       <x:c r="B1020" s="3" t="str">
-        <x:v>G0000009670</x:v>
+        <x:v>G0000009549</x:v>
       </x:c>
       <x:c r="C1020" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1020" s="1" t="str">
-        <x:v>[파리바게뜨] 우유퐁당 생크림 케이크 1호[무화과]</x:v>
+        <x:v>[푸라닭] 치즈인이유+타코볼(4구)+콜라 1.25L</x:v>
       </x:c>
       <x:c r="E1020" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1020" s="4" t="str">
-        <x:v>33,500원</x:v>
+        <x:v>28,300원</x:v>
       </x:c>
       <x:c r="G1020" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1020" s="4" t="str">
-        <x:v>29,480원</x:v>
+        <x:v>25,470원</x:v>
       </x:c>
       <x:c r="I1020" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1021">
       <x:c r="A1021" s="3" t="str">
-        <x:v>파리바게뜨</x:v>
+        <x:v>푸라닭</x:v>
       </x:c>
       <x:c r="B1021" s="3" t="str">
-        <x:v>G0000009649</x:v>
+        <x:v>G0000009550</x:v>
       </x:c>
       <x:c r="C1021" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1021" s="1" t="str">
-        <x:v>[파리바게뜨] 저당 쫄깃담백 루스틱[Half]+아이스 아메리카노</x:v>
+        <x:v>[푸라닭] 콘소메이징+블랙치즈볼(5구)+콜라 1.25L</x:v>
       </x:c>
       <x:c r="E1021" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1021" s="4" t="str">
-        <x:v>8,600원</x:v>
+        <x:v>29,300원</x:v>
       </x:c>
       <x:c r="G1021" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1021" s="4" t="str">
-        <x:v>7,568원</x:v>
+        <x:v>26,370원</x:v>
       </x:c>
       <x:c r="I1021" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1022">
       <x:c r="A1022" s="3" t="str">
-        <x:v>파리바게뜨</x:v>
+        <x:v>푸라닭</x:v>
       </x:c>
       <x:c r="B1022" s="3" t="str">
-        <x:v>G0000009673</x:v>
+        <x:v>G0000009551</x:v>
       </x:c>
       <x:c r="C1022" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1022" s="1" t="str">
-        <x:v>[파리바게뜨] 진한 크림치즈 가득 클래식 치즈케이크 2호</x:v>
+        <x:v>[푸라닭] 콘소메이징+콜라 1.25L</x:v>
       </x:c>
       <x:c r="E1022" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1022" s="4" t="str">
-        <x:v>32,000원</x:v>
+        <x:v>24,400원</x:v>
       </x:c>
       <x:c r="G1022" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1022" s="4" t="str">
-        <x:v>28,160원</x:v>
+        <x:v>21,960원</x:v>
       </x:c>
       <x:c r="I1022" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1023">
       <x:c r="A1023" s="3" t="str">
-        <x:v>파리바게뜨</x:v>
+        <x:v>피자나라치킨공주</x:v>
       </x:c>
       <x:c r="B1023" s="3" t="str">
-        <x:v>G0000009661</x:v>
+        <x:v>G0000008727</x:v>
       </x:c>
       <x:c r="C1023" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1023" s="1" t="str">
-        <x:v>[파리바게뜨] 촉촉한 클래식치즈 케이크[조각]+아이스 아메리카노</x:v>
+        <x:v>[피자나라치킨공주] 피치세트L(콤비네이션피자L+후라이드치킨(뼈))+스파게티+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1023" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1023" s="4" t="str">
-        <x:v>9,800원</x:v>
+        <x:v>29,900원</x:v>
       </x:c>
       <x:c r="G1023" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H1023" s="4" t="str">
-        <x:v>8,624원</x:v>
+        <x:v>26,312원</x:v>
       </x:c>
       <x:c r="I1023" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1024">
       <x:c r="A1024" s="3" t="str">
-        <x:v>파리바게뜨</x:v>
+        <x:v>피자나라치킨공주</x:v>
       </x:c>
       <x:c r="B1024" s="3" t="str">
-        <x:v>G0000009646</x:v>
+        <x:v>G0000008728</x:v>
       </x:c>
       <x:c r="C1024" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1024" s="1" t="str">
-        <x:v>[파리바게뜨] 치즈케이크[조각]+초코가나슈 케이크[조각]+아이스 아메리카노 2잔</x:v>
+        <x:v>[피자나라치킨공주] 피치세트M(콤비네이션피자M+후라이드치킨(뼈))+스파게티+콜라500ml</x:v>
       </x:c>
       <x:c r="E1024" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1024" s="4" t="str">
-        <x:v>19,600원</x:v>
+        <x:v>25,900원</x:v>
       </x:c>
       <x:c r="G1024" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H1024" s="4" t="str">
-        <x:v>17,248원</x:v>
+        <x:v>22,792원</x:v>
       </x:c>
       <x:c r="I1024" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1025">
       <x:c r="A1025" s="3" t="str">
-        <x:v>파리바게뜨</x:v>
+        <x:v>하남돼지집</x:v>
       </x:c>
       <x:c r="B1025" s="3" t="str">
-        <x:v>G0000009662</x:v>
+        <x:v>G0000008883</x:v>
       </x:c>
       <x:c r="C1025" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1025" s="1" t="str">
-        <x:v>[파리바게뜨] 치킨 디럭스 샌드위치+아이스 아메리카노</x:v>
+        <x:v>[하남돼지집] 모바일금액권 10,000원</x:v>
       </x:c>
       <x:c r="E1025" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1025" s="4" t="str">
         <x:v>10,000원</x:v>
       </x:c>
       <x:c r="G1025" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1025" s="4" t="str">
-        <x:v>8,800원</x:v>
+        <x:v>9,000원</x:v>
       </x:c>
       <x:c r="I1025" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1026">
       <x:c r="A1026" s="3" t="str">
-        <x:v>파리바게뜨</x:v>
+        <x:v>하남돼지집</x:v>
       </x:c>
       <x:c r="B1026" s="3" t="str">
-        <x:v>G0000009648</x:v>
+        <x:v>G0000008884</x:v>
       </x:c>
       <x:c r="C1026" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1026" s="1" t="str">
-        <x:v>[파리바게뜨] 치킨에그 통곡물 샌드위치+아이스 아메리카노</x:v>
+        <x:v>[하남돼지집] 모바일금액권 20,000원</x:v>
       </x:c>
       <x:c r="E1026" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1026" s="4" t="str">
-        <x:v>11,200원</x:v>
+        <x:v>20,000원</x:v>
       </x:c>
       <x:c r="G1026" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1026" s="4" t="str">
-        <x:v>9,856원</x:v>
+        <x:v>18,000원</x:v>
       </x:c>
       <x:c r="I1026" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1027">
       <x:c r="A1027" s="3" t="str">
-        <x:v>파리바게뜨</x:v>
+        <x:v>하남돼지집</x:v>
       </x:c>
       <x:c r="B1027" s="3" t="str">
-        <x:v>G0000009625</x:v>
+        <x:v>G0000008885</x:v>
       </x:c>
       <x:c r="C1027" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1027" s="1" t="str">
-        <x:v>[파리바게뜨] 칠리크랩 샌드위치</x:v>
+        <x:v>[하남돼지집] 모바일금액권 30,000원</x:v>
       </x:c>
       <x:c r="E1027" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1027" s="4" t="str">
-        <x:v>6,300원</x:v>
+        <x:v>30,000원</x:v>
       </x:c>
       <x:c r="G1027" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1027" s="4" t="str">
-        <x:v>5,544원</x:v>
+        <x:v>27,000원</x:v>
       </x:c>
       <x:c r="I1027" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1028">
       <x:c r="A1028" s="3" t="str">
-        <x:v>파리바게뜨</x:v>
+        <x:v>하남돼지집</x:v>
       </x:c>
       <x:c r="B1028" s="3" t="str">
-        <x:v>G0000009645</x:v>
+        <x:v>G0000008886</x:v>
       </x:c>
       <x:c r="C1028" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1028" s="1" t="str">
-        <x:v>[파리바게뜨] 카페라떼</x:v>
+        <x:v>[하남돼지집] 모바일금액권 50,000원</x:v>
       </x:c>
       <x:c r="E1028" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1028" s="4" t="str">
-        <x:v>3,700원</x:v>
+        <x:v>50,000원</x:v>
       </x:c>
       <x:c r="G1028" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1028" s="4" t="str">
-        <x:v>3,256원</x:v>
+        <x:v>45,000원</x:v>
       </x:c>
       <x:c r="I1028" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1029">
       <x:c r="A1029" s="3" t="str">
-        <x:v>파리바게뜨</x:v>
+        <x:v>할리스</x:v>
       </x:c>
       <x:c r="B1029" s="3" t="str">
-        <x:v>G0000009688</x:v>
+        <x:v>G0000008731</x:v>
       </x:c>
       <x:c r="C1029" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1029" s="1" t="str">
-        <x:v>[파리바게뜨] 카페모카 롤케익</x:v>
+        <x:v>[할리스] 기분 좋은 하루</x:v>
       </x:c>
       <x:c r="E1029" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1029" s="4" t="str">
-        <x:v>14,900원</x:v>
+        <x:v>12,700원</x:v>
       </x:c>
       <x:c r="G1029" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H1029" s="4" t="str">
-        <x:v>13,112원</x:v>
+        <x:v>11,176원</x:v>
       </x:c>
       <x:c r="I1029" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1030">
       <x:c r="A1030" s="3" t="str">
-        <x:v>파리바게뜨</x:v>
+        <x:v>할리스</x:v>
       </x:c>
       <x:c r="B1030" s="3" t="str">
-        <x:v>G0000009667</x:v>
+        <x:v>G0000008734</x:v>
       </x:c>
       <x:c r="C1030" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1030" s="1" t="str">
-        <x:v>[파리바게뜨] 쿠키앤크림 마카롱 아이스크림</x:v>
+        <x:v>[할리스] 바닐라딜라이트 R</x:v>
       </x:c>
       <x:c r="E1030" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1030" s="4" t="str">
-        <x:v>3,900원</x:v>
+        <x:v>6,200원</x:v>
       </x:c>
       <x:c r="G1030" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H1030" s="4" t="str">
-        <x:v>3,432원</x:v>
+        <x:v>5,456원</x:v>
       </x:c>
       <x:c r="I1030" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1031">
       <x:c r="A1031" s="3" t="str">
-        <x:v>파리바게뜨</x:v>
+        <x:v>할리스</x:v>
       </x:c>
       <x:c r="B1031" s="3" t="str">
-        <x:v>G0000009624</x:v>
+        <x:v>G0000008735</x:v>
       </x:c>
       <x:c r="C1031" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1031" s="1" t="str">
-        <x:v>[파리바게뜨] 크랜베리 치킨 리코타 샐러드</x:v>
+        <x:v>[할리스] 카라멜마키아또 R</x:v>
       </x:c>
       <x:c r="E1031" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1031" s="4" t="str">
-        <x:v>7,800원</x:v>
+        <x:v>6,200원</x:v>
       </x:c>
       <x:c r="G1031" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H1031" s="4" t="str">
-        <x:v>6,864원</x:v>
+        <x:v>5,456원</x:v>
       </x:c>
       <x:c r="I1031" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1032">
       <x:c r="A1032" s="3" t="str">
-        <x:v>파리바게뜨</x:v>
+        <x:v>할리스</x:v>
       </x:c>
       <x:c r="B1032" s="3" t="str">
-        <x:v>G0000009623</x:v>
+        <x:v>G0000008736</x:v>
       </x:c>
       <x:c r="C1032" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1032" s="1" t="str">
-        <x:v>[파리바게뜨] 크리스피 치킨 샐러드</x:v>
+        <x:v>[할리스] 카페라떼 R</x:v>
       </x:c>
       <x:c r="E1032" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1032" s="4" t="str">
-        <x:v>7,300원</x:v>
+        <x:v>5,200원</x:v>
       </x:c>
       <x:c r="G1032" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H1032" s="4" t="str">
-        <x:v>6,424원</x:v>
+        <x:v>4,576원</x:v>
       </x:c>
       <x:c r="I1032" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1033">
       <x:c r="A1033" s="3" t="str">
-        <x:v>파리바게뜨</x:v>
+        <x:v>할리스</x:v>
       </x:c>
       <x:c r="B1033" s="3" t="str">
-        <x:v>G0000009687</x:v>
+        <x:v>G0000008737</x:v>
       </x:c>
       <x:c r="C1033" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1033" s="1" t="str">
-        <x:v>[파리바게뜨] 클래식 고구마케이크</x:v>
+        <x:v>[할리스] 카페모카 R</x:v>
       </x:c>
       <x:c r="E1033" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1033" s="4" t="str">
-        <x:v>32,900원</x:v>
+        <x:v>5,800원</x:v>
       </x:c>
       <x:c r="G1033" s="3" t="str">
         <x:v>12%</x:v>
       </x:c>
       <x:c r="H1033" s="4" t="str">
-        <x:v>28,952원</x:v>
+        <x:v>5,104원</x:v>
       </x:c>
       <x:c r="I1033" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1034">
       <x:c r="A1034" s="3" t="str">
-        <x:v>파리바게뜨</x:v>
+        <x:v>해피콘</x:v>
       </x:c>
       <x:c r="B1034" s="3" t="str">
-        <x:v>G0000009622</x:v>
+        <x:v>G0000009717</x:v>
       </x:c>
       <x:c r="C1034" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1034" s="1" t="str">
-        <x:v>[파리바게뜨] 탱글탱글 뽀드득 소시지</x:v>
+        <x:v>(해피콘) 1만원</x:v>
       </x:c>
       <x:c r="E1034" s="3" t="str">
-        <x:v>60일</x:v>
+        <x:v>30일</x:v>
       </x:c>
       <x:c r="F1034" s="4" t="str">
-        <x:v>3,600원</x:v>
+        <x:v>10,000원</x:v>
       </x:c>
       <x:c r="G1034" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1034" s="4" t="str">
-        <x:v>3,168원</x:v>
+        <x:v>9,000원</x:v>
       </x:c>
       <x:c r="I1034" s="1" t="str">
-        <x:v/>
+        <x:v>
+# 동일 수신번호는 1개를 초과할 수 없습니다.</x:v>
       </x:c>
     </x:row>
     <x:row r="1035">
       <x:c r="A1035" s="3" t="str">
-        <x:v>파리바게뜨</x:v>
+        <x:v>해피콘</x:v>
       </x:c>
       <x:c r="B1035" s="3" t="str">
-        <x:v>G0000009681</x:v>
+        <x:v>G0000009714</x:v>
       </x:c>
       <x:c r="C1035" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1035" s="1" t="str">
-        <x:v>[파리바게뜨] 티라미수케이크[조각]+아이스 아메리카노 2잔</x:v>
+        <x:v>(해피콘) 2만원</x:v>
       </x:c>
       <x:c r="E1035" s="3" t="str">
-        <x:v>60일</x:v>
+        <x:v>30일</x:v>
       </x:c>
       <x:c r="F1035" s="4" t="str">
-        <x:v>13,500원</x:v>
+        <x:v>20,000원</x:v>
       </x:c>
       <x:c r="G1035" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1035" s="4" t="str">
-        <x:v>11,880원</x:v>
+        <x:v>18,000원</x:v>
       </x:c>
       <x:c r="I1035" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1036">
       <x:c r="A1036" s="3" t="str">
-        <x:v>파리바게뜨</x:v>
+        <x:v>해피콘</x:v>
       </x:c>
       <x:c r="B1036" s="3" t="str">
-        <x:v>G0000009642</x:v>
+        <x:v>G0000009716</x:v>
       </x:c>
       <x:c r="C1036" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1036" s="1" t="str">
-        <x:v>[파리바게뜨] 파란라벨 고단백 곡물롤</x:v>
+        <x:v>(해피콘) 3만원</x:v>
       </x:c>
       <x:c r="E1036" s="3" t="str">
-        <x:v>60일</x:v>
+        <x:v>30일</x:v>
       </x:c>
       <x:c r="F1036" s="4" t="str">
-        <x:v>4,500원</x:v>
+        <x:v>30,000원</x:v>
       </x:c>
       <x:c r="G1036" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1036" s="4" t="str">
-        <x:v>3,960원</x:v>
+        <x:v>27,000원</x:v>
       </x:c>
       <x:c r="I1036" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1037">
       <x:c r="A1037" s="3" t="str">
-        <x:v>파리바게뜨</x:v>
+        <x:v>해피콘</x:v>
       </x:c>
       <x:c r="B1037" s="3" t="str">
-        <x:v>G0000009641</x:v>
+        <x:v>G0000009713</x:v>
       </x:c>
       <x:c r="C1037" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1037" s="1" t="str">
-        <x:v>[파리바게뜨] 파란라벨 고식이섬유 통밀 식빵</x:v>
+        <x:v>(해피콘) 3천원</x:v>
       </x:c>
       <x:c r="E1037" s="3" t="str">
-        <x:v>60일</x:v>
+        <x:v>30일</x:v>
       </x:c>
       <x:c r="F1037" s="4" t="str">
-        <x:v>5,300원</x:v>
+        <x:v>3,000원</x:v>
       </x:c>
       <x:c r="G1037" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1037" s="4" t="str">
-        <x:v>4,664원</x:v>
+        <x:v>2,700원</x:v>
       </x:c>
       <x:c r="I1037" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1038">
       <x:c r="A1038" s="3" t="str">
-        <x:v>파리바게뜨</x:v>
+        <x:v>해피콘</x:v>
       </x:c>
       <x:c r="B1038" s="3" t="str">
-        <x:v>G0000009640</x:v>
+        <x:v>G0000009715</x:v>
       </x:c>
       <x:c r="C1038" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1038" s="1" t="str">
-        <x:v>[파리바게뜨] 파란라벨 단백질 로만밀 식빵</x:v>
+        <x:v>(해피콘) 5천원</x:v>
       </x:c>
       <x:c r="E1038" s="3" t="str">
-        <x:v>60일</x:v>
+        <x:v>30일</x:v>
       </x:c>
       <x:c r="F1038" s="4" t="str">
-        <x:v>4,300원</x:v>
+        <x:v>5,000원</x:v>
       </x:c>
       <x:c r="G1038" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1038" s="4" t="str">
-        <x:v>3,784원</x:v>
+        <x:v>4,500원</x:v>
       </x:c>
       <x:c r="I1038" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1039">
       <x:c r="A1039" s="3" t="str">
-        <x:v>파리바게뜨</x:v>
+        <x:v>해피콘</x:v>
       </x:c>
       <x:c r="B1039" s="3" t="str">
-        <x:v>G0000009669</x:v>
+        <x:v>G0000009706</x:v>
       </x:c>
       <x:c r="C1039" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1039" s="1" t="str">
-        <x:v>[파리바게뜨] 파란라벨 치즈감자 치아바타</x:v>
+        <x:v>[해피콘] 1만5천원</x:v>
       </x:c>
       <x:c r="E1039" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1039" s="4" t="str">
-        <x:v>4,900원</x:v>
+        <x:v>15,000원</x:v>
       </x:c>
       <x:c r="G1039" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>7%</x:v>
       </x:c>
       <x:c r="H1039" s="4" t="str">
-        <x:v>4,312원</x:v>
+        <x:v>13,950원</x:v>
       </x:c>
       <x:c r="I1039" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1040">
       <x:c r="A1040" s="3" t="str">
-        <x:v>파리바게뜨</x:v>
+        <x:v>해피콘</x:v>
       </x:c>
       <x:c r="B1040" s="3" t="str">
-        <x:v>G0000009668</x:v>
+        <x:v>G0000009708</x:v>
       </x:c>
       <x:c r="C1040" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1040" s="1" t="str">
-        <x:v>[파리바게뜨] 파란라벨 크랜베리 크림치즈 브레드</x:v>
+        <x:v>[해피콘] 1만원</x:v>
       </x:c>
       <x:c r="E1040" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1040" s="4" t="str">
-        <x:v>5,300원</x:v>
+        <x:v>10,000원</x:v>
       </x:c>
       <x:c r="G1040" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>7%</x:v>
       </x:c>
       <x:c r="H1040" s="4" t="str">
-        <x:v>4,664원</x:v>
+        <x:v>9,300원</x:v>
       </x:c>
       <x:c r="I1040" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1041">
       <x:c r="A1041" s="3" t="str">
-        <x:v>파리바게뜨</x:v>
+        <x:v>해피콘</x:v>
       </x:c>
       <x:c r="B1041" s="3" t="str">
-        <x:v>G0000009639</x:v>
+        <x:v>G0000009707</x:v>
       </x:c>
       <x:c r="C1041" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1041" s="1" t="str">
-        <x:v>[파리바게뜨] 파란라벨 홀그레인 오트 식빵</x:v>
+        <x:v>[해피콘] 1천원 </x:v>
       </x:c>
       <x:c r="E1041" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1041" s="4" t="str">
-        <x:v>4,200원</x:v>
+        <x:v>1,000원</x:v>
       </x:c>
       <x:c r="G1041" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>7%</x:v>
       </x:c>
       <x:c r="H1041" s="4" t="str">
-        <x:v>3,696원</x:v>
+        <x:v>930원</x:v>
       </x:c>
       <x:c r="I1041" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1042">
       <x:c r="A1042" s="3" t="str">
-        <x:v>파리바게뜨</x:v>
+        <x:v>해피콘</x:v>
       </x:c>
       <x:c r="B1042" s="3" t="str">
-        <x:v>G0000009630</x:v>
+        <x:v>G0000009703</x:v>
       </x:c>
       <x:c r="C1042" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1042" s="1" t="str">
-        <x:v>[파리바게뜨] 파리바게뜨 실키롤케익</x:v>
+        <x:v>[해피콘] 2만5천원</x:v>
       </x:c>
       <x:c r="E1042" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1042" s="4" t="str">
-        <x:v>13,900원</x:v>
+        <x:v>25,000원</x:v>
       </x:c>
       <x:c r="G1042" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>7%</x:v>
       </x:c>
       <x:c r="H1042" s="4" t="str">
-        <x:v>12,232원</x:v>
+        <x:v>23,250원</x:v>
       </x:c>
       <x:c r="I1042" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1043">
       <x:c r="A1043" s="3" t="str">
-        <x:v>파리바게뜨</x:v>
+        <x:v>해피콘</x:v>
       </x:c>
       <x:c r="B1043" s="3" t="str">
-        <x:v>G0000009634</x:v>
+        <x:v>G0000009709</x:v>
       </x:c>
       <x:c r="C1043" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1043" s="1" t="str">
-        <x:v>[파리바게뜨] 햄에그 곡물롤+아이스 아메리카노</x:v>
+        <x:v>[해피콘] 2만원</x:v>
       </x:c>
       <x:c r="E1043" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1043" s="4" t="str">
-        <x:v>6,600원</x:v>
+        <x:v>20,000원</x:v>
       </x:c>
       <x:c r="G1043" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>7%</x:v>
       </x:c>
       <x:c r="H1043" s="4" t="str">
-        <x:v>5,808원</x:v>
+        <x:v>18,600원</x:v>
       </x:c>
       <x:c r="I1043" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1044">
       <x:c r="A1044" s="3" t="str">
-        <x:v>파리바게뜨</x:v>
+        <x:v>해피콘</x:v>
       </x:c>
       <x:c r="B1044" s="3" t="str">
-        <x:v>G0000009686</x:v>
+        <x:v>G0000009704</x:v>
       </x:c>
       <x:c r="C1044" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1044" s="1" t="str">
-        <x:v>[파리바게뜨] 호두파운드 케익</x:v>
+        <x:v>[해피콘] 2천원</x:v>
       </x:c>
       <x:c r="E1044" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1044" s="4" t="str">
-        <x:v>15,900원</x:v>
+        <x:v>2,000원</x:v>
       </x:c>
       <x:c r="G1044" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>7%</x:v>
       </x:c>
       <x:c r="H1044" s="4" t="str">
-        <x:v>13,992원</x:v>
+        <x:v>1,860원</x:v>
       </x:c>
       <x:c r="I1044" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1045">
       <x:c r="A1045" s="3" t="str">
-        <x:v>파리바게뜨</x:v>
+        <x:v>해피콘</x:v>
       </x:c>
       <x:c r="B1045" s="3" t="str">
-        <x:v>G0000009676</x:v>
+        <x:v>G0000009702</x:v>
       </x:c>
       <x:c r="C1045" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1045" s="1" t="str">
-        <x:v>[파리바게뜨] LOVE 초코바닐라 마블쉬폰케이크[데코픽포함]</x:v>
+        <x:v>[해피콘] 3만5천원</x:v>
       </x:c>
       <x:c r="E1045" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1045" s="4" t="str">
-        <x:v>31,900원</x:v>
+        <x:v>35,000원</x:v>
       </x:c>
       <x:c r="G1045" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>7%</x:v>
       </x:c>
       <x:c r="H1045" s="4" t="str">
-        <x:v>28,072원</x:v>
+        <x:v>32,550원</x:v>
       </x:c>
       <x:c r="I1045" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1046">
       <x:c r="A1046" s="3" t="str">
-        <x:v>파리바게뜨</x:v>
+        <x:v>해피콘</x:v>
       </x:c>
       <x:c r="B1046" s="3" t="str">
-        <x:v>G0000009617</x:v>
+        <x:v>G0000009711</x:v>
       </x:c>
       <x:c r="C1046" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1046" s="1" t="str">
-        <x:v>[파리바게뜨] No.1 우유식빵</x:v>
+        <x:v>[해피콘] 3만원</x:v>
       </x:c>
       <x:c r="E1046" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1046" s="4" t="str">
-        <x:v>3,500원</x:v>
+        <x:v>30,000원</x:v>
       </x:c>
       <x:c r="G1046" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>7%</x:v>
       </x:c>
       <x:c r="H1046" s="4" t="str">
-        <x:v>3,080원</x:v>
+        <x:v>27,900원</x:v>
       </x:c>
       <x:c r="I1046" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1047">
       <x:c r="A1047" s="3" t="str">
-        <x:v>파스쿠찌</x:v>
+        <x:v>해피콘</x:v>
       </x:c>
       <x:c r="B1047" s="3" t="str">
-        <x:v>G0000007695</x:v>
+        <x:v>G0000009712</x:v>
       </x:c>
       <x:c r="C1047" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1047" s="1" t="str">
-        <x:v>(파스쿠찌) (쇼트)레드벨벳케익</x:v>
+        <x:v>[해피콘] 3천원</x:v>
       </x:c>
       <x:c r="E1047" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1047" s="4" t="str">
-        <x:v>6,500원</x:v>
+        <x:v>3,000원</x:v>
       </x:c>
       <x:c r="G1047" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>7%</x:v>
       </x:c>
       <x:c r="H1047" s="4" t="str">
-        <x:v>5,720원</x:v>
+        <x:v>2,790원</x:v>
       </x:c>
       <x:c r="I1047" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1048">
       <x:c r="A1048" s="3" t="str">
-        <x:v>파스쿠찌</x:v>
+        <x:v>해피콘</x:v>
       </x:c>
       <x:c r="B1048" s="3" t="str">
-        <x:v>G0000007694</x:v>
+        <x:v>G0000009705</x:v>
       </x:c>
       <x:c r="C1048" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1048" s="1" t="str">
-        <x:v>(파스쿠찌) (쇼트)오색 치즈크림 케이크</x:v>
+        <x:v>[해피콘] 5만원</x:v>
       </x:c>
       <x:c r="E1048" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1048" s="4" t="str">
-        <x:v>6,300원</x:v>
+        <x:v>50,000원</x:v>
       </x:c>
       <x:c r="G1048" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>7%</x:v>
       </x:c>
       <x:c r="H1048" s="4" t="str">
-        <x:v>5,544원</x:v>
+        <x:v>46,500원</x:v>
       </x:c>
       <x:c r="I1048" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1049">
       <x:c r="A1049" s="3" t="str">
-        <x:v>파스쿠찌</x:v>
+        <x:v>해피콘</x:v>
       </x:c>
       <x:c r="B1049" s="3" t="str">
-        <x:v>G0000007693</x:v>
+        <x:v>G0000009710</x:v>
       </x:c>
       <x:c r="C1049" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1049" s="1" t="str">
-        <x:v>(파스쿠찌) (쇼트)화이트 생크림케이크</x:v>
+        <x:v>[해피콘] 5천원</x:v>
       </x:c>
       <x:c r="E1049" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1049" s="4" t="str">
-        <x:v>6,500원</x:v>
+        <x:v>5,000원</x:v>
       </x:c>
       <x:c r="G1049" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>7%</x:v>
       </x:c>
       <x:c r="H1049" s="4" t="str">
-        <x:v>5,720원</x:v>
+        <x:v>4,650원</x:v>
       </x:c>
       <x:c r="I1049" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1050">
       <x:c r="A1050" s="3" t="str">
-        <x:v>파스쿠찌</x:v>
+        <x:v>현대오일뱅크</x:v>
       </x:c>
       <x:c r="B1050" s="3" t="str">
-        <x:v>G0000007691</x:v>
+        <x:v>G0000008854</x:v>
       </x:c>
       <x:c r="C1050" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1050" s="1" t="str">
-        <x:v>(파스쿠찌) (홀)스트로베리 치즈케이크</x:v>
+        <x:v>[현대오일뱅크] 1,000원권</x:v>
       </x:c>
       <x:c r="E1050" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1050" s="4" t="str">
-        <x:v>33,000원</x:v>
+        <x:v>1,000원</x:v>
       </x:c>
       <x:c r="G1050" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H1050" s="4" t="str">
-        <x:v>29,040원</x:v>
+        <x:v>1,000원</x:v>
       </x:c>
       <x:c r="I1050" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1051">
       <x:c r="A1051" s="3" t="str">
-        <x:v>파스쿠찌</x:v>
+        <x:v>현대오일뱅크</x:v>
       </x:c>
       <x:c r="B1051" s="3" t="str">
-        <x:v>G0000007689</x:v>
+        <x:v>G0000008855</x:v>
       </x:c>
       <x:c r="C1051" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1051" s="1" t="str">
-        <x:v>(파스쿠찌) (홀)화이트 생크림케이크</x:v>
+        <x:v>[현대오일뱅크] 10,000원권</x:v>
       </x:c>
       <x:c r="E1051" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1051" s="4" t="str">
-        <x:v>34,000원</x:v>
+        <x:v>10,000원</x:v>
       </x:c>
       <x:c r="G1051" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H1051" s="4" t="str">
-        <x:v>29,920원</x:v>
+        <x:v>10,000원</x:v>
       </x:c>
       <x:c r="I1051" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1052">
       <x:c r="A1052" s="3" t="str">
-        <x:v>파스쿠찌</x:v>
+        <x:v>현대오일뱅크</x:v>
       </x:c>
       <x:c r="B1052" s="3" t="str">
-        <x:v>G0000006397</x:v>
+        <x:v>G0000008856</x:v>
       </x:c>
       <x:c r="C1052" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1052" s="1" t="str">
-        <x:v>(파스쿠찌) 밥은 먹고 다니냐 SET(파니니 불고기 에그+아이스 아메리카노(R))</x:v>
+        <x:v>[현대오일뱅크] 2,000원권</x:v>
       </x:c>
       <x:c r="E1052" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1052" s="4" t="str">
-        <x:v>11,800원</x:v>
+        <x:v>2,000원</x:v>
       </x:c>
       <x:c r="G1052" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H1052" s="4" t="str">
-        <x:v>10,384원</x:v>
+        <x:v>2,000원</x:v>
       </x:c>
       <x:c r="I1052" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1053">
       <x:c r="A1053" s="3" t="str">
-        <x:v>파스쿠찌</x:v>
+        <x:v>현대오일뱅크</x:v>
       </x:c>
       <x:c r="B1053" s="3" t="str">
-        <x:v>G0000006395</x:v>
+        <x:v>G0000008857</x:v>
       </x:c>
       <x:c r="C1053" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1053" s="1" t="str">
-        <x:v>(파스쿠찌) 블랙 먼데이 SET(아이스 아메리카노(R)+아메리카노(R))</x:v>
+        <x:v>[현대오일뱅크] 20,000원권</x:v>
       </x:c>
       <x:c r="E1053" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1053" s="4" t="str">
-        <x:v>9,000원</x:v>
+        <x:v>20,000원</x:v>
       </x:c>
       <x:c r="G1053" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H1053" s="4" t="str">
-        <x:v>7,920원</x:v>
+        <x:v>20,000원</x:v>
       </x:c>
       <x:c r="I1053" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1054">
       <x:c r="A1054" s="3" t="str">
-        <x:v>파스쿠찌</x:v>
+        <x:v>현대오일뱅크</x:v>
       </x:c>
       <x:c r="B1054" s="3" t="str">
-        <x:v>G0000006373</x:v>
+        <x:v>G0000008858</x:v>
       </x:c>
       <x:c r="C1054" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1054" s="1" t="str">
-        <x:v>(파스쿠찌) 흑당 펄 라떼(R)</x:v>
+        <x:v>[현대오일뱅크] 3,000원권</x:v>
       </x:c>
       <x:c r="E1054" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1054" s="4" t="str">
-        <x:v>5,500원</x:v>
+        <x:v>3,000원</x:v>
       </x:c>
       <x:c r="G1054" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H1054" s="4" t="str">
-        <x:v>4,840원</x:v>
+        <x:v>3,000원</x:v>
       </x:c>
       <x:c r="I1054" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1055">
       <x:c r="A1055" s="3" t="str">
-        <x:v>파스쿠찌</x:v>
+        <x:v>현대오일뱅크</x:v>
       </x:c>
       <x:c r="B1055" s="3" t="str">
-        <x:v>G0000006374</x:v>
+        <x:v>G0000008859</x:v>
       </x:c>
       <x:c r="C1055" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1055" s="1" t="str">
-        <x:v>(파스쿠찌) 흑당 펄 밀크티(R)</x:v>
+        <x:v>[현대오일뱅크] 30,000원권</x:v>
       </x:c>
       <x:c r="E1055" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1055" s="4" t="str">
-        <x:v>5,800원</x:v>
+        <x:v>30,000원</x:v>
       </x:c>
       <x:c r="G1055" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H1055" s="4" t="str">
-        <x:v>5,104원</x:v>
+        <x:v>30,000원</x:v>
       </x:c>
       <x:c r="I1055" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1056">
       <x:c r="A1056" s="3" t="str">
-        <x:v>파스쿠찌</x:v>
+        <x:v>현대오일뱅크</x:v>
       </x:c>
       <x:c r="B1056" s="3" t="str">
-        <x:v>G0000007688</x:v>
+        <x:v>G0000008860</x:v>
       </x:c>
       <x:c r="C1056" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1056" s="1" t="str">
-        <x:v>(파스쿠찌) NEW (쇼트)수플레 치즈 케이크</x:v>
+        <x:v>[현대오일뱅크] 5,000원권</x:v>
       </x:c>
       <x:c r="E1056" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1056" s="4" t="str">
-        <x:v>5,900원</x:v>
+        <x:v>5,000원</x:v>
       </x:c>
       <x:c r="G1056" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H1056" s="4" t="str">
-        <x:v>5,192원</x:v>
+        <x:v>5,000원</x:v>
       </x:c>
       <x:c r="I1056" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1057">
       <x:c r="A1057" s="3" t="str">
-        <x:v>파스쿠찌</x:v>
+        <x:v>현대오일뱅크</x:v>
       </x:c>
       <x:c r="B1057" s="3" t="str">
-        <x:v>G0000007687</x:v>
+        <x:v>G0000008861</x:v>
       </x:c>
       <x:c r="C1057" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1057" s="1" t="str">
-        <x:v>(파스쿠찌) NEW (홀)수플레 치즈 케이크</x:v>
+        <x:v>[현대오일뱅크] 50,000원권</x:v>
       </x:c>
       <x:c r="E1057" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1057" s="4" t="str">
-        <x:v>31,000원</x:v>
+        <x:v>50,000원</x:v>
       </x:c>
       <x:c r="G1057" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H1057" s="4" t="str">
-        <x:v>27,280원</x:v>
+        <x:v>50,000원</x:v>
       </x:c>
       <x:c r="I1057" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1058">
       <x:c r="A1058" s="3" t="str">
-        <x:v>파파존스</x:v>
+        <x:v>홈플러스</x:v>
       </x:c>
       <x:c r="B1058" s="3" t="str">
-        <x:v>G0000008722</x:v>
+        <x:v>G0000006770</x:v>
       </x:c>
       <x:c r="C1058" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1058" s="1" t="str">
-        <x:v>[파파존스] 골드링 아이리쉬 포테이토(L)+코카-콜라500ml</x:v>
+        <x:v>[홈플러스] 1,000원 상품권</x:v>
       </x:c>
       <x:c r="E1058" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1058" s="4" t="str">
-        <x:v>33,200원</x:v>
+        <x:v>1,000원</x:v>
       </x:c>
       <x:c r="G1058" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H1058" s="4" t="str">
-        <x:v>29,216원</x:v>
+        <x:v>1,000원</x:v>
       </x:c>
       <x:c r="I1058" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1059">
       <x:c r="A1059" s="3" t="str">
-        <x:v>파파존스</x:v>
+        <x:v>홈플러스</x:v>
       </x:c>
       <x:c r="B1059" s="3" t="str">
-        <x:v>G0000008716</x:v>
+        <x:v>G0000006782</x:v>
       </x:c>
       <x:c r="C1059" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1059" s="1" t="str">
-        <x:v>[파파존스] 골드링 페퍼로니(F)+코카-콜라1.25L</x:v>
+        <x:v>[홈플러스] 10만원 상품권</x:v>
       </x:c>
       <x:c r="E1059" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1059" s="4" t="str">
-        <x:v>38,200원</x:v>
+        <x:v>100,000원</x:v>
       </x:c>
       <x:c r="G1059" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H1059" s="4" t="str">
-        <x:v>33,616원</x:v>
+        <x:v>100,000원</x:v>
       </x:c>
       <x:c r="I1059" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1060">
       <x:c r="A1060" s="3" t="str">
-        <x:v>파파존스</x:v>
+        <x:v>홈플러스</x:v>
       </x:c>
       <x:c r="B1060" s="3" t="str">
-        <x:v>G0000008724</x:v>
+        <x:v>G0000006778</x:v>
       </x:c>
       <x:c r="C1060" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1060" s="1" t="str">
-        <x:v>[파파존스] 오리지널 수퍼 파파스(L)+코카-콜라500ml</x:v>
+        <x:v>[홈플러스] 1만원 상품권</x:v>
       </x:c>
       <x:c r="E1060" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1060" s="4" t="str">
-        <x:v>30,200원</x:v>
+        <x:v>10,000원</x:v>
       </x:c>
       <x:c r="G1060" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H1060" s="4" t="str">
-        <x:v>26,576원</x:v>
+        <x:v>10,000원</x:v>
       </x:c>
       <x:c r="I1060" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1061">
       <x:c r="A1061" s="3" t="str">
-        <x:v>파파존스</x:v>
+        <x:v>홈플러스</x:v>
       </x:c>
       <x:c r="B1061" s="3" t="str">
-        <x:v>G0000008721</x:v>
+        <x:v>G0000006771</x:v>
       </x:c>
       <x:c r="C1061" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1061" s="1" t="str">
-        <x:v>[파파존스] 오리지널 수퍼 파파스(R)+코카-콜라500ml</x:v>
+        <x:v>[홈플러스] 2,000원 상품권</x:v>
       </x:c>
       <x:c r="E1061" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1061" s="4" t="str">
-        <x:v>21,600원</x:v>
+        <x:v>2,000원</x:v>
       </x:c>
       <x:c r="G1061" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H1061" s="4" t="str">
-        <x:v>19,008원</x:v>
+        <x:v>2,000원</x:v>
       </x:c>
       <x:c r="I1061" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1062">
       <x:c r="A1062" s="3" t="str">
-        <x:v>파파존스</x:v>
+        <x:v>홈플러스</x:v>
       </x:c>
       <x:c r="B1062" s="3" t="str">
-        <x:v>G0000008714</x:v>
+        <x:v>G0000006779</x:v>
       </x:c>
       <x:c r="C1062" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1062" s="1" t="str">
-        <x:v>[파파존스] 오리지널 수퍼 파파스(R)+파파스 윙+코카-콜라500ml</x:v>
+        <x:v>[홈플러스] 2만원 상품권</x:v>
       </x:c>
       <x:c r="E1062" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1062" s="4" t="str">
-        <x:v>31,500원</x:v>
+        <x:v>20,000원</x:v>
       </x:c>
       <x:c r="G1062" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H1062" s="4" t="str">
-        <x:v>27,720원</x:v>
+        <x:v>20,000원</x:v>
       </x:c>
       <x:c r="I1062" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1063">
       <x:c r="A1063" s="3" t="str">
-        <x:v>파파존스</x:v>
+        <x:v>홈플러스</x:v>
       </x:c>
       <x:c r="B1063" s="3" t="str">
-        <x:v>G0000008719</x:v>
+        <x:v>G0000006772</x:v>
       </x:c>
       <x:c r="C1063" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1063" s="1" t="str">
-        <x:v>[파파존스] 오리지널 페퍼로니(F)+코카-콜라1.25L</x:v>
+        <x:v>[홈플러스] 3,000원 상품권</x:v>
       </x:c>
       <x:c r="E1063" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1063" s="4" t="str">
-        <x:v>33,200원</x:v>
+        <x:v>3,000원</x:v>
       </x:c>
       <x:c r="G1063" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H1063" s="4" t="str">
-        <x:v>29,216원</x:v>
+        <x:v>3,000원</x:v>
       </x:c>
       <x:c r="I1063" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1064">
       <x:c r="A1064" s="3" t="str">
-        <x:v>파파존스</x:v>
+        <x:v>홈플러스</x:v>
       </x:c>
       <x:c r="B1064" s="3" t="str">
-        <x:v>G0000008718</x:v>
+        <x:v>G0000006780</x:v>
       </x:c>
       <x:c r="C1064" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1064" s="1" t="str">
-        <x:v>[파파존스] 오리지널 페퍼로니(L)+코카-콜라500ml</x:v>
+        <x:v>[홈플러스] 3만원 상품권</x:v>
       </x:c>
       <x:c r="E1064" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1064" s="4" t="str">
-        <x:v>27,200원</x:v>
+        <x:v>30,000원</x:v>
       </x:c>
       <x:c r="G1064" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H1064" s="4" t="str">
-        <x:v>23,936원</x:v>
+        <x:v>30,000원</x:v>
       </x:c>
       <x:c r="I1064" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1065">
       <x:c r="A1065" s="3" t="str">
-        <x:v>파파존스</x:v>
+        <x:v>홈플러스</x:v>
       </x:c>
       <x:c r="B1065" s="3" t="str">
-        <x:v>G0000008723</x:v>
+        <x:v>G0000006773</x:v>
       </x:c>
       <x:c r="C1065" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1065" s="1" t="str">
-        <x:v>[파파존스] 치즈롤 수퍼 파파스(L)+코카-콜라500ml</x:v>
+        <x:v>[홈플러스] 4,000원 상품권</x:v>
       </x:c>
       <x:c r="E1065" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1065" s="4" t="str">
-        <x:v>34,200원</x:v>
+        <x:v>4,000원</x:v>
       </x:c>
       <x:c r="G1065" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H1065" s="4" t="str">
-        <x:v>30,096원</x:v>
+        <x:v>4,000원</x:v>
       </x:c>
       <x:c r="I1065" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1066">
       <x:c r="A1066" s="3" t="str">
-        <x:v>파파존스</x:v>
+        <x:v>홈플러스</x:v>
       </x:c>
       <x:c r="B1066" s="3" t="str">
-        <x:v>G0000008715</x:v>
+        <x:v>G0000006774</x:v>
       </x:c>
       <x:c r="C1066" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1066" s="1" t="str">
-        <x:v>[파파존스] 치즈롤 아이리쉬 포테이토(L)+코카-콜라500ml</x:v>
+        <x:v>[홈플러스] 5,000원 상품권</x:v>
       </x:c>
       <x:c r="E1066" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1066" s="4" t="str">
-        <x:v>33,200원</x:v>
+        <x:v>5,000원</x:v>
       </x:c>
       <x:c r="G1066" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H1066" s="4" t="str">
-        <x:v>29,216원</x:v>
+        <x:v>5,000원</x:v>
       </x:c>
       <x:c r="I1066" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1067">
       <x:c r="A1067" s="3" t="str">
-        <x:v>파파존스</x:v>
+        <x:v>홈플러스</x:v>
       </x:c>
       <x:c r="B1067" s="3" t="str">
-        <x:v>G0000008713</x:v>
+        <x:v>G0000006781</x:v>
       </x:c>
       <x:c r="C1067" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1067" s="1" t="str">
-        <x:v>[파파존스] 치즈롤 페퍼로니(F)+코카-콜라1.25L</x:v>
+        <x:v>[홈플러스] 5만원 상품권</x:v>
       </x:c>
       <x:c r="E1067" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1067" s="4" t="str">
-        <x:v>38,200원</x:v>
+        <x:v>50,000원</x:v>
       </x:c>
       <x:c r="G1067" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H1067" s="4" t="str">
-        <x:v>33,616원</x:v>
+        <x:v>50,000원</x:v>
       </x:c>
       <x:c r="I1067" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1068">
       <x:c r="A1068" s="3" t="str">
-        <x:v>파파존스</x:v>
+        <x:v>홈플러스</x:v>
       </x:c>
       <x:c r="B1068" s="3" t="str">
-        <x:v>G0000008720</x:v>
+        <x:v>G0000006775</x:v>
       </x:c>
       <x:c r="C1068" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1068" s="1" t="str">
-        <x:v>[파파존스] 치즈롤 페퍼로니(L)+코카-콜라1.25L</x:v>
+        <x:v>[홈플러스] 7,000원 상품권</x:v>
       </x:c>
       <x:c r="E1068" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1068" s="4" t="str">
-        <x:v>31,800원</x:v>
+        <x:v>7,000원</x:v>
       </x:c>
       <x:c r="G1068" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H1068" s="4" t="str">
-        <x:v>27,984원</x:v>
+        <x:v>7,000원</x:v>
       </x:c>
       <x:c r="I1068" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1069">
       <x:c r="A1069" s="3" t="str">
-        <x:v>파파존스</x:v>
+        <x:v>홈플러스</x:v>
       </x:c>
       <x:c r="B1069" s="3" t="str">
-        <x:v>G0000008717</x:v>
+        <x:v>G0000006776</x:v>
       </x:c>
       <x:c r="C1069" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1069" s="1" t="str">
-        <x:v>[파파존스] 치즈롤 페퍼로니(L)+코카-콜라500ml</x:v>
+        <x:v>[홈플러스] 8,000원 상품권</x:v>
       </x:c>
       <x:c r="E1069" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1069" s="4" t="str">
-        <x:v>31,200원</x:v>
+        <x:v>8,000원</x:v>
       </x:c>
       <x:c r="G1069" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H1069" s="4" t="str">
-        <x:v>27,456원</x:v>
+        <x:v>8,000원</x:v>
       </x:c>
       <x:c r="I1069" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1070">
       <x:c r="A1070" s="3" t="str">
-        <x:v>푸라닭</x:v>
+        <x:v>홈플러스</x:v>
       </x:c>
       <x:c r="B1070" s="3" t="str">
-        <x:v>G0000009552</x:v>
+        <x:v>G0000006777</x:v>
       </x:c>
       <x:c r="C1070" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1070" s="1" t="str">
-        <x:v>[푸라닭] 2만원권</x:v>
+        <x:v>[홈플러스] 9,000원 상품권</x:v>
       </x:c>
       <x:c r="E1070" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1070" s="4" t="str">
-        <x:v>20,000원</x:v>
+        <x:v>9,000원</x:v>
       </x:c>
       <x:c r="G1070" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H1070" s="4" t="str">
-        <x:v>18,000원</x:v>
+        <x:v>9,000원</x:v>
       </x:c>
       <x:c r="I1070" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1071">
       <x:c r="A1071" s="3" t="str">
-        <x:v>푸라닭</x:v>
+        <x:v>AK백화점</x:v>
       </x:c>
       <x:c r="B1071" s="3" t="str">
-        <x:v>G0000009553</x:v>
+        <x:v>G0000008761</x:v>
       </x:c>
       <x:c r="C1071" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1071" s="1" t="str">
-        <x:v>[푸라닭] 3만원권</x:v>
+        <x:v>[AK백화점] 10만원상품권</x:v>
       </x:c>
       <x:c r="E1071" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1071" s="4" t="str">
-        <x:v>30,000원</x:v>
+        <x:v>100,000원</x:v>
       </x:c>
       <x:c r="G1071" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H1071" s="4" t="str">
-        <x:v>27,000원</x:v>
+        <x:v>98,000원</x:v>
       </x:c>
       <x:c r="I1071" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1072">
       <x:c r="A1072" s="3" t="str">
-        <x:v>푸라닭</x:v>
+        <x:v>AK백화점</x:v>
       </x:c>
       <x:c r="B1072" s="3" t="str">
-        <x:v>G0000009554</x:v>
+        <x:v>G0000008762</x:v>
       </x:c>
       <x:c r="C1072" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1072" s="1" t="str">
-        <x:v>[푸라닭] 5만원권</x:v>
+        <x:v>[AK백화점] 1만원상품권</x:v>
       </x:c>
       <x:c r="E1072" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1072" s="4" t="str">
-        <x:v>50,000원</x:v>
+        <x:v>10,000원</x:v>
       </x:c>
       <x:c r="G1072" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H1072" s="4" t="str">
-        <x:v>45,000원</x:v>
+        <x:v>9,800원</x:v>
       </x:c>
       <x:c r="I1072" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1073">
       <x:c r="A1073" s="3" t="str">
-        <x:v>푸라닭</x:v>
+        <x:v>AK백화점</x:v>
       </x:c>
       <x:c r="B1073" s="3" t="str">
-        <x:v>G0000009519</x:v>
+        <x:v>G0000008763</x:v>
       </x:c>
       <x:c r="C1073" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1073" s="1" t="str">
-        <x:v>[푸라닭] 고추마요 치킨+블랙치즈볼(5구)+코카-콜라제로 1.25L</x:v>
+        <x:v>[AK백화점] 5만원상품권</x:v>
       </x:c>
       <x:c r="E1073" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1073" s="4" t="str">
-        <x:v>29,300원</x:v>
+        <x:v>50,000원</x:v>
       </x:c>
       <x:c r="G1073" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H1073" s="4" t="str">
-        <x:v>26,370원</x:v>
+        <x:v>49,000원</x:v>
       </x:c>
       <x:c r="I1073" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1074">
       <x:c r="A1074" s="3" t="str">
-        <x:v>푸라닭</x:v>
+        <x:v>AK백화점</x:v>
       </x:c>
       <x:c r="B1074" s="3" t="str">
-        <x:v>G0000009520</x:v>
+        <x:v>G0000008764</x:v>
       </x:c>
       <x:c r="C1074" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1074" s="1" t="str">
-        <x:v>[푸라닭] 고추마요 치킨+블랙치즈볼(5구)+콜라 1.25L</x:v>
+        <x:v>[AK백화점] 5천원상품권</x:v>
       </x:c>
       <x:c r="E1074" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1074" s="4" t="str">
-        <x:v>29,300원</x:v>
+        <x:v>5,000원</x:v>
       </x:c>
       <x:c r="G1074" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H1074" s="4" t="str">
-        <x:v>26,370원</x:v>
+        <x:v>4,900원</x:v>
       </x:c>
       <x:c r="I1074" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1075">
       <x:c r="A1075" s="3" t="str">
-        <x:v>푸라닭</x:v>
+        <x:v>BBQ</x:v>
       </x:c>
       <x:c r="B1075" s="3" t="str">
-        <x:v>G0000009521</x:v>
+        <x:v>G0000009927</x:v>
       </x:c>
       <x:c r="C1075" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1075" s="1" t="str">
-        <x:v>[푸라닭] 고추마요 치킨+코카-콜라제로 1.25L</x:v>
+        <x:v>[BBQ] 땡초숯불양념치킨+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1075" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1075" s="4" t="str">
-        <x:v>24,400원</x:v>
+        <x:v>27,500원</x:v>
       </x:c>
       <x:c r="G1075" s="3" t="str">
         <x:v>10%</x:v>
       </x:c>
       <x:c r="H1075" s="4" t="str">
-        <x:v>21,960원</x:v>
+        <x:v>24,750원</x:v>
       </x:c>
       <x:c r="I1075" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1076">
       <x:c r="A1076" s="3" t="str">
-        <x:v>푸라닭</x:v>
+        <x:v>BBQ</x:v>
       </x:c>
       <x:c r="B1076" s="3" t="str">
-        <x:v>G0000009522</x:v>
+        <x:v>G0000009926</x:v>
       </x:c>
       <x:c r="C1076" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1076" s="1" t="str">
-        <x:v>[푸라닭] 고추마요 치킨+콜라 1.25L</x:v>
+        <x:v>[BBQ] 맵소디+떡볶이+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1076" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1076" s="4" t="str">
-        <x:v>24,400원</x:v>
+        <x:v>34,000원</x:v>
       </x:c>
       <x:c r="G1076" s="3" t="str">
         <x:v>10%</x:v>
       </x:c>
       <x:c r="H1076" s="4" t="str">
-        <x:v>21,960원</x:v>
+        <x:v>30,600원</x:v>
       </x:c>
       <x:c r="I1076" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1077">
       <x:c r="A1077" s="3" t="str">
-        <x:v>푸라닭</x:v>
+        <x:v>BBQ</x:v>
       </x:c>
       <x:c r="B1077" s="3" t="str">
-        <x:v>G0000009523</x:v>
+        <x:v>G0000009925</x:v>
       </x:c>
       <x:c r="C1077" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1077" s="1" t="str">
-        <x:v>[푸라닭] 나폴리 투움바</x:v>
+        <x:v>[BBQ] 맵소디+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1077" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1077" s="4" t="str">
-        <x:v>23,900원</x:v>
+        <x:v>27,000원</x:v>
       </x:c>
       <x:c r="G1077" s="3" t="str">
         <x:v>10%</x:v>
       </x:c>
       <x:c r="H1077" s="4" t="str">
-        <x:v>21,510원</x:v>
+        <x:v>24,300원</x:v>
       </x:c>
       <x:c r="I1077" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1078">
       <x:c r="A1078" s="3" t="str">
-        <x:v>푸라닭</x:v>
+        <x:v>BBQ</x:v>
       </x:c>
       <x:c r="B1078" s="3" t="str">
-        <x:v>G0000009524</x:v>
+        <x:v>G0000009924</x:v>
       </x:c>
       <x:c r="C1078" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1078" s="1" t="str">
-        <x:v>[푸라닭] 나폴리 투움바 윙콤보+콜라 1.25L</x:v>
+        <x:v>[BBQ] 자메이카통다리+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1078" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1078" s="4" t="str">
-        <x:v>29,400원</x:v>
+        <x:v>26,500원</x:v>
       </x:c>
       <x:c r="G1078" s="3" t="str">
         <x:v>10%</x:v>
       </x:c>
       <x:c r="H1078" s="4" t="str">
-        <x:v>26,460원</x:v>
+        <x:v>23,850원</x:v>
       </x:c>
       <x:c r="I1078" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1079">
       <x:c r="A1079" s="3" t="str">
-        <x:v>푸라닭</x:v>
+        <x:v>BBQ</x:v>
       </x:c>
       <x:c r="B1079" s="3" t="str">
-        <x:v>G0000009525</x:v>
+        <x:v>G0000009923</x:v>
       </x:c>
       <x:c r="C1079" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1079" s="1" t="str">
-        <x:v>[푸라닭] 나폴리 투움바+블랙치즈볼(5구)+콜라 1.25L</x:v>
+        <x:v>[BBQ] 황금올리브 핫윙+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1079" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1079" s="4" t="str">
-        <x:v>31,300원</x:v>
+        <x:v>25,500원</x:v>
       </x:c>
       <x:c r="G1079" s="3" t="str">
         <x:v>10%</x:v>
       </x:c>
       <x:c r="H1079" s="4" t="str">
-        <x:v>28,170원</x:v>
+        <x:v>22,950원</x:v>
       </x:c>
       <x:c r="I1079" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1080">
       <x:c r="A1080" s="3" t="str">
-        <x:v>푸라닭</x:v>
+        <x:v>BBQ</x:v>
       </x:c>
       <x:c r="B1080" s="3" t="str">
-        <x:v>G0000009526</x:v>
+        <x:v>G0000009922</x:v>
       </x:c>
       <x:c r="C1080" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1080" s="1" t="str">
-        <x:v>[푸라닭] 나폴리 투움바+콜라 1.25L</x:v>
+        <x:v>[BBQ] 황금올리브 핫크리스피+떡볶이+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1080" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1080" s="4" t="str">
-        <x:v>26,400원</x:v>
+        <x:v>33,500원</x:v>
       </x:c>
       <x:c r="G1080" s="3" t="str">
         <x:v>10%</x:v>
       </x:c>
       <x:c r="H1080" s="4" t="str">
-        <x:v>23,760원</x:v>
+        <x:v>30,150원</x:v>
       </x:c>
       <x:c r="I1080" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1081">
       <x:c r="A1081" s="3" t="str">
-        <x:v>푸라닭</x:v>
+        <x:v>BBQ</x:v>
       </x:c>
       <x:c r="B1081" s="3" t="str">
-        <x:v>G0000009527</x:v>
+        <x:v>G0000009921</x:v>
       </x:c>
       <x:c r="C1081" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1081" s="1" t="str">
-        <x:v>[푸라닭] 마불로 악마+블랙치즈볼(5구)+콜라 1.25L</x:v>
+        <x:v>[BBQ] 황금올리브 핫크리스피+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1081" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1081" s="4" t="str">
-        <x:v>30,300원</x:v>
+        <x:v>26,500원</x:v>
       </x:c>
       <x:c r="G1081" s="3" t="str">
         <x:v>10%</x:v>
       </x:c>
       <x:c r="H1081" s="4" t="str">
-        <x:v>27,270원</x:v>
+        <x:v>23,850원</x:v>
       </x:c>
       <x:c r="I1081" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1082">
       <x:c r="A1082" s="3" t="str">
-        <x:v>푸라닭</x:v>
+        <x:v>BBQ</x:v>
       </x:c>
       <x:c r="B1082" s="3" t="str">
-        <x:v>G0000009528</x:v>
+        <x:v>G0000009920</x:v>
       </x:c>
       <x:c r="C1082" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1082" s="1" t="str">
-        <x:v>[푸라닭] 마불로 악마+콜라 1.25L</x:v>
+        <x:v>[BBQ] 황금올리브(닭다리)+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1082" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1082" s="4" t="str">
-        <x:v>25,400원</x:v>
+        <x:v>28,500원</x:v>
       </x:c>
       <x:c r="G1082" s="3" t="str">
         <x:v>10%</x:v>
       </x:c>
       <x:c r="H1082" s="4" t="str">
-        <x:v>22,860원</x:v>
+        <x:v>25,650원</x:v>
       </x:c>
       <x:c r="I1082" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1083">
       <x:c r="A1083" s="3" t="str">
-        <x:v>푸라닭</x:v>
+        <x:v>BBQ</x:v>
       </x:c>
       <x:c r="B1083" s="3" t="str">
-        <x:v>G0000009529</x:v>
+        <x:v>G0000009919</x:v>
       </x:c>
       <x:c r="C1083" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1083" s="1" t="str">
-        <x:v>[푸라닭] 블랙마불로+블랙치즈볼(5구)+콜라 1.25L</x:v>
+        <x:v>[BBQ] 황금올리브(콤보)+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1083" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1083" s="4" t="str">
-        <x:v>32,300원</x:v>
+        <x:v>29,500원</x:v>
       </x:c>
       <x:c r="G1083" s="3" t="str">
         <x:v>10%</x:v>
       </x:c>
       <x:c r="H1083" s="4" t="str">
-        <x:v>29,070원</x:v>
+        <x:v>26,550원</x:v>
       </x:c>
       <x:c r="I1083" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1084">
       <x:c r="A1084" s="3" t="str">
-        <x:v>푸라닭</x:v>
+        <x:v>BBQ</x:v>
       </x:c>
       <x:c r="B1084" s="3" t="str">
-        <x:v>G0000009530</x:v>
+        <x:v>G0000009918</x:v>
       </x:c>
       <x:c r="C1084" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1084" s="1" t="str">
-        <x:v>[푸라닭] 블랙마불로+콜라 1.25L</x:v>
+        <x:v>[BBQ] 황금올리브치킨 양념+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1084" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1084" s="4" t="str">
-        <x:v>27,400원</x:v>
+        <x:v>27,000원</x:v>
       </x:c>
       <x:c r="G1084" s="3" t="str">
         <x:v>10%</x:v>
       </x:c>
       <x:c r="H1084" s="4" t="str">
-        <x:v>24,660원</x:v>
+        <x:v>24,300원</x:v>
       </x:c>
       <x:c r="I1084" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1085">
       <x:c r="A1085" s="3" t="str">
-        <x:v>푸라닭</x:v>
+        <x:v>BBQ</x:v>
       </x:c>
       <x:c r="B1085" s="3" t="str">
-        <x:v>G0000009531</x:v>
+        <x:v>G0000009917</x:v>
       </x:c>
       <x:c r="C1085" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1085" s="1" t="str">
-        <x:v>[푸라닭] 블랙알리오+블랙치즈볼(5구)+코카-콜라제로 1.25L</x:v>
+        <x:v>[BBQ] 황금올리브치킨(순살)+떡볶이+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1085" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1085" s="4" t="str">
-        <x:v>29,300원</x:v>
+        <x:v>34,500원</x:v>
       </x:c>
       <x:c r="G1085" s="3" t="str">
         <x:v>10%</x:v>
       </x:c>
       <x:c r="H1085" s="4" t="str">
-        <x:v>26,370원</x:v>
+        <x:v>31,050원</x:v>
       </x:c>
       <x:c r="I1085" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1086">
       <x:c r="A1086" s="3" t="str">
-        <x:v>푸라닭</x:v>
+        <x:v>BBQ</x:v>
       </x:c>
       <x:c r="B1086" s="3" t="str">
-        <x:v>G0000009532</x:v>
+        <x:v>G0000009916</x:v>
       </x:c>
       <x:c r="C1086" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1086" s="1" t="str">
-        <x:v>[푸라닭] 블랙알리오+블랙치즈볼(5구)+콜라 1.25L</x:v>
+        <x:v>[BBQ] 황금올리브치킨(순살)+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1086" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1086" s="4" t="str">
-        <x:v>29,300원</x:v>
+        <x:v>27,500원</x:v>
       </x:c>
       <x:c r="G1086" s="3" t="str">
         <x:v>10%</x:v>
       </x:c>
       <x:c r="H1086" s="4" t="str">
-        <x:v>26,370원</x:v>
+        <x:v>24,750원</x:v>
       </x:c>
       <x:c r="I1086" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1087">
       <x:c r="A1087" s="3" t="str">
-        <x:v>푸라닭</x:v>
+        <x:v>BBQ</x:v>
       </x:c>
       <x:c r="B1087" s="3" t="str">
-        <x:v>G0000009533</x:v>
+        <x:v>G0000009915</x:v>
       </x:c>
       <x:c r="C1087" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1087" s="1" t="str">
-        <x:v>[푸라닭] 블랙알리오+코카-콜라제로 1.25L</x:v>
+        <x:v>[BBQ] 황금올리브치킨(콤보)+BBQ 양념치킨+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1087" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1087" s="4" t="str">
-        <x:v>24,400원</x:v>
+        <x:v>54,000원</x:v>
       </x:c>
       <x:c r="G1087" s="3" t="str">
         <x:v>10%</x:v>
       </x:c>
       <x:c r="H1087" s="4" t="str">
-        <x:v>21,960원</x:v>
+        <x:v>48,600원</x:v>
       </x:c>
       <x:c r="I1087" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1088">
       <x:c r="A1088" s="3" t="str">
-        <x:v>푸라닭</x:v>
+        <x:v>BBQ</x:v>
       </x:c>
       <x:c r="B1088" s="3" t="str">
-        <x:v>G0000009534</x:v>
+        <x:v>G0000009912</x:v>
       </x:c>
       <x:c r="C1088" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1088" s="1" t="str">
-        <x:v>[푸라닭] 블랙알리오+콜라 1.25L</x:v>
+        <x:v>[BBQ] 황금올리브치킨+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1088" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1088" s="4" t="str">
-        <x:v>24,400원</x:v>
+        <x:v>25,500원</x:v>
       </x:c>
       <x:c r="G1088" s="3" t="str">
         <x:v>10%</x:v>
       </x:c>
       <x:c r="H1088" s="4" t="str">
-        <x:v>21,960원</x:v>
+        <x:v>22,950원</x:v>
       </x:c>
       <x:c r="I1088" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1089">
       <x:c r="A1089" s="3" t="str">
-        <x:v>푸라닭</x:v>
+        <x:v>BBQ</x:v>
       </x:c>
       <x:c r="B1089" s="3" t="str">
-        <x:v>G0000009535</x:v>
+        <x:v>G0000009911</x:v>
       </x:c>
       <x:c r="C1089" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1089" s="1" t="str">
-        <x:v>[푸라닭] 블랙투움바 윙콤보+콜라 1.25L</x:v>
+        <x:v>[BBQ] 황금올리브치킨+황금알치즈볼+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1089" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1089" s="4" t="str">
-        <x:v>30,400원</x:v>
+        <x:v>30,500원</x:v>
       </x:c>
       <x:c r="G1089" s="3" t="str">
         <x:v>10%</x:v>
       </x:c>
       <x:c r="H1089" s="4" t="str">
-        <x:v>27,360원</x:v>
+        <x:v>27,450원</x:v>
       </x:c>
       <x:c r="I1089" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1090">
       <x:c r="A1090" s="3" t="str">
-        <x:v>푸라닭</x:v>
+        <x:v>BBQ</x:v>
       </x:c>
       <x:c r="B1090" s="3" t="str">
-        <x:v>G0000009536</x:v>
+        <x:v>G0000009914</x:v>
       </x:c>
       <x:c r="C1090" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1090" s="1" t="str">
-        <x:v>[푸라닭] 블랙투움바+콜라 1.25L</x:v>
+        <x:v>[BBQ] 황금올리브치킨+BBQ 양념치킨+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1090" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1090" s="4" t="str">
-        <x:v>28,400원</x:v>
+        <x:v>50,000원</x:v>
       </x:c>
       <x:c r="G1090" s="3" t="str">
         <x:v>10%</x:v>
       </x:c>
       <x:c r="H1090" s="4" t="str">
-        <x:v>25,560원</x:v>
+        <x:v>45,000원</x:v>
       </x:c>
       <x:c r="I1090" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1091">
       <x:c r="A1091" s="3" t="str">
-        <x:v>푸라닭</x:v>
+        <x:v>BBQ</x:v>
       </x:c>
       <x:c r="B1091" s="3" t="str">
-        <x:v>G0000009537</x:v>
+        <x:v>G0000009913</x:v>
       </x:c>
       <x:c r="C1091" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1091" s="1" t="str">
-        <x:v>[푸라닭] 씬 후라이드 윙콤보+블랙치즈볼(5구)+콜라 1.25L</x:v>
+        <x:v>[BBQ] 황금올리브치킨+BBQ감자튀김+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1091" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1091" s="4" t="str">
-        <x:v>30,300원</x:v>
+        <x:v>29,500원</x:v>
       </x:c>
       <x:c r="G1091" s="3" t="str">
         <x:v>10%</x:v>
       </x:c>
       <x:c r="H1091" s="4" t="str">
-        <x:v>27,270원</x:v>
+        <x:v>26,550원</x:v>
       </x:c>
       <x:c r="I1091" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1092">
       <x:c r="A1092" s="3" t="str">
-        <x:v>푸라닭</x:v>
+        <x:v>BBQ</x:v>
       </x:c>
       <x:c r="B1092" s="3" t="str">
-        <x:v>G0000009538</x:v>
+        <x:v>G0000009910</x:v>
       </x:c>
       <x:c r="C1092" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1092" s="1" t="str">
-        <x:v>[푸라닭] 씬 후라이드+블랙치즈볼(5구)+콜라 1.25L</x:v>
+        <x:v>[BBQ] 황올반+BBQ양념반(닭다리)+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1092" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1092" s="4" t="str">
-        <x:v>27,300원</x:v>
+        <x:v>29,500원</x:v>
       </x:c>
       <x:c r="G1092" s="3" t="str">
         <x:v>10%</x:v>
       </x:c>
       <x:c r="H1092" s="4" t="str">
-        <x:v>24,570원</x:v>
+        <x:v>26,550원</x:v>
       </x:c>
       <x:c r="I1092" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1093">
       <x:c r="A1093" s="3" t="str">
-        <x:v>푸라닭</x:v>
+        <x:v>BBQ</x:v>
       </x:c>
       <x:c r="B1093" s="3" t="str">
-        <x:v>G0000009539</x:v>
+        <x:v>G0000009909</x:v>
       </x:c>
       <x:c r="C1093" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1093" s="1" t="str">
-        <x:v>[푸라닭] 씬 후라이드+콜라 1.25L</x:v>
+        <x:v>[BBQ] 황올반+BBQ양념반(순살)+떡볶이+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1093" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1093" s="4" t="str">
-        <x:v>22,400원</x:v>
+        <x:v>35,500원</x:v>
       </x:c>
       <x:c r="G1093" s="3" t="str">
         <x:v>10%</x:v>
       </x:c>
       <x:c r="H1093" s="4" t="str">
-        <x:v>20,160원</x:v>
+        <x:v>31,950원</x:v>
       </x:c>
       <x:c r="I1093" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1094">
       <x:c r="A1094" s="3" t="str">
-        <x:v>푸라닭</x:v>
+        <x:v>BBQ</x:v>
       </x:c>
       <x:c r="B1094" s="3" t="str">
-        <x:v>G0000009540</x:v>
+        <x:v>G0000009908</x:v>
       </x:c>
       <x:c r="C1094" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1094" s="1" t="str">
-        <x:v>[푸라닭] 일품깐풍</x:v>
+        <x:v>[BBQ] 황올반+BBQ양념반(순살)+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1094" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1094" s="4" t="str">
-        <x:v>22,900원</x:v>
+        <x:v>28,500원</x:v>
       </x:c>
       <x:c r="G1094" s="3" t="str">
         <x:v>10%</x:v>
       </x:c>
       <x:c r="H1094" s="4" t="str">
-        <x:v>20,610원</x:v>
+        <x:v>25,650원</x:v>
       </x:c>
       <x:c r="I1094" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1095">
       <x:c r="A1095" s="3" t="str">
-        <x:v>푸라닭</x:v>
+        <x:v>BBQ</x:v>
       </x:c>
       <x:c r="B1095" s="3" t="str">
-        <x:v>G0000009541</x:v>
+        <x:v>G0000009907</x:v>
       </x:c>
       <x:c r="C1095" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1095" s="1" t="str">
-        <x:v>[푸라닭] 일품깐풍 윙콤보</x:v>
+        <x:v>[BBQ] 황올반+BBQ양념반(콤보)+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1095" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1095" s="4" t="str">
-        <x:v>25,900원</x:v>
+        <x:v>30,500원</x:v>
       </x:c>
       <x:c r="G1095" s="3" t="str">
         <x:v>10%</x:v>
       </x:c>
       <x:c r="H1095" s="4" t="str">
-        <x:v>23,310원</x:v>
+        <x:v>27,450원</x:v>
       </x:c>
       <x:c r="I1095" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1096">
       <x:c r="A1096" s="3" t="str">
-        <x:v>푸라닭</x:v>
+        <x:v>BBQ</x:v>
       </x:c>
       <x:c r="B1096" s="3" t="str">
-        <x:v>G0000009542</x:v>
+        <x:v>G0000009906</x:v>
       </x:c>
       <x:c r="C1096" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1096" s="1" t="str">
-        <x:v>[푸라닭] 일품깐풍 윙콤보+블랙치즈볼(5구)+콜라 1.25L</x:v>
+        <x:v>[BBQ] 황올반+BBQ양념반+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1096" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1096" s="4" t="str">
-        <x:v>33,300원</x:v>
+        <x:v>26,500원</x:v>
       </x:c>
       <x:c r="G1096" s="3" t="str">
         <x:v>10%</x:v>
       </x:c>
       <x:c r="H1096" s="4" t="str">
-        <x:v>29,970원</x:v>
+        <x:v>23,850원</x:v>
       </x:c>
       <x:c r="I1096" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1097">
       <x:c r="A1097" s="3" t="str">
-        <x:v>푸라닭</x:v>
+        <x:v>BBQ</x:v>
       </x:c>
       <x:c r="B1097" s="3" t="str">
-        <x:v>G0000009543</x:v>
+        <x:v>G0000009905</x:v>
       </x:c>
       <x:c r="C1097" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1097" s="1" t="str">
-        <x:v>[푸라닭] 일품깐풍 윙콤보+콜라 1.25L</x:v>
+        <x:v>[BBQ] 황올반+BBQ양념반+크림치즈볼+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1097" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1097" s="4" t="str">
-        <x:v>28,400원</x:v>
+        <x:v>31,500원</x:v>
       </x:c>
       <x:c r="G1097" s="3" t="str">
         <x:v>10%</x:v>
       </x:c>
       <x:c r="H1097" s="4" t="str">
-        <x:v>25,560원</x:v>
+        <x:v>28,350원</x:v>
       </x:c>
       <x:c r="I1097" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1098">
       <x:c r="A1098" s="3" t="str">
-        <x:v>푸라닭</x:v>
+        <x:v>BBQ</x:v>
       </x:c>
       <x:c r="B1098" s="3" t="str">
-        <x:v>G0000009544</x:v>
+        <x:v>G0000009904</x:v>
       </x:c>
       <x:c r="C1098" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1098" s="1" t="str">
-        <x:v>[푸라닭] 일품깐풍+블랙치즈볼(5구)+콜라 1.25L</x:v>
+        <x:v>[BBQ] 황올반+BBQ양념반+황금알치즈볼+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1098" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1098" s="4" t="str">
-        <x:v>30,300원</x:v>
+        <x:v>31,500원</x:v>
       </x:c>
       <x:c r="G1098" s="3" t="str">
         <x:v>10%</x:v>
       </x:c>
       <x:c r="H1098" s="4" t="str">
-        <x:v>27,270원</x:v>
+        <x:v>28,350원</x:v>
       </x:c>
       <x:c r="I1098" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1099">
       <x:c r="A1099" s="3" t="str">
-        <x:v>푸라닭</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1099" s="3" t="str">
-        <x:v>G0000009545</x:v>
+        <x:v>G0000007775</x:v>
       </x:c>
       <x:c r="C1099" s="3" t="str">
-        <x:v>일반상품</x:v>
+        <x:v>특가상품</x:v>
       </x:c>
       <x:c r="D1099" s="1" t="str">
-        <x:v>[푸라닭] 일품깐풍+콜라 1.25L</x:v>
+        <x:v>(BHC) 골드킹+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1099" s="3" t="str">
-        <x:v>60일</x:v>
+        <x:v>30일</x:v>
       </x:c>
       <x:c r="F1099" s="4" t="str">
-        <x:v>25,400원</x:v>
+        <x:v>22,500원</x:v>
       </x:c>
       <x:c r="G1099" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H1099" s="4" t="str">
-        <x:v>22,860원</x:v>
+        <x:v>19,800원</x:v>
       </x:c>
       <x:c r="I1099" s="1" t="str">
-        <x:v/>
+        <x:v>
+# 동일 수신번호는 3개를 초과할 수 없습니다.</x:v>
       </x:c>
     </x:row>
     <x:row r="1100">
       <x:c r="A1100" s="3" t="str">
-        <x:v>푸라닭</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1100" s="3" t="str">
-        <x:v>G0000009546</x:v>
+        <x:v>G0000007776</x:v>
       </x:c>
       <x:c r="C1100" s="3" t="str">
-        <x:v>일반상품</x:v>
+        <x:v>특가상품</x:v>
       </x:c>
       <x:c r="D1100" s="1" t="str">
-        <x:v>[푸라닭] 치즈인이유</x:v>
+        <x:v>(BHC) 후라이드+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1100" s="3" t="str">
-        <x:v>60일</x:v>
+        <x:v>30일</x:v>
       </x:c>
       <x:c r="F1100" s="4" t="str">
-        <x:v>22,900원</x:v>
+        <x:v>22,500원</x:v>
       </x:c>
       <x:c r="G1100" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>12%</x:v>
       </x:c>
       <x:c r="H1100" s="4" t="str">
-        <x:v>20,610원</x:v>
+        <x:v>19,800원</x:v>
       </x:c>
       <x:c r="I1100" s="1" t="str">
-        <x:v/>
+        <x:v>
+# 동일 수신번호는 3개를 초과할 수 없습니다.</x:v>
       </x:c>
     </x:row>
     <x:row r="1101">
       <x:c r="A1101" s="3" t="str">
-        <x:v>푸라닭</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1101" s="3" t="str">
-        <x:v>G0000009547</x:v>
+        <x:v>G0000009966</x:v>
       </x:c>
       <x:c r="C1101" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1101" s="1" t="str">
-        <x:v>[푸라닭] 치즈인이유+블랙치즈볼(5구)+콜라 1.25L</x:v>
+        <x:v>[BHC] (반반)후라이드/스윗칠리킹+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1101" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1101" s="4" t="str">
-        <x:v>30,300원</x:v>
+        <x:v>25,400원</x:v>
       </x:c>
       <x:c r="G1101" s="3" t="str">
         <x:v>10%</x:v>
       </x:c>
       <x:c r="H1101" s="4" t="str">
-        <x:v>27,270원</x:v>
+        <x:v>22,860원</x:v>
       </x:c>
       <x:c r="I1101" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1102">
       <x:c r="A1102" s="3" t="str">
-        <x:v>푸라닭</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1102" s="3" t="str">
-        <x:v>G0000009548</x:v>
+        <x:v>G0000010045</x:v>
       </x:c>
       <x:c r="C1102" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1102" s="1" t="str">
-        <x:v>[푸라닭] 치즈인이유+콜라 1.25L</x:v>
+        <x:v>[BHC] 1만원권</x:v>
       </x:c>
       <x:c r="E1102" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1102" s="4" t="str">
-        <x:v>25,400원</x:v>
+        <x:v>10,000원</x:v>
       </x:c>
       <x:c r="G1102" s="3" t="str">
         <x:v>10%</x:v>
       </x:c>
       <x:c r="H1102" s="4" t="str">
-        <x:v>22,860원</x:v>
+        <x:v>9,000원</x:v>
       </x:c>
       <x:c r="I1102" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1103">
       <x:c r="A1103" s="3" t="str">
-        <x:v>푸라닭</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1103" s="3" t="str">
-        <x:v>G0000009549</x:v>
+        <x:v>G0000010046</x:v>
       </x:c>
       <x:c r="C1103" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1103" s="1" t="str">
-        <x:v>[푸라닭] 치즈인이유+타코볼(4구)+콜라 1.25L</x:v>
+        <x:v>[BHC] 3만원권</x:v>
       </x:c>
       <x:c r="E1103" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1103" s="4" t="str">
-        <x:v>28,300원</x:v>
+        <x:v>30,000원</x:v>
       </x:c>
       <x:c r="G1103" s="3" t="str">
         <x:v>10%</x:v>
       </x:c>
       <x:c r="H1103" s="4" t="str">
-        <x:v>25,470원</x:v>
+        <x:v>27,000원</x:v>
       </x:c>
       <x:c r="I1103" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1104">
       <x:c r="A1104" s="3" t="str">
-        <x:v>푸라닭</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1104" s="3" t="str">
-        <x:v>G0000009550</x:v>
+        <x:v>G0000010047</x:v>
       </x:c>
       <x:c r="C1104" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1104" s="1" t="str">
-        <x:v>[푸라닭] 콘소메이징+블랙치즈볼(5구)+콜라 1.25L</x:v>
+        <x:v>[BHC] 5만원권</x:v>
       </x:c>
       <x:c r="E1104" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1104" s="4" t="str">
-        <x:v>29,300원</x:v>
+        <x:v>50,000원</x:v>
       </x:c>
       <x:c r="G1104" s="3" t="str">
         <x:v>10%</x:v>
       </x:c>
       <x:c r="H1104" s="4" t="str">
-        <x:v>26,370원</x:v>
+        <x:v>45,000원</x:v>
       </x:c>
       <x:c r="I1104" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1105">
       <x:c r="A1105" s="3" t="str">
-        <x:v>푸라닭</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1105" s="3" t="str">
-        <x:v>G0000009551</x:v>
+        <x:v>G0000010044</x:v>
       </x:c>
       <x:c r="C1105" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1105" s="1" t="str">
-        <x:v>[푸라닭] 콘소메이징+콜라 1.25L</x:v>
+        <x:v>[BHC] 5천원권</x:v>
       </x:c>
       <x:c r="E1105" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1105" s="4" t="str">
-        <x:v>24,400원</x:v>
+        <x:v>5,000원</x:v>
       </x:c>
       <x:c r="G1105" s="3" t="str">
         <x:v>10%</x:v>
       </x:c>
       <x:c r="H1105" s="4" t="str">
-        <x:v>21,960원</x:v>
+        <x:v>4,500원</x:v>
       </x:c>
       <x:c r="I1105" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1106">
       <x:c r="A1106" s="3" t="str">
-        <x:v>피자나라치킨공주</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1106" s="3" t="str">
-        <x:v>G0000008726</x:v>
+        <x:v>G0000009949</x:v>
       </x:c>
       <x:c r="C1106" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1106" s="1" t="str">
-        <x:v>[피자나라치킨공주] 고구마피치세트M(고구마피자M+후라이드치킨(뼈))+치즈크러스트+콜라500ml</x:v>
+        <x:v>[BHC] 골드킹+뿌링치즈볼+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1106" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1106" s="4" t="str">
-        <x:v>27,400원</x:v>
+        <x:v>29,000원</x:v>
       </x:c>
       <x:c r="G1106" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1106" s="4" t="str">
-        <x:v>24,112원</x:v>
+        <x:v>26,100원</x:v>
       </x:c>
       <x:c r="I1106" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1107">
       <x:c r="A1107" s="3" t="str">
-        <x:v>피자나라치킨공주</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1107" s="3" t="str">
-        <x:v>G0000008727</x:v>
+        <x:v>G0000010032</x:v>
       </x:c>
       <x:c r="C1107" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1107" s="1" t="str">
-        <x:v>[피자나라치킨공주] 피치세트L(콤비네이션피자L+후라이드치킨(뼈))+스파게티+콜라1.25L</x:v>
+        <x:v>[BHC] 골드킹+치즈볼+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1107" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1107" s="4" t="str">
-        <x:v>29,900원</x:v>
+        <x:v>28,000원</x:v>
       </x:c>
       <x:c r="G1107" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1107" s="4" t="str">
-        <x:v>26,312원</x:v>
+        <x:v>25,200원</x:v>
       </x:c>
       <x:c r="I1107" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1108">
       <x:c r="A1108" s="3" t="str">
-        <x:v>피자나라치킨공주</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1108" s="3" t="str">
-        <x:v>G0000008725</x:v>
+        <x:v>G0000010031</x:v>
       </x:c>
       <x:c r="C1108" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1108" s="1" t="str">
-        <x:v>[피자나라치킨공주] 피치세트L(콤비네이션피자L+후라이드치킨(뼈))+치즈크러스트+콜라1.25L</x:v>
+        <x:v>[BHC] 골드킹+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1108" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1108" s="4" t="str">
-        <x:v>28,400원</x:v>
+        <x:v>22,500원</x:v>
       </x:c>
       <x:c r="G1108" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1108" s="4" t="str">
-        <x:v>24,992원</x:v>
+        <x:v>20,250원</x:v>
       </x:c>
       <x:c r="I1108" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1109">
       <x:c r="A1109" s="3" t="str">
-        <x:v>피자나라치킨공주</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1109" s="3" t="str">
-        <x:v>G0000008728</x:v>
+        <x:v>G0000009948</x:v>
       </x:c>
       <x:c r="C1109" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1109" s="1" t="str">
-        <x:v>[피자나라치킨공주] 피치세트M(콤비네이션피자M+후라이드치킨(뼈))+스파게티+콜라500ml</x:v>
+        <x:v>[BHC] 골드킹순살+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1109" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1109" s="4" t="str">
-        <x:v>25,900원</x:v>
+        <x:v>25,500원</x:v>
       </x:c>
       <x:c r="G1109" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1109" s="4" t="str">
-        <x:v>22,792원</x:v>
+        <x:v>22,950원</x:v>
       </x:c>
       <x:c r="I1109" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1110">
       <x:c r="A1110" s="3" t="str">
-        <x:v>피자나라치킨공주</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1110" s="3" t="str">
-        <x:v>G0000008729</x:v>
+        <x:v>G0000010035</x:v>
       </x:c>
       <x:c r="C1110" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1110" s="1" t="str">
-        <x:v>[피자나라치킨공주] 피치세트M(콤비네이션피자M+후라이드치킨(뼈))+치즈크러스트+콜라500ml</x:v>
+        <x:v>[BHC] 골드킹콤보+맛초킹+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1110" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1110" s="4" t="str">
-        <x:v>23,400원</x:v>
+        <x:v>46,500원</x:v>
       </x:c>
       <x:c r="G1110" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1110" s="4" t="str">
-        <x:v>20,592원</x:v>
+        <x:v>41,850원</x:v>
       </x:c>
       <x:c r="I1110" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1111">
       <x:c r="A1111" s="3" t="str">
-        <x:v>하남돼지집</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1111" s="3" t="str">
-        <x:v>G0000008883</x:v>
+        <x:v>G0000010034</x:v>
       </x:c>
       <x:c r="C1111" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1111" s="1" t="str">
-        <x:v>[하남돼지집] 모바일금액권 10,000원</x:v>
+        <x:v>[BHC] 골드킹콤보+뿌링감자+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1111" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1111" s="4" t="str">
-        <x:v>10,000원</x:v>
+        <x:v>30,500원</x:v>
       </x:c>
       <x:c r="G1111" s="3" t="str">
         <x:v>10%</x:v>
       </x:c>
       <x:c r="H1111" s="4" t="str">
-        <x:v>9,000원</x:v>
+        <x:v>27,450원</x:v>
       </x:c>
       <x:c r="I1111" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1112">
       <x:c r="A1112" s="3" t="str">
-        <x:v>하남돼지집</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1112" s="3" t="str">
-        <x:v>G0000008884</x:v>
+        <x:v>G0000009954</x:v>
       </x:c>
       <x:c r="C1112" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1112" s="1" t="str">
-        <x:v>[하남돼지집] 모바일금액권 20,000원</x:v>
+        <x:v>[BHC] 골드킹콤보+뿌링치즈볼+케이준프라이+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1112" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1112" s="4" t="str">
-        <x:v>20,000원</x:v>
+        <x:v>36,000원</x:v>
       </x:c>
       <x:c r="G1112" s="3" t="str">
         <x:v>10%</x:v>
       </x:c>
       <x:c r="H1112" s="4" t="str">
-        <x:v>18,000원</x:v>
+        <x:v>32,400원</x:v>
       </x:c>
       <x:c r="I1112" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1113">
       <x:c r="A1113" s="3" t="str">
-        <x:v>하남돼지집</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1113" s="3" t="str">
-        <x:v>G0000008885</x:v>
+        <x:v>G0000009953</x:v>
       </x:c>
       <x:c r="C1113" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1113" s="1" t="str">
-        <x:v>[하남돼지집] 모바일금액권 30,000원</x:v>
+        <x:v>[BHC] 골드킹콤보+뿌링치즈볼+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1113" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1113" s="4" t="str">
-        <x:v>30,000원</x:v>
+        <x:v>32,000원</x:v>
       </x:c>
       <x:c r="G1113" s="3" t="str">
         <x:v>10%</x:v>
       </x:c>
       <x:c r="H1113" s="4" t="str">
-        <x:v>27,000원</x:v>
+        <x:v>28,800원</x:v>
       </x:c>
       <x:c r="I1113" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1114">
       <x:c r="A1114" s="3" t="str">
-        <x:v>하남돼지집</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1114" s="3" t="str">
-        <x:v>G0000008886</x:v>
+        <x:v>G0000009952</x:v>
       </x:c>
       <x:c r="C1114" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1114" s="1" t="str">
-        <x:v>[하남돼지집] 모바일금액권 50,000원</x:v>
+        <x:v>[BHC] 골드킹콤보+웨지감자+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1114" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1114" s="4" t="str">
-        <x:v>50,000원</x:v>
+        <x:v>31,500원</x:v>
       </x:c>
       <x:c r="G1114" s="3" t="str">
         <x:v>10%</x:v>
       </x:c>
       <x:c r="H1114" s="4" t="str">
-        <x:v>45,000원</x:v>
+        <x:v>28,350원</x:v>
       </x:c>
       <x:c r="I1114" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1115">
       <x:c r="A1115" s="3" t="str">
-        <x:v>할리스</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1115" s="3" t="str">
-        <x:v>G0000008731</x:v>
+        <x:v>G0000009951</x:v>
       </x:c>
       <x:c r="C1115" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1115" s="1" t="str">
-        <x:v>[할리스] 기분 좋은 하루</x:v>
+        <x:v>[BHC] 골드킹콤보+치즈볼+뿌링핫도그+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1115" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1115" s="4" t="str">
-        <x:v>12,700원</x:v>
+        <x:v>37,000원</x:v>
       </x:c>
       <x:c r="G1115" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1115" s="4" t="str">
-        <x:v>11,176원</x:v>
+        <x:v>33,300원</x:v>
       </x:c>
       <x:c r="I1115" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1116">
       <x:c r="A1116" s="3" t="str">
-        <x:v>할리스</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1116" s="3" t="str">
-        <x:v>G0000008734</x:v>
+        <x:v>G0000009950</x:v>
       </x:c>
       <x:c r="C1116" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1116" s="1" t="str">
-        <x:v>[할리스] 바닐라딜라이트 R</x:v>
+        <x:v>[BHC] 골드킹콤보+치즈볼+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1116" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1116" s="4" t="str">
-        <x:v>6,200원</x:v>
+        <x:v>31,000원</x:v>
       </x:c>
       <x:c r="G1116" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1116" s="4" t="str">
-        <x:v>5,456원</x:v>
+        <x:v>27,900원</x:v>
       </x:c>
       <x:c r="I1116" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1117">
       <x:c r="A1117" s="3" t="str">
-        <x:v>할리스</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1117" s="3" t="str">
-        <x:v>G0000008735</x:v>
+        <x:v>G0000010033</x:v>
       </x:c>
       <x:c r="C1117" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1117" s="1" t="str">
-        <x:v>[할리스] 카라멜마키아또 R</x:v>
+        <x:v>[BHC] 골드킹콤보+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1117" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1117" s="4" t="str">
-        <x:v>6,200원</x:v>
+        <x:v>25,500원</x:v>
       </x:c>
       <x:c r="G1117" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1117" s="4" t="str">
-        <x:v>5,456원</x:v>
+        <x:v>22,950원</x:v>
       </x:c>
       <x:c r="I1117" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1118">
       <x:c r="A1118" s="3" t="str">
-        <x:v>할리스</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1118" s="3" t="str">
-        <x:v>G0000008736</x:v>
+        <x:v>G0000010030</x:v>
       </x:c>
       <x:c r="C1118" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1118" s="1" t="str">
-        <x:v>[할리스] 카페라떼 R</x:v>
+        <x:v>[BHC] 더블팝순살양념+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1118" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1118" s="4" t="str">
-        <x:v>5,200원</x:v>
+        <x:v>26,000원</x:v>
       </x:c>
       <x:c r="G1118" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1118" s="4" t="str">
-        <x:v>4,576원</x:v>
+        <x:v>23,400원</x:v>
       </x:c>
       <x:c r="I1118" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1119">
       <x:c r="A1119" s="3" t="str">
-        <x:v>할리스</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1119" s="3" t="str">
-        <x:v>G0000008737</x:v>
+        <x:v>G0000010029</x:v>
       </x:c>
       <x:c r="C1119" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1119" s="1" t="str">
-        <x:v>[할리스] 카페모카 R</x:v>
+        <x:v>[BHC] 더블팝순살후라이드+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1119" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1119" s="4" t="str">
-        <x:v>5,800원</x:v>
+        <x:v>25,500원</x:v>
       </x:c>
       <x:c r="G1119" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1119" s="4" t="str">
-        <x:v>5,104원</x:v>
+        <x:v>22,950원</x:v>
       </x:c>
       <x:c r="I1119" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1120">
       <x:c r="A1120" s="3" t="str">
-        <x:v>해피콘</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1120" s="3" t="str">
-        <x:v>G0000009717</x:v>
+        <x:v>G0000009946</x:v>
       </x:c>
       <x:c r="C1120" s="3" t="str">
-        <x:v>특가할인</x:v>
+        <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1120" s="1" t="str">
-        <x:v>(해피콘) 1만원</x:v>
+        <x:v>[BHC] 레드킹+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1120" s="3" t="str">
-        <x:v>30일</x:v>
+        <x:v>60일</x:v>
       </x:c>
       <x:c r="F1120" s="4" t="str">
-        <x:v>10,000원</x:v>
+        <x:v>23,500원</x:v>
       </x:c>
       <x:c r="G1120" s="3" t="str">
         <x:v>10%</x:v>
       </x:c>
       <x:c r="H1120" s="4" t="str">
-        <x:v>9,000원</x:v>
+        <x:v>21,150원</x:v>
       </x:c>
       <x:c r="I1120" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1121">
       <x:c r="A1121" s="3" t="str">
-        <x:v>해피콘</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1121" s="3" t="str">
-        <x:v>G0000009714</x:v>
+        <x:v>G0000009947</x:v>
       </x:c>
       <x:c r="C1121" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1121" s="1" t="str">
-        <x:v>(해피콘) 2만원</x:v>
+        <x:v>[BHC] 레드킹콤보+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1121" s="3" t="str">
-        <x:v>30일</x:v>
+        <x:v>60일</x:v>
       </x:c>
       <x:c r="F1121" s="4" t="str">
-        <x:v>20,000원</x:v>
+        <x:v>25,500원</x:v>
       </x:c>
       <x:c r="G1121" s="3" t="str">
         <x:v>10%</x:v>
       </x:c>
       <x:c r="H1121" s="4" t="str">
-        <x:v>18,000원</x:v>
+        <x:v>22,950원</x:v>
       </x:c>
       <x:c r="I1121" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1122">
       <x:c r="A1122" s="3" t="str">
-        <x:v>해피콘</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1122" s="3" t="str">
-        <x:v>G0000009716</x:v>
+        <x:v>G0000010028</x:v>
       </x:c>
       <x:c r="C1122" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1122" s="1" t="str">
-        <x:v>(해피콘) 3만원</x:v>
+        <x:v>[BHC] 맛초킹+치즈볼+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1122" s="3" t="str">
-        <x:v>30일</x:v>
+        <x:v>60일</x:v>
       </x:c>
       <x:c r="F1122" s="4" t="str">
-        <x:v>30,000원</x:v>
+        <x:v>29,000원</x:v>
       </x:c>
       <x:c r="G1122" s="3" t="str">
         <x:v>10%</x:v>
       </x:c>
       <x:c r="H1122" s="4" t="str">
-        <x:v>27,000원</x:v>
+        <x:v>26,100원</x:v>
       </x:c>
       <x:c r="I1122" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1123">
       <x:c r="A1123" s="3" t="str">
-        <x:v>해피콘</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1123" s="3" t="str">
-        <x:v>G0000009713</x:v>
+        <x:v>G0000009942</x:v>
       </x:c>
       <x:c r="C1123" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1123" s="1" t="str">
-        <x:v>(해피콘) 3천원</x:v>
+        <x:v>[BHC] 맛초킹+케이준프라이+치즈볼+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1123" s="3" t="str">
-        <x:v>30일</x:v>
+        <x:v>60일</x:v>
       </x:c>
       <x:c r="F1123" s="4" t="str">
-        <x:v>3,000원</x:v>
+        <x:v>33,000원</x:v>
       </x:c>
       <x:c r="G1123" s="3" t="str">
         <x:v>10%</x:v>
       </x:c>
       <x:c r="H1123" s="4" t="str">
-        <x:v>2,700원</x:v>
+        <x:v>29,700원</x:v>
       </x:c>
       <x:c r="I1123" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1124">
       <x:c r="A1124" s="3" t="str">
-        <x:v>해피콘</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1124" s="3" t="str">
-        <x:v>G0000009715</x:v>
+        <x:v>G0000010027</x:v>
       </x:c>
       <x:c r="C1124" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1124" s="1" t="str">
-        <x:v>(해피콘) 5천원</x:v>
+        <x:v>[BHC] 맛초킹+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1124" s="3" t="str">
-        <x:v>30일</x:v>
+        <x:v>60일</x:v>
       </x:c>
       <x:c r="F1124" s="4" t="str">
-        <x:v>5,000원</x:v>
+        <x:v>23,500원</x:v>
       </x:c>
       <x:c r="G1124" s="3" t="str">
         <x:v>10%</x:v>
       </x:c>
       <x:c r="H1124" s="4" t="str">
-        <x:v>4,500원</x:v>
+        <x:v>21,150원</x:v>
       </x:c>
       <x:c r="I1124" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1125">
       <x:c r="A1125" s="3" t="str">
-        <x:v>해피콘</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1125" s="3" t="str">
-        <x:v>G0000009706</x:v>
+        <x:v>G0000010026</x:v>
       </x:c>
       <x:c r="C1125" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1125" s="1" t="str">
-        <x:v>[해피콘] 1만5천원</x:v>
+        <x:v>[BHC] 맛초킹+후라이드+치즈볼+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1125" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1125" s="4" t="str">
-        <x:v>15,000원</x:v>
+        <x:v>49,000원</x:v>
       </x:c>
       <x:c r="G1125" s="3" t="str">
-        <x:v>7%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1125" s="4" t="str">
-        <x:v>13,950원</x:v>
+        <x:v>44,100원</x:v>
       </x:c>
       <x:c r="I1125" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1126">
       <x:c r="A1126" s="3" t="str">
-        <x:v>해피콘</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1126" s="3" t="str">
-        <x:v>G0000009708</x:v>
+        <x:v>G0000009941</x:v>
       </x:c>
       <x:c r="C1126" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1126" s="1" t="str">
-        <x:v>[해피콘] 1만원</x:v>
+        <x:v>[BHC] 맛초킹+후라이드+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1126" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1126" s="4" t="str">
-        <x:v>10,000원</x:v>
+        <x:v>43,500원</x:v>
       </x:c>
       <x:c r="G1126" s="3" t="str">
-        <x:v>7%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1126" s="4" t="str">
-        <x:v>9,300원</x:v>
+        <x:v>39,150원</x:v>
       </x:c>
       <x:c r="I1126" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1127">
       <x:c r="A1127" s="3" t="str">
-        <x:v>해피콘</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1127" s="3" t="str">
-        <x:v>G0000009707</x:v>
+        <x:v>G0000010025</x:v>
       </x:c>
       <x:c r="C1127" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1127" s="1" t="str">
-        <x:v>[해피콘] 1천원 </x:v>
+        <x:v>[BHC] 맛초킹순살+치즈볼+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1127" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1127" s="4" t="str">
-        <x:v>1,000원</x:v>
+        <x:v>31,000원</x:v>
       </x:c>
       <x:c r="G1127" s="3" t="str">
-        <x:v>7%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1127" s="4" t="str">
-        <x:v>930원</x:v>
+        <x:v>27,900원</x:v>
       </x:c>
       <x:c r="I1127" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1128">
       <x:c r="A1128" s="3" t="str">
-        <x:v>해피콘</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1128" s="3" t="str">
-        <x:v>G0000009703</x:v>
+        <x:v>G0000010024</x:v>
       </x:c>
       <x:c r="C1128" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1128" s="1" t="str">
-        <x:v>[해피콘] 2만5천원</x:v>
+        <x:v>[BHC] 맛초킹순살+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1128" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1128" s="4" t="str">
-        <x:v>25,000원</x:v>
+        <x:v>25,500원</x:v>
       </x:c>
       <x:c r="G1128" s="3" t="str">
-        <x:v>7%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1128" s="4" t="str">
-        <x:v>23,250원</x:v>
+        <x:v>22,950원</x:v>
       </x:c>
       <x:c r="I1128" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1129">
       <x:c r="A1129" s="3" t="str">
-        <x:v>해피콘</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1129" s="3" t="str">
-        <x:v>G0000009709</x:v>
+        <x:v>G0000009945</x:v>
       </x:c>
       <x:c r="C1129" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1129" s="1" t="str">
-        <x:v>[해피콘] 2만원</x:v>
+        <x:v>[BHC] 맛초킹콤보+뿌링치즈볼+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1129" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1129" s="4" t="str">
-        <x:v>20,000원</x:v>
+        <x:v>32,000원</x:v>
       </x:c>
       <x:c r="G1129" s="3" t="str">
-        <x:v>7%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1129" s="4" t="str">
-        <x:v>18,600원</x:v>
+        <x:v>28,800원</x:v>
       </x:c>
       <x:c r="I1129" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1130">
       <x:c r="A1130" s="3" t="str">
-        <x:v>해피콘</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1130" s="3" t="str">
-        <x:v>G0000009704</x:v>
+        <x:v>G0000009944</x:v>
       </x:c>
       <x:c r="C1130" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1130" s="1" t="str">
-        <x:v>[해피콘] 2천원</x:v>
+        <x:v>[BHC] 맛초킹콤보+치즈볼+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1130" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1130" s="4" t="str">
-        <x:v>2,000원</x:v>
+        <x:v>31,000원</x:v>
       </x:c>
       <x:c r="G1130" s="3" t="str">
-        <x:v>7%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1130" s="4" t="str">
-        <x:v>1,860원</x:v>
+        <x:v>27,900원</x:v>
       </x:c>
       <x:c r="I1130" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1131">
       <x:c r="A1131" s="3" t="str">
-        <x:v>해피콘</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1131" s="3" t="str">
-        <x:v>G0000009702</x:v>
+        <x:v>G0000009943</x:v>
       </x:c>
       <x:c r="C1131" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1131" s="1" t="str">
-        <x:v>[해피콘] 3만5천원</x:v>
+        <x:v>[BHC] 맛초킹콤보+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1131" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1131" s="4" t="str">
-        <x:v>35,000원</x:v>
+        <x:v>25,500원</x:v>
       </x:c>
       <x:c r="G1131" s="3" t="str">
-        <x:v>7%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1131" s="4" t="str">
-        <x:v>32,550원</x:v>
+        <x:v>22,950원</x:v>
       </x:c>
       <x:c r="I1131" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1132">
       <x:c r="A1132" s="3" t="str">
-        <x:v>해피콘</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1132" s="3" t="str">
-        <x:v>G0000009711</x:v>
+        <x:v>G0000010020</x:v>
       </x:c>
       <x:c r="C1132" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1132" s="1" t="str">
-        <x:v>[해피콘] 3만원</x:v>
+        <x:v>[BHC] 뿌링클+골드킹콤보+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1132" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1132" s="4" t="str">
-        <x:v>30,000원</x:v>
+        <x:v>46,500원</x:v>
       </x:c>
       <x:c r="G1132" s="3" t="str">
-        <x:v>7%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1132" s="4" t="str">
-        <x:v>27,900원</x:v>
+        <x:v>41,850원</x:v>
       </x:c>
       <x:c r="I1132" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1133">
       <x:c r="A1133" s="3" t="str">
-        <x:v>해피콘</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1133" s="3" t="str">
-        <x:v>G0000009712</x:v>
+        <x:v>G0000010019</x:v>
       </x:c>
       <x:c r="C1133" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1133" s="1" t="str">
-        <x:v>[해피콘] 3천원</x:v>
+        <x:v>[BHC] 뿌링클+맛초킹+치즈볼+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1133" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1133" s="4" t="str">
-        <x:v>3,000원</x:v>
+        <x:v>50,000원</x:v>
       </x:c>
       <x:c r="G1133" s="3" t="str">
-        <x:v>7%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1133" s="4" t="str">
-        <x:v>2,790원</x:v>
+        <x:v>45,000원</x:v>
       </x:c>
       <x:c r="I1133" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1134">
       <x:c r="A1134" s="3" t="str">
-        <x:v>해피콘</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1134" s="3" t="str">
-        <x:v>G0000009705</x:v>
+        <x:v>G0000009933</x:v>
       </x:c>
       <x:c r="C1134" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1134" s="1" t="str">
-        <x:v>[해피콘] 5만원</x:v>
+        <x:v>[BHC] 뿌링클+맛초킹+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1134" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1134" s="4" t="str">
-        <x:v>50,000원</x:v>
+        <x:v>44,500원</x:v>
       </x:c>
       <x:c r="G1134" s="3" t="str">
-        <x:v>7%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1134" s="4" t="str">
-        <x:v>46,500원</x:v>
+        <x:v>40,050원</x:v>
       </x:c>
       <x:c r="I1134" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1135">
       <x:c r="A1135" s="3" t="str">
-        <x:v>해피콘</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1135" s="3" t="str">
-        <x:v>G0000009710</x:v>
+        <x:v>G0000009932</x:v>
       </x:c>
       <x:c r="C1135" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1135" s="1" t="str">
-        <x:v>[해피콘] 5천원</x:v>
+        <x:v>[BHC] 뿌링클+뿌링감자+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1135" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1135" s="4" t="str">
-        <x:v>5,000원</x:v>
+        <x:v>28,500원</x:v>
       </x:c>
       <x:c r="G1135" s="3" t="str">
-        <x:v>7%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1135" s="4" t="str">
-        <x:v>4,650원</x:v>
+        <x:v>25,650원</x:v>
       </x:c>
       <x:c r="I1135" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1136">
       <x:c r="A1136" s="3" t="str">
-        <x:v>현대오일뱅크</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1136" s="3" t="str">
-        <x:v>G0000008854</x:v>
+        <x:v>G0000009931</x:v>
       </x:c>
       <x:c r="C1136" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1136" s="1" t="str">
-        <x:v>[현대오일뱅크] 1,000원권</x:v>
+        <x:v>[BHC] 뿌링클+뿌링치즈볼+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1136" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1136" s="4" t="str">
-        <x:v>1,000원</x:v>
+        <x:v>30,000원</x:v>
       </x:c>
       <x:c r="G1136" s="3" t="str">
-        <x:v/>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1136" s="4" t="str">
-        <x:v>1,000원</x:v>
+        <x:v>27,000원</x:v>
       </x:c>
       <x:c r="I1136" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1137">
       <x:c r="A1137" s="3" t="str">
-        <x:v>현대오일뱅크</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1137" s="3" t="str">
-        <x:v>G0000008855</x:v>
+        <x:v>G0000009930</x:v>
       </x:c>
       <x:c r="C1137" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1137" s="1" t="str">
-        <x:v>[현대오일뱅크] 10,000원권</x:v>
+        <x:v>[BHC] 뿌링클+양념치킨+치즈볼+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1137" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1137" s="4" t="str">
-        <x:v>10,000원</x:v>
+        <x:v>50,000원</x:v>
       </x:c>
       <x:c r="G1137" s="3" t="str">
-        <x:v/>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1137" s="4" t="str">
-        <x:v>10,000원</x:v>
+        <x:v>45,000원</x:v>
       </x:c>
       <x:c r="I1137" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1138">
       <x:c r="A1138" s="3" t="str">
-        <x:v>현대오일뱅크</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1138" s="3" t="str">
-        <x:v>G0000008856</x:v>
+        <x:v>G0000009929</x:v>
       </x:c>
       <x:c r="C1138" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1138" s="1" t="str">
-        <x:v>[현대오일뱅크] 2,000원권</x:v>
+        <x:v>[BHC] 뿌링클+양념치킨+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1138" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1138" s="4" t="str">
-        <x:v>2,000원</x:v>
+        <x:v>44,500원</x:v>
       </x:c>
       <x:c r="G1138" s="3" t="str">
-        <x:v/>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1138" s="4" t="str">
-        <x:v>2,000원</x:v>
+        <x:v>40,050원</x:v>
       </x:c>
       <x:c r="I1138" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1139">
       <x:c r="A1139" s="3" t="str">
-        <x:v>현대오일뱅크</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1139" s="3" t="str">
-        <x:v>G0000008857</x:v>
+        <x:v>G0000010018</x:v>
       </x:c>
       <x:c r="C1139" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1139" s="1" t="str">
-        <x:v>[현대오일뱅크] 20,000원권</x:v>
+        <x:v>[BHC] 뿌링클+치즈볼+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1139" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1139" s="4" t="str">
-        <x:v>20,000원</x:v>
+        <x:v>29,000원</x:v>
       </x:c>
       <x:c r="G1139" s="3" t="str">
-        <x:v/>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1139" s="4" t="str">
-        <x:v>20,000원</x:v>
+        <x:v>26,100원</x:v>
       </x:c>
       <x:c r="I1139" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1140">
       <x:c r="A1140" s="3" t="str">
-        <x:v>현대오일뱅크</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1140" s="3" t="str">
-        <x:v>G0000008858</x:v>
+        <x:v>G0000009967</x:v>
       </x:c>
       <x:c r="C1140" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1140" s="1" t="str">
-        <x:v>[현대오일뱅크] 3,000원권</x:v>
+        <x:v>[BHC] 뿌링클+케이준프라이+뿌링치즈볼+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1140" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1140" s="4" t="str">
-        <x:v>3,000원</x:v>
+        <x:v>34,000원</x:v>
       </x:c>
       <x:c r="G1140" s="3" t="str">
-        <x:v/>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1140" s="4" t="str">
-        <x:v>3,000원</x:v>
+        <x:v>30,600원</x:v>
       </x:c>
       <x:c r="I1140" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1141">
       <x:c r="A1141" s="3" t="str">
-        <x:v>현대오일뱅크</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1141" s="3" t="str">
-        <x:v>G0000008859</x:v>
+        <x:v>G0000010017</x:v>
       </x:c>
       <x:c r="C1141" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1141" s="1" t="str">
-        <x:v>[현대오일뱅크] 30,000원권</x:v>
+        <x:v>[BHC] 뿌링클+케이준프라이+치즈볼+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1141" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1141" s="4" t="str">
-        <x:v>30,000원</x:v>
+        <x:v>33,000원</x:v>
       </x:c>
       <x:c r="G1141" s="3" t="str">
-        <x:v/>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1141" s="4" t="str">
-        <x:v>30,000원</x:v>
+        <x:v>29,700원</x:v>
       </x:c>
       <x:c r="I1141" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1142">
       <x:c r="A1142" s="3" t="str">
-        <x:v>현대오일뱅크</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1142" s="3" t="str">
-        <x:v>G0000008860</x:v>
+        <x:v>G0000010016</x:v>
       </x:c>
       <x:c r="C1142" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1142" s="1" t="str">
-        <x:v>[현대오일뱅크] 5,000원권</x:v>
+        <x:v>[BHC] 뿌링클+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1142" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1142" s="4" t="str">
-        <x:v>5,000원</x:v>
+        <x:v>23,500원</x:v>
       </x:c>
       <x:c r="G1142" s="3" t="str">
-        <x:v/>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1142" s="4" t="str">
-        <x:v>5,000원</x:v>
+        <x:v>21,150원</x:v>
       </x:c>
       <x:c r="I1142" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1143">
       <x:c r="A1143" s="3" t="str">
-        <x:v>현대오일뱅크</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1143" s="3" t="str">
-        <x:v>G0000008861</x:v>
+        <x:v>G0000009928</x:v>
       </x:c>
       <x:c r="C1143" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1143" s="1" t="str">
-        <x:v>[현대오일뱅크] 50,000원권</x:v>
+        <x:v>[BHC] 뿌링클+후라이드+치즈볼+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1143" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1143" s="4" t="str">
-        <x:v>50,000원</x:v>
+        <x:v>49,000원</x:v>
       </x:c>
       <x:c r="G1143" s="3" t="str">
-        <x:v/>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1143" s="4" t="str">
-        <x:v>50,000원</x:v>
+        <x:v>44,100원</x:v>
       </x:c>
       <x:c r="I1143" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1144">
       <x:c r="A1144" s="3" t="str">
-        <x:v>홈플러스</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1144" s="3" t="str">
-        <x:v>G0000006770</x:v>
+        <x:v>G0000010015</x:v>
       </x:c>
       <x:c r="C1144" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1144" s="1" t="str">
-        <x:v>[홈플러스] 1,000원 상품권</x:v>
+        <x:v>[BHC] 뿌링클+후라이드+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1144" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1144" s="4" t="str">
-        <x:v>1,000원</x:v>
+        <x:v>43,500원</x:v>
       </x:c>
       <x:c r="G1144" s="3" t="str">
-        <x:v/>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1144" s="4" t="str">
-        <x:v>1,000원</x:v>
+        <x:v>39,150원</x:v>
       </x:c>
       <x:c r="I1144" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1145">
       <x:c r="A1145" s="3" t="str">
-        <x:v>홈플러스</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1145" s="3" t="str">
-        <x:v>G0000006782</x:v>
+        <x:v>G0000009996</x:v>
       </x:c>
       <x:c r="C1145" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1145" s="1" t="str">
-        <x:v>[홈플러스] 10만원 상품권</x:v>
+        <x:v>[BHC] 뿌링클순살+뿌링감자+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1145" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1145" s="4" t="str">
-        <x:v>100,000원</x:v>
+        <x:v>30,500원</x:v>
       </x:c>
       <x:c r="G1145" s="3" t="str">
-        <x:v/>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1145" s="4" t="str">
-        <x:v>100,000원</x:v>
+        <x:v>27,450원</x:v>
       </x:c>
       <x:c r="I1145" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1146">
       <x:c r="A1146" s="3" t="str">
-        <x:v>홈플러스</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1146" s="3" t="str">
-        <x:v>G0000006778</x:v>
+        <x:v>G0000009995</x:v>
       </x:c>
       <x:c r="C1146" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1146" s="1" t="str">
-        <x:v>[홈플러스] 1만원 상품권</x:v>
+        <x:v>[BHC] 뿌링클순살+웨지감자+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1146" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1146" s="4" t="str">
-        <x:v>10,000원</x:v>
+        <x:v>31,500원</x:v>
       </x:c>
       <x:c r="G1146" s="3" t="str">
-        <x:v/>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1146" s="4" t="str">
-        <x:v>10,000원</x:v>
+        <x:v>28,350원</x:v>
       </x:c>
       <x:c r="I1146" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1147">
       <x:c r="A1147" s="3" t="str">
-        <x:v>홈플러스</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1147" s="3" t="str">
-        <x:v>G0000006771</x:v>
+        <x:v>G0000009994</x:v>
       </x:c>
       <x:c r="C1147" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1147" s="1" t="str">
-        <x:v>[홈플러스] 2,000원 상품권</x:v>
+        <x:v>[BHC] 뿌링클순살+치즈볼+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1147" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1147" s="4" t="str">
-        <x:v>2,000원</x:v>
+        <x:v>31,000원</x:v>
       </x:c>
       <x:c r="G1147" s="3" t="str">
-        <x:v/>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1147" s="4" t="str">
-        <x:v>2,000원</x:v>
+        <x:v>27,900원</x:v>
       </x:c>
       <x:c r="I1147" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1148">
       <x:c r="A1148" s="3" t="str">
-        <x:v>홈플러스</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1148" s="3" t="str">
-        <x:v>G0000006779</x:v>
+        <x:v>G0000009993</x:v>
       </x:c>
       <x:c r="C1148" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1148" s="1" t="str">
-        <x:v>[홈플러스] 2만원 상품권</x:v>
+        <x:v>[BHC] 뿌링클순살+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1148" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1148" s="4" t="str">
-        <x:v>20,000원</x:v>
+        <x:v>25,500원</x:v>
       </x:c>
       <x:c r="G1148" s="3" t="str">
-        <x:v/>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1148" s="4" t="str">
-        <x:v>20,000원</x:v>
+        <x:v>22,950원</x:v>
       </x:c>
       <x:c r="I1148" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1149">
       <x:c r="A1149" s="3" t="str">
-        <x:v>홈플러스</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1149" s="3" t="str">
-        <x:v>G0000006772</x:v>
+        <x:v>G0000009940</x:v>
       </x:c>
       <x:c r="C1149" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1149" s="1" t="str">
-        <x:v>[홈플러스] 3,000원 상품권</x:v>
+        <x:v>[BHC] 뿌링클스틱+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1149" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1149" s="4" t="str">
-        <x:v>3,000원</x:v>
+        <x:v>25,500원</x:v>
       </x:c>
       <x:c r="G1149" s="3" t="str">
-        <x:v/>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1149" s="4" t="str">
-        <x:v>3,000원</x:v>
+        <x:v>22,950원</x:v>
       </x:c>
       <x:c r="I1149" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1150">
       <x:c r="A1150" s="3" t="str">
-        <x:v>홈플러스</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1150" s="3" t="str">
-        <x:v>G0000006780</x:v>
+        <x:v>G0000009939</x:v>
       </x:c>
       <x:c r="C1150" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1150" s="1" t="str">
-        <x:v>[홈플러스] 3만원 상품권</x:v>
+        <x:v>[BHC] 뿌링클윙+뿌링소떡+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1150" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1150" s="4" t="str">
-        <x:v>30,000원</x:v>
+        <x:v>29,500원</x:v>
       </x:c>
       <x:c r="G1150" s="3" t="str">
-        <x:v/>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1150" s="4" t="str">
-        <x:v>30,000원</x:v>
+        <x:v>26,550원</x:v>
       </x:c>
       <x:c r="I1150" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1151">
       <x:c r="A1151" s="3" t="str">
-        <x:v>홈플러스</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1151" s="3" t="str">
-        <x:v>G0000006773</x:v>
+        <x:v>G0000009938</x:v>
       </x:c>
       <x:c r="C1151" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1151" s="1" t="str">
-        <x:v>[홈플러스] 4,000원 상품권</x:v>
+        <x:v>[BHC] 뿌링클윙+뿌링치즈볼+뿌링감자+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1151" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1151" s="4" t="str">
-        <x:v>4,000원</x:v>
+        <x:v>37,000원</x:v>
       </x:c>
       <x:c r="G1151" s="3" t="str">
-        <x:v/>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1151" s="4" t="str">
-        <x:v>4,000원</x:v>
+        <x:v>33,300원</x:v>
       </x:c>
       <x:c r="I1151" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1152">
       <x:c r="A1152" s="3" t="str">
-        <x:v>홈플러스</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1152" s="3" t="str">
-        <x:v>G0000006774</x:v>
+        <x:v>G0000009937</x:v>
       </x:c>
       <x:c r="C1152" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1152" s="1" t="str">
-        <x:v>[홈플러스] 5,000원 상품권</x:v>
+        <x:v>[BHC] 뿌링클윙+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1152" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1152" s="4" t="str">
-        <x:v>5,000원</x:v>
+        <x:v>25,500원</x:v>
       </x:c>
       <x:c r="G1152" s="3" t="str">
-        <x:v/>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1152" s="4" t="str">
-        <x:v>5,000원</x:v>
+        <x:v>22,950원</x:v>
       </x:c>
       <x:c r="I1152" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1153">
       <x:c r="A1153" s="3" t="str">
-        <x:v>홈플러스</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1153" s="3" t="str">
-        <x:v>G0000006781</x:v>
+        <x:v>G0000009936</x:v>
       </x:c>
       <x:c r="C1153" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1153" s="1" t="str">
-        <x:v>[홈플러스] 5만원 상품권</x:v>
+        <x:v>[BHC] 뿌링클콤보+골드킹+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1153" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1153" s="4" t="str">
-        <x:v>50,000원</x:v>
+        <x:v>45,500원</x:v>
       </x:c>
       <x:c r="G1153" s="3" t="str">
-        <x:v/>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1153" s="4" t="str">
-        <x:v>50,000원</x:v>
+        <x:v>40,950원</x:v>
       </x:c>
       <x:c r="I1153" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1154">
       <x:c r="A1154" s="3" t="str">
-        <x:v>홈플러스</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1154" s="3" t="str">
-        <x:v>G0000006775</x:v>
+        <x:v>G0000010023</x:v>
       </x:c>
       <x:c r="C1154" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1154" s="1" t="str">
-        <x:v>[홈플러스] 7,000원 상품권</x:v>
+        <x:v>[BHC] 뿌링클콤보+뿌링감자+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1154" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1154" s="4" t="str">
-        <x:v>7,000원</x:v>
+        <x:v>30,500원</x:v>
       </x:c>
       <x:c r="G1154" s="3" t="str">
-        <x:v/>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1154" s="4" t="str">
-        <x:v>7,000원</x:v>
+        <x:v>27,450원</x:v>
       </x:c>
       <x:c r="I1154" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1155">
       <x:c r="A1155" s="3" t="str">
-        <x:v>홈플러스</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1155" s="3" t="str">
-        <x:v>G0000006776</x:v>
+        <x:v>G0000009935</x:v>
       </x:c>
       <x:c r="C1155" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1155" s="1" t="str">
-        <x:v>[홈플러스] 8,000원 상품권</x:v>
+        <x:v>[BHC] 뿌링클콤보+뿌링치즈볼+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1155" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1155" s="4" t="str">
-        <x:v>8,000원</x:v>
+        <x:v>32,000원</x:v>
       </x:c>
       <x:c r="G1155" s="3" t="str">
-        <x:v/>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1155" s="4" t="str">
-        <x:v>8,000원</x:v>
+        <x:v>28,800원</x:v>
       </x:c>
       <x:c r="I1155" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1156">
       <x:c r="A1156" s="3" t="str">
-        <x:v>홈플러스</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1156" s="3" t="str">
-        <x:v>G0000006777</x:v>
+        <x:v>G0000010022</x:v>
       </x:c>
       <x:c r="C1156" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1156" s="1" t="str">
-        <x:v>[홈플러스] 9,000원 상품권</x:v>
+        <x:v>[BHC] 뿌링클콤보+양념치킨+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1156" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1156" s="4" t="str">
-        <x:v>9,000원</x:v>
+        <x:v>46,500원</x:v>
       </x:c>
       <x:c r="G1156" s="3" t="str">
-        <x:v/>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1156" s="4" t="str">
-        <x:v>9,000원</x:v>
+        <x:v>41,850원</x:v>
       </x:c>
       <x:c r="I1156" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1157">
       <x:c r="A1157" s="3" t="str">
-        <x:v>AK백화점</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1157" s="3" t="str">
-        <x:v>G0000008761</x:v>
+        <x:v>G0000010021</x:v>
       </x:c>
       <x:c r="C1157" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1157" s="1" t="str">
-        <x:v>[AK백화점] 10만원상품권</x:v>
+        <x:v>[BHC] 뿌링클콤보+치즈볼+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1157" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1157" s="4" t="str">
-        <x:v>100,000원</x:v>
+        <x:v>31,000원</x:v>
       </x:c>
       <x:c r="G1157" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1157" s="4" t="str">
-        <x:v>98,000원</x:v>
+        <x:v>27,900원</x:v>
       </x:c>
       <x:c r="I1157" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1158">
       <x:c r="A1158" s="3" t="str">
-        <x:v>AK백화점</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1158" s="3" t="str">
-        <x:v>G0000008762</x:v>
+        <x:v>G0000009934</x:v>
       </x:c>
       <x:c r="C1158" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1158" s="1" t="str">
-        <x:v>[AK백화점] 1만원상품권</x:v>
+        <x:v>[BHC] 뿌링클콤보+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1158" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1158" s="4" t="str">
-        <x:v>10,000원</x:v>
+        <x:v>25,500원</x:v>
       </x:c>
       <x:c r="G1158" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1158" s="4" t="str">
-        <x:v>9,800원</x:v>
+        <x:v>22,950원</x:v>
       </x:c>
       <x:c r="I1158" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1159">
       <x:c r="A1159" s="3" t="str">
-        <x:v>AK백화점</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1159" s="3" t="str">
-        <x:v>G0000008763</x:v>
+        <x:v>G0000010014</x:v>
       </x:c>
       <x:c r="C1159" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1159" s="1" t="str">
-        <x:v>[AK백화점] 5만원상품권</x:v>
+        <x:v>[BHC] 뿌링클HOT+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1159" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1159" s="4" t="str">
-        <x:v>50,000원</x:v>
+        <x:v>24,500원</x:v>
       </x:c>
       <x:c r="G1159" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1159" s="4" t="str">
-        <x:v>49,000원</x:v>
+        <x:v>22,050원</x:v>
       </x:c>
       <x:c r="I1159" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1160">
       <x:c r="A1160" s="3" t="str">
-        <x:v>AK백화점</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1160" s="3" t="str">
-        <x:v>G0000008764</x:v>
+        <x:v>G0000009963</x:v>
       </x:c>
       <x:c r="C1160" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1160" s="1" t="str">
-        <x:v>[AK백화점] 5천원상품권</x:v>
+        <x:v>[BHC] 스윗칠리킹 순살+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1160" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1160" s="4" t="str">
-        <x:v>5,000원</x:v>
+        <x:v>27,400원</x:v>
       </x:c>
       <x:c r="G1160" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1160" s="4" t="str">
-        <x:v>4,900원</x:v>
+        <x:v>24,660원</x:v>
       </x:c>
       <x:c r="I1160" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1161">
       <x:c r="A1161" s="3" t="str">
-        <x:v>BBQ</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1161" s="3" t="str">
-        <x:v>G0000008101</x:v>
+        <x:v>G0000009965</x:v>
       </x:c>
       <x:c r="C1161" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1161" s="1" t="str">
-        <x:v>[BBQ] 자메이카통다리+콜라1.25L</x:v>
+        <x:v>[BHC] 스윗칠리킹 스틱+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1161" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1161" s="4" t="str">
-        <x:v>26,500원</x:v>
+        <x:v>27,400원</x:v>
       </x:c>
       <x:c r="G1161" s="3" t="str">
         <x:v>10%</x:v>
       </x:c>
       <x:c r="H1161" s="4" t="str">
-        <x:v>23,850원</x:v>
+        <x:v>24,660원</x:v>
       </x:c>
       <x:c r="I1161" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1162">
       <x:c r="A1162" s="3" t="str">
-        <x:v>BBQ</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1162" s="3" t="str">
-        <x:v>G0000008102</x:v>
+        <x:v>G0000009964</x:v>
       </x:c>
       <x:c r="C1162" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1162" s="1" t="str">
-        <x:v>[BBQ] 핫황금올리브크리스피+콜라1.25L</x:v>
+        <x:v>[BHC] 스윗칠리킹 윙+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1162" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1162" s="4" t="str">
-        <x:v>26,500원</x:v>
+        <x:v>27,400원</x:v>
       </x:c>
       <x:c r="G1162" s="3" t="str">
         <x:v>10%</x:v>
       </x:c>
       <x:c r="H1162" s="4" t="str">
-        <x:v>23,850원</x:v>
+        <x:v>24,660원</x:v>
       </x:c>
       <x:c r="I1162" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1163">
       <x:c r="A1163" s="3" t="str">
-        <x:v>BBQ</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1163" s="3" t="str">
-        <x:v>G0000008106</x:v>
+        <x:v>G0000009962</x:v>
       </x:c>
       <x:c r="C1163" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1163" s="1" t="str">
-        <x:v>[BBQ] 황금올리브치킨+콜라1.25L</x:v>
+        <x:v>[BHC] 스윗칠리킹 콤보+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1163" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1163" s="4" t="str">
-        <x:v>25,500원</x:v>
+        <x:v>27,400원</x:v>
       </x:c>
       <x:c r="G1163" s="3" t="str">
         <x:v>10%</x:v>
       </x:c>
       <x:c r="H1163" s="4" t="str">
-        <x:v>22,950원</x:v>
+        <x:v>24,660원</x:v>
       </x:c>
       <x:c r="I1163" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1164">
       <x:c r="A1164" s="3" t="str">
-        <x:v>BBQ</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1164" s="3" t="str">
-        <x:v>G0000008107</x:v>
+        <x:v>G0000009961</x:v>
       </x:c>
       <x:c r="C1164" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1164" s="1" t="str">
-        <x:v>[BBQ] 황금올리브치킨+황금알치즈볼+콜라1.25L</x:v>
+        <x:v>[BHC] 스윗칠리킹+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1164" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1164" s="4" t="str">
-        <x:v>30,500원</x:v>
+        <x:v>24,400원</x:v>
       </x:c>
       <x:c r="G1164" s="3" t="str">
         <x:v>10%</x:v>
       </x:c>
       <x:c r="H1164" s="4" t="str">
-        <x:v>27,450원</x:v>
+        <x:v>21,960원</x:v>
       </x:c>
       <x:c r="I1164" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1165">
       <x:c r="A1165" s="3" t="str">
-        <x:v>BBQ</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1165" s="3" t="str">
-        <x:v>G0000008109</x:v>
+        <x:v>G0000010010</x:v>
       </x:c>
       <x:c r="C1165" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1165" s="1" t="str">
-        <x:v>[BBQ] 황금올리브콤보+콜라1.25L</x:v>
+        <x:v>[BHC] 쏘마치+치로스+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1165" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1165" s="4" t="str">
         <x:v>29,500원</x:v>
       </x:c>
       <x:c r="G1165" s="3" t="str">
         <x:v>10%</x:v>
       </x:c>
       <x:c r="H1165" s="4" t="str">
         <x:v>26,550원</x:v>
       </x:c>
       <x:c r="I1165" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1166">
       <x:c r="A1166" s="3" t="str">
         <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1166" s="3" t="str">
-        <x:v>G0000007775</x:v>
+        <x:v>G0000010009</x:v>
       </x:c>
       <x:c r="C1166" s="3" t="str">
-        <x:v>특가상품</x:v>
+        <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1166" s="1" t="str">
-        <x:v>(BHC) 골드킹+콜라1.25L</x:v>
+        <x:v>[BHC] 쏘마치+치즈볼+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1166" s="3" t="str">
-        <x:v>30일</x:v>
+        <x:v>60일</x:v>
       </x:c>
       <x:c r="F1166" s="4" t="str">
-        <x:v>22,500원</x:v>
+        <x:v>29,000원</x:v>
       </x:c>
       <x:c r="G1166" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1166" s="4" t="str">
-        <x:v>19,800원</x:v>
+        <x:v>26,100원</x:v>
       </x:c>
       <x:c r="I1166" s="1" t="str">
-        <x:v>
-# 동일 수신번호는 3개를 초과할 수 없습니다.</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="1167">
       <x:c r="A1167" s="3" t="str">
         <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1167" s="3" t="str">
-        <x:v>G0000007786</x:v>
+        <x:v>G0000009989</x:v>
       </x:c>
       <x:c r="C1167" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1167" s="1" t="str">
-        <x:v>(BHC) 골드킹+콜라1.25L</x:v>
+        <x:v>[BHC] 쏘마치+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1167" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1167" s="4" t="str">
-        <x:v>22,500원</x:v>
+        <x:v>23,500원</x:v>
       </x:c>
       <x:c r="G1167" s="3" t="str">
         <x:v>10%</x:v>
       </x:c>
       <x:c r="H1167" s="4" t="str">
-        <x:v>20,250원</x:v>
+        <x:v>21,150원</x:v>
       </x:c>
       <x:c r="I1167" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1168">
       <x:c r="A1168" s="3" t="str">
         <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1168" s="3" t="str">
-        <x:v>G0000007785</x:v>
+        <x:v>G0000009992</x:v>
       </x:c>
       <x:c r="C1168" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1168" s="1" t="str">
-        <x:v>(BHC) 맛초킹+콜라1.25L</x:v>
+        <x:v>[BHC] 쏘마치순살+치로스+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1168" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1168" s="4" t="str">
-        <x:v>23,500원</x:v>
+        <x:v>31,500원</x:v>
       </x:c>
       <x:c r="G1168" s="3" t="str">
         <x:v>10%</x:v>
       </x:c>
       <x:c r="H1168" s="4" t="str">
-        <x:v>21,150원</x:v>
+        <x:v>28,350원</x:v>
       </x:c>
       <x:c r="I1168" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1169">
       <x:c r="A1169" s="3" t="str">
         <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1169" s="3" t="str">
-        <x:v>G0000007784</x:v>
+        <x:v>G0000010013</x:v>
       </x:c>
       <x:c r="C1169" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1169" s="1" t="str">
-        <x:v>(BHC) 뿌링클 콤보+치즈볼+콜라1.25L</x:v>
+        <x:v>[BHC] 쏘마치순살+치즈볼+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1169" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1169" s="4" t="str">
         <x:v>31,000원</x:v>
       </x:c>
       <x:c r="G1169" s="3" t="str">
         <x:v>10%</x:v>
       </x:c>
       <x:c r="H1169" s="4" t="str">
         <x:v>27,900원</x:v>
       </x:c>
       <x:c r="I1169" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1170">
       <x:c r="A1170" s="3" t="str">
         <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1170" s="3" t="str">
-        <x:v>G0000007783</x:v>
+        <x:v>G0000009991</x:v>
       </x:c>
       <x:c r="C1170" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1170" s="1" t="str">
-        <x:v>(BHC) 뿌링클 콤보+콜라1.25L</x:v>
+        <x:v>[BHC] 쏘마치순살+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1170" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1170" s="4" t="str">
         <x:v>25,500원</x:v>
       </x:c>
       <x:c r="G1170" s="3" t="str">
         <x:v>10%</x:v>
       </x:c>
       <x:c r="H1170" s="4" t="str">
         <x:v>22,950원</x:v>
       </x:c>
       <x:c r="I1170" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1171">
       <x:c r="A1171" s="3" t="str">
         <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1171" s="3" t="str">
-        <x:v>G0000007782</x:v>
+        <x:v>G0000010012</x:v>
       </x:c>
       <x:c r="C1171" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1171" s="1" t="str">
-        <x:v>(BHC) 뿌링클+치즈볼+콜라1.25L</x:v>
+        <x:v>[BHC] 쏘마치콤보+치로스+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1171" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1171" s="4" t="str">
-        <x:v>29,000원</x:v>
+        <x:v>31,500원</x:v>
       </x:c>
       <x:c r="G1171" s="3" t="str">
         <x:v>10%</x:v>
       </x:c>
       <x:c r="H1171" s="4" t="str">
-        <x:v>26,100원</x:v>
+        <x:v>28,350원</x:v>
       </x:c>
       <x:c r="I1171" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1172">
       <x:c r="A1172" s="3" t="str">
         <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1172" s="3" t="str">
-        <x:v>G0000007781</x:v>
+        <x:v>G0000010011</x:v>
       </x:c>
       <x:c r="C1172" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1172" s="1" t="str">
-        <x:v>(BHC) 뿌링클+콜라1.25L</x:v>
+        <x:v>[BHC] 쏘마치콤보+치즈볼+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1172" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1172" s="4" t="str">
-        <x:v>23,500원</x:v>
+        <x:v>31,000원</x:v>
       </x:c>
       <x:c r="G1172" s="3" t="str">
         <x:v>10%</x:v>
       </x:c>
       <x:c r="H1172" s="4" t="str">
-        <x:v>21,150원</x:v>
+        <x:v>27,900원</x:v>
       </x:c>
       <x:c r="I1172" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1173">
       <x:c r="A1173" s="3" t="str">
         <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1173" s="3" t="str">
-        <x:v>G0000007780</x:v>
+        <x:v>G0000009990</x:v>
       </x:c>
       <x:c r="C1173" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1173" s="1" t="str">
-        <x:v>(BHC) 뿌링클HOT+콜라1.25L</x:v>
+        <x:v>[BHC] 쏘마치콤보+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1173" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1173" s="4" t="str">
-        <x:v>24,500원</x:v>
+        <x:v>25,500원</x:v>
       </x:c>
       <x:c r="G1173" s="3" t="str">
         <x:v>10%</x:v>
       </x:c>
       <x:c r="H1173" s="4" t="str">
-        <x:v>22,050원</x:v>
+        <x:v>22,950원</x:v>
       </x:c>
       <x:c r="I1173" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1174">
       <x:c r="A1174" s="3" t="str">
         <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1174" s="3" t="str">
-        <x:v>G0000007779</x:v>
+        <x:v>G0000009986</x:v>
       </x:c>
       <x:c r="C1174" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1174" s="1" t="str">
-        <x:v>(BHC) 양념치킨+콜라1.25L</x:v>
+        <x:v>[BHC] 양념치킨+뿌링치즈볼+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1174" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1174" s="4" t="str">
-        <x:v>23,500원</x:v>
+        <x:v>30,000원</x:v>
       </x:c>
       <x:c r="G1174" s="3" t="str">
         <x:v>10%</x:v>
       </x:c>
       <x:c r="H1174" s="4" t="str">
-        <x:v>21,150원</x:v>
+        <x:v>27,000원</x:v>
       </x:c>
       <x:c r="I1174" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1175">
       <x:c r="A1175" s="3" t="str">
         <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1175" s="3" t="str">
-        <x:v>G0000007776</x:v>
+        <x:v>G0000009985</x:v>
       </x:c>
       <x:c r="C1175" s="3" t="str">
-        <x:v>특가상품</x:v>
+        <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1175" s="1" t="str">
-        <x:v>(BHC) 후라이드+콜라1.25L</x:v>
+        <x:v>[BHC] 양념치킨+치즈볼+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1175" s="3" t="str">
-        <x:v>30일</x:v>
+        <x:v>60일</x:v>
       </x:c>
       <x:c r="F1175" s="4" t="str">
-        <x:v>22,500원</x:v>
+        <x:v>29,000원</x:v>
       </x:c>
       <x:c r="G1175" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1175" s="4" t="str">
-        <x:v>19,800원</x:v>
+        <x:v>26,100원</x:v>
       </x:c>
       <x:c r="I1175" s="1" t="str">
-        <x:v>
-# 동일 수신번호는 3개를 초과할 수 없습니다.</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="1176">
       <x:c r="A1176" s="3" t="str">
         <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1176" s="3" t="str">
-        <x:v>G0000007778</x:v>
+        <x:v>G0000010008</x:v>
       </x:c>
       <x:c r="C1176" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1176" s="1" t="str">
-        <x:v>(BHC) 후라이드+콜라1.25L</x:v>
+        <x:v>[BHC] 양념치킨+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1176" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1176" s="4" t="str">
-        <x:v>22,500원</x:v>
+        <x:v>23,500원</x:v>
       </x:c>
       <x:c r="G1176" s="3" t="str">
         <x:v>10%</x:v>
       </x:c>
       <x:c r="H1176" s="4" t="str">
-        <x:v>20,250원</x:v>
+        <x:v>21,150원</x:v>
       </x:c>
       <x:c r="I1176" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1177">
       <x:c r="A1177" s="3" t="str">
         <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1177" s="3" t="str">
-        <x:v>G0000007777</x:v>
+        <x:v>G0000009988</x:v>
       </x:c>
       <x:c r="C1177" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1177" s="1" t="str">
-        <x:v>(BHC) 후라이드반/양념반+콜라1.25L</x:v>
+        <x:v>[BHC] 양념치킨콤보+치즈볼+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1177" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1177" s="4" t="str">
-        <x:v>23,500원</x:v>
+        <x:v>32,000원</x:v>
       </x:c>
       <x:c r="G1177" s="3" t="str">
         <x:v>10%</x:v>
       </x:c>
       <x:c r="H1177" s="4" t="str">
-        <x:v>21,150원</x:v>
+        <x:v>28,800원</x:v>
       </x:c>
       <x:c r="I1177" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1178">
       <x:c r="A1178" s="3" t="str">
-        <x:v>CGV</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1178" s="3" t="str">
-        <x:v>G0000008651</x:v>
+        <x:v>G0000009987</x:v>
       </x:c>
       <x:c r="C1178" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1178" s="1" t="str">
-        <x:v>[CJONE] CGV기프트카드 1만원권</x:v>
+        <x:v>[BHC] 양념치킨콤보+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1178" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1178" s="4" t="str">
-        <x:v>10,000원</x:v>
+        <x:v>26,500원</x:v>
       </x:c>
       <x:c r="G1178" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1178" s="4" t="str">
-        <x:v>9,800원</x:v>
+        <x:v>23,850원</x:v>
       </x:c>
       <x:c r="I1178" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1179">
       <x:c r="A1179" s="3" t="str">
-        <x:v>CGV</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1179" s="3" t="str">
-        <x:v>G0000008652</x:v>
+        <x:v>G0000010005</x:v>
       </x:c>
       <x:c r="C1179" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1179" s="1" t="str">
-        <x:v>[CJONE] CGV기프트카드 2만원권</x:v>
+        <x:v>[BHC] 콰삭킹+맛초킹라이스+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1179" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1179" s="4" t="str">
-        <x:v>20,000원</x:v>
+        <x:v>27,500원</x:v>
       </x:c>
       <x:c r="G1179" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1179" s="4" t="str">
-        <x:v>19,600원</x:v>
+        <x:v>24,750원</x:v>
       </x:c>
       <x:c r="I1179" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1180">
       <x:c r="A1180" s="3" t="str">
-        <x:v>CGV</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1180" s="3" t="str">
-        <x:v>G0000008653</x:v>
+        <x:v>G0000010004</x:v>
       </x:c>
       <x:c r="C1180" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1180" s="1" t="str">
-        <x:v>[CJONE] CGV기프트카드 3만원권</x:v>
+        <x:v>[BHC] 콰삭킹+분모자로제떡볶이+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1180" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1180" s="4" t="str">
-        <x:v>30,000원</x:v>
+        <x:v>29,500원</x:v>
       </x:c>
       <x:c r="G1180" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1180" s="4" t="str">
-        <x:v>29,400원</x:v>
+        <x:v>26,550원</x:v>
       </x:c>
       <x:c r="I1180" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1181">
       <x:c r="A1181" s="3" t="str">
-        <x:v>CGV</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1181" s="3" t="str">
-        <x:v>G0000008654</x:v>
+        <x:v>G0000009982</x:v>
       </x:c>
       <x:c r="C1181" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1181" s="1" t="str">
-        <x:v>[CJONE] CGV기프트카드 5만원권</x:v>
+        <x:v>[BHC] 콰삭킹+뿌링클나쵸+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1181" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1181" s="4" t="str">
-        <x:v>50,000원</x:v>
+        <x:v>25,500원</x:v>
       </x:c>
       <x:c r="G1181" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1181" s="4" t="str">
-        <x:v>49,000원</x:v>
+        <x:v>22,950원</x:v>
       </x:c>
       <x:c r="I1181" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1182">
       <x:c r="A1182" s="3" t="str">
-        <x:v>CJONE</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1182" s="3" t="str">
-        <x:v>G0000008646</x:v>
+        <x:v>G0000009981</x:v>
       </x:c>
       <x:c r="C1182" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1182" s="1" t="str">
-        <x:v>[CJONE] CJ기프트카드 1만원권</x:v>
+        <x:v>[BHC] 콰삭킹+뿌링클라이스+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1182" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1182" s="4" t="str">
-        <x:v>10,000원</x:v>
+        <x:v>27,500원</x:v>
       </x:c>
       <x:c r="G1182" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1182" s="4" t="str">
-        <x:v>9,800원</x:v>
+        <x:v>24,750원</x:v>
       </x:c>
       <x:c r="I1182" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1183">
       <x:c r="A1183" s="3" t="str">
-        <x:v>CJONE</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1183" s="3" t="str">
-        <x:v>G0000008647</x:v>
+        <x:v>G0000009980</x:v>
       </x:c>
       <x:c r="C1183" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1183" s="1" t="str">
-        <x:v>[CJONE] CJ기프트카드 2만원권</x:v>
+        <x:v>[BHC] 콰삭킹+치즈볼+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1183" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1183" s="4" t="str">
-        <x:v>20,000원</x:v>
+        <x:v>29,000원</x:v>
       </x:c>
       <x:c r="G1183" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1183" s="4" t="str">
-        <x:v>19,600원</x:v>
+        <x:v>26,100원</x:v>
       </x:c>
       <x:c r="I1183" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1184">
       <x:c r="A1184" s="3" t="str">
-        <x:v>CJONE</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1184" s="3" t="str">
-        <x:v>G0000008648</x:v>
+        <x:v>G0000009979</x:v>
       </x:c>
       <x:c r="C1184" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1184" s="1" t="str">
-        <x:v>[CJONE] CJ기프트카드 3만원권</x:v>
+        <x:v>[BHC] 콰삭킹+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1184" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1184" s="4" t="str">
-        <x:v>30,000원</x:v>
+        <x:v>23,500원</x:v>
       </x:c>
       <x:c r="G1184" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1184" s="4" t="str">
-        <x:v>29,400원</x:v>
+        <x:v>21,150원</x:v>
       </x:c>
       <x:c r="I1184" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1185">
       <x:c r="A1185" s="3" t="str">
-        <x:v>CJONE</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1185" s="3" t="str">
-        <x:v>G0000008649</x:v>
+        <x:v>G0000009984</x:v>
       </x:c>
       <x:c r="C1185" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1185" s="1" t="str">
-        <x:v>[CJONE] CJ기프트카드 5만원권</x:v>
+        <x:v>[BHC] 콰삭킹순살+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1185" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1185" s="4" t="str">
-        <x:v>50,000원</x:v>
+        <x:v>25,500원</x:v>
       </x:c>
       <x:c r="G1185" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1185" s="4" t="str">
-        <x:v>49,000원</x:v>
+        <x:v>22,950원</x:v>
       </x:c>
       <x:c r="I1185" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1186">
       <x:c r="A1186" s="3" t="str">
-        <x:v>CJONE</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1186" s="3" t="str">
-        <x:v>G0000008650</x:v>
+        <x:v>G0000010007</x:v>
       </x:c>
       <x:c r="C1186" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1186" s="1" t="str">
-        <x:v>[CJONE] CJ기프트카드 5천원권</x:v>
+        <x:v>[BHC] 콰삭킹스틱+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1186" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1186" s="4" t="str">
-        <x:v>5,000원</x:v>
+        <x:v>25,500원</x:v>
       </x:c>
       <x:c r="G1186" s="3" t="str">
-        <x:v>2%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1186" s="4" t="str">
-        <x:v>4,900원</x:v>
+        <x:v>22,950원</x:v>
       </x:c>
       <x:c r="I1186" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1187">
       <x:c r="A1187" s="3" t="str">
-        <x:v>CU</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1187" s="3" t="str">
-        <x:v>G0000005915</x:v>
+        <x:v>G0000010006</x:v>
       </x:c>
       <x:c r="C1187" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1187" s="1" t="str">
-        <x:v>[CU] 15,000원 상품권</x:v>
+        <x:v>[BHC] 콰삭킹윙+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1187" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1187" s="4" t="str">
-        <x:v>15,000원</x:v>
+        <x:v>25,500원</x:v>
       </x:c>
       <x:c r="G1187" s="3" t="str">
         <x:v>10%</x:v>
       </x:c>
       <x:c r="H1187" s="4" t="str">
-        <x:v>13,500원</x:v>
+        <x:v>22,950원</x:v>
       </x:c>
       <x:c r="I1187" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1188">
       <x:c r="A1188" s="3" t="str">
-        <x:v>CU</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1188" s="3" t="str">
-        <x:v>G0000008085</x:v>
+        <x:v>G0000009983</x:v>
       </x:c>
       <x:c r="C1188" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1188" s="1" t="str">
-        <x:v>[CU] 1만원 상품권</x:v>
+        <x:v>[BHC] 콰삭킹콤보+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1188" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1188" s="4" t="str">
-        <x:v>10,000원</x:v>
+        <x:v>25,500원</x:v>
       </x:c>
       <x:c r="G1188" s="3" t="str">
         <x:v>10%</x:v>
       </x:c>
       <x:c r="H1188" s="4" t="str">
-        <x:v>9,000원</x:v>
+        <x:v>22,950원</x:v>
       </x:c>
       <x:c r="I1188" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1189">
       <x:c r="A1189" s="3" t="str">
-        <x:v>CU</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1189" s="3" t="str">
-        <x:v>G0000005916</x:v>
+        <x:v>G0000010001</x:v>
       </x:c>
       <x:c r="C1189" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1189" s="1" t="str">
-        <x:v>[CU] 2만원 상품권</x:v>
+        <x:v>[BHC] 콰삭톡+맛초킹라이스+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1189" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1189" s="4" t="str">
-        <x:v>20,000원</x:v>
+        <x:v>29,500원</x:v>
       </x:c>
       <x:c r="G1189" s="3" t="str">
         <x:v>10%</x:v>
       </x:c>
       <x:c r="H1189" s="4" t="str">
-        <x:v>18,000원</x:v>
+        <x:v>26,550원</x:v>
       </x:c>
       <x:c r="I1189" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1190">
       <x:c r="A1190" s="3" t="str">
-        <x:v>CU</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1190" s="3" t="str">
-        <x:v>G0000005917</x:v>
+        <x:v>G0000009976</x:v>
       </x:c>
       <x:c r="C1190" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1190" s="1" t="str">
-        <x:v>[CU] 3만원 상품권</x:v>
+        <x:v>[BHC] 콰삭톡+분모자로제떡볶이+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1190" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1190" s="4" t="str">
-        <x:v>30,000원</x:v>
+        <x:v>31,500원</x:v>
       </x:c>
       <x:c r="G1190" s="3" t="str">
         <x:v>10%</x:v>
       </x:c>
       <x:c r="H1190" s="4" t="str">
-        <x:v>27,000원</x:v>
+        <x:v>28,350원</x:v>
       </x:c>
       <x:c r="I1190" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1191">
       <x:c r="A1191" s="3" t="str">
-        <x:v>CU</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1191" s="3" t="str">
-        <x:v>G0000005918</x:v>
+        <x:v>G0000010000</x:v>
       </x:c>
       <x:c r="C1191" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1191" s="1" t="str">
-        <x:v>[CU] 5만원 상품권</x:v>
+        <x:v>[BHC] 콰삭톡+뿌링클나쵸+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1191" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1191" s="4" t="str">
-        <x:v>50,000원</x:v>
+        <x:v>27,500원</x:v>
       </x:c>
       <x:c r="G1191" s="3" t="str">
         <x:v>10%</x:v>
       </x:c>
       <x:c r="H1191" s="4" t="str">
-        <x:v>45,000원</x:v>
+        <x:v>24,750원</x:v>
       </x:c>
       <x:c r="I1191" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1192">
       <x:c r="A1192" s="3" t="str">
-        <x:v>CU</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1192" s="3" t="str">
-        <x:v>G0000008625</x:v>
+        <x:v>G0000009999</x:v>
       </x:c>
       <x:c r="C1192" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1192" s="1" t="str">
-        <x:v>[CU] 광동)비타500병100ml</x:v>
+        <x:v>[BHC] 콰삭톡+뿌링클라이스+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1192" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1192" s="4" t="str">
-        <x:v>1,000원</x:v>
+        <x:v>29,500원</x:v>
       </x:c>
       <x:c r="G1192" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1192" s="4" t="str">
-        <x:v>880원</x:v>
+        <x:v>26,550원</x:v>
       </x:c>
       <x:c r="I1192" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1193">
       <x:c r="A1193" s="3" t="str">
-        <x:v>CU</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1193" s="3" t="str">
-        <x:v>G0000008624</x:v>
+        <x:v>G0000009975</x:v>
       </x:c>
       <x:c r="C1193" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1193" s="1" t="str">
-        <x:v>[CU] 광동)옥수수수염P500ml</x:v>
+        <x:v>[BHC] 콰삭톡+웨지감자+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1193" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1193" s="4" t="str">
-        <x:v>1,800원</x:v>
+        <x:v>31,500원</x:v>
       </x:c>
       <x:c r="G1193" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1193" s="4" t="str">
-        <x:v>1,584원</x:v>
+        <x:v>28,350원</x:v>
       </x:c>
       <x:c r="I1193" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1194">
       <x:c r="A1194" s="3" t="str">
-        <x:v>CU</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1194" s="3" t="str">
-        <x:v>G0000008623</x:v>
+        <x:v>G0000009974</x:v>
       </x:c>
       <x:c r="C1194" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1194" s="1" t="str">
-        <x:v>[CU] 그래미)여명808캔</x:v>
+        <x:v>[BHC] 콰삭톡+치즈볼+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1194" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1194" s="4" t="str">
-        <x:v>5,500원</x:v>
+        <x:v>31,000원</x:v>
       </x:c>
       <x:c r="G1194" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1194" s="4" t="str">
-        <x:v>4,840원</x:v>
+        <x:v>27,900원</x:v>
       </x:c>
       <x:c r="I1194" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1195">
       <x:c r="A1195" s="3" t="str">
-        <x:v>CU</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1195" s="3" t="str">
-        <x:v>G0000008621</x:v>
+        <x:v>G0000009973</x:v>
       </x:c>
       <x:c r="C1195" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1195" s="1" t="str">
-        <x:v>[CU] 동서)스타벅스라떼컵270ml</x:v>
+        <x:v>[BHC] 콰삭톡+케이준프라이+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1195" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1195" s="4" t="str">
-        <x:v>2,500원</x:v>
+        <x:v>29,500원</x:v>
       </x:c>
       <x:c r="G1195" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1195" s="4" t="str">
-        <x:v>2,200원</x:v>
+        <x:v>26,550원</x:v>
       </x:c>
       <x:c r="I1195" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1196">
       <x:c r="A1196" s="3" t="str">
-        <x:v>CU</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1196" s="3" t="str">
-        <x:v>G0000009329</x:v>
+        <x:v>G0000009972</x:v>
       </x:c>
       <x:c r="C1196" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1196" s="1" t="str">
-        <x:v>[CU] 동아)박카스F</x:v>
+        <x:v>[BHC] 콰삭톡+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1196" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1196" s="4" t="str">
-        <x:v>1,000원</x:v>
+        <x:v>25,500원</x:v>
       </x:c>
       <x:c r="G1196" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1196" s="4" t="str">
-        <x:v>880원</x:v>
+        <x:v>22,950원</x:v>
       </x:c>
       <x:c r="I1196" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1197">
       <x:c r="A1197" s="3" t="str">
-        <x:v>CU</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1197" s="3" t="str">
-        <x:v>G0000008634</x:v>
+        <x:v>G0000009978</x:v>
       </x:c>
       <x:c r="C1197" s="3" t="str">
-        <x:v>특가상품</x:v>
+        <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1197" s="1" t="str">
-        <x:v>[CU] 모바일상품권 1,000원</x:v>
+        <x:v>[BHC] 콰삭톡순살+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1197" s="3" t="str">
-        <x:v>30일</x:v>
+        <x:v>60일</x:v>
       </x:c>
       <x:c r="F1197" s="4" t="str">
-        <x:v>1,000원</x:v>
+        <x:v>27,500원</x:v>
       </x:c>
       <x:c r="G1197" s="3" t="str">
-        <x:v>15%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1197" s="4" t="str">
-        <x:v>850원</x:v>
+        <x:v>24,750원</x:v>
       </x:c>
       <x:c r="I1197" s="1" t="str">
-        <x:v># 최소 수량 100개 이상 발송 가능
-# 동일 수신번호는 3개를 초과할 수 없습니다.</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="1198">
       <x:c r="A1198" s="3" t="str">
-        <x:v>CU</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1198" s="3" t="str">
-        <x:v>G0000008604</x:v>
+        <x:v>G0000010003</x:v>
       </x:c>
       <x:c r="C1198" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1198" s="1" t="str">
-        <x:v>[CU] 모바일상품권 1,000원</x:v>
+        <x:v>[BHC] 콰삭톡스틱+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1198" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1198" s="4" t="str">
-        <x:v>1,000원</x:v>
+        <x:v>27,500원</x:v>
       </x:c>
       <x:c r="G1198" s="3" t="str">
         <x:v>10%</x:v>
       </x:c>
       <x:c r="H1198" s="4" t="str">
-        <x:v>900원</x:v>
+        <x:v>24,750원</x:v>
       </x:c>
       <x:c r="I1198" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1199">
       <x:c r="A1199" s="3" t="str">
-        <x:v>CU</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1199" s="3" t="str">
-        <x:v>G0000008603</x:v>
+        <x:v>G0000009977</x:v>
       </x:c>
       <x:c r="C1199" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1199" s="1" t="str">
-        <x:v>[CU] 모바일상품권 1,500원</x:v>
+        <x:v>[BHC] 콰삭톡윙+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1199" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1199" s="4" t="str">
-        <x:v>1,500원</x:v>
+        <x:v>27,500원</x:v>
       </x:c>
       <x:c r="G1199" s="3" t="str">
         <x:v>10%</x:v>
       </x:c>
       <x:c r="H1199" s="4" t="str">
-        <x:v>1,350원</x:v>
+        <x:v>24,750원</x:v>
       </x:c>
       <x:c r="I1199" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1200">
       <x:c r="A1200" s="3" t="str">
-        <x:v>CU</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1200" s="3" t="str">
-        <x:v>G0000008602</x:v>
+        <x:v>G0000010002</x:v>
       </x:c>
       <x:c r="C1200" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1200" s="1" t="str">
-        <x:v>[CU] 모바일상품권 2,000원</x:v>
+        <x:v>[BHC] 콰삭톡콤보+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1200" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1200" s="4" t="str">
-        <x:v>2,000원</x:v>
+        <x:v>27,500원</x:v>
       </x:c>
       <x:c r="G1200" s="3" t="str">
         <x:v>10%</x:v>
       </x:c>
       <x:c r="H1200" s="4" t="str">
-        <x:v>1,800원</x:v>
+        <x:v>24,750원</x:v>
       </x:c>
       <x:c r="I1200" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1201">
       <x:c r="A1201" s="3" t="str">
-        <x:v>CU</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1201" s="3" t="str">
-        <x:v>G0000008633</x:v>
+        <x:v>G0000009970</x:v>
       </x:c>
       <x:c r="C1201" s="3" t="str">
-        <x:v>특가상품</x:v>
+        <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1201" s="1" t="str">
-        <x:v>[CU] 모바일상품권 3,000원</x:v>
+        <x:v>[BHC] 후라이드+양념치킨+치즈볼+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1201" s="3" t="str">
-        <x:v>30일</x:v>
+        <x:v>60일</x:v>
       </x:c>
       <x:c r="F1201" s="4" t="str">
-        <x:v>3,000원</x:v>
+        <x:v>49,000원</x:v>
       </x:c>
       <x:c r="G1201" s="3" t="str">
-        <x:v>15%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1201" s="4" t="str">
-        <x:v>2,550원</x:v>
+        <x:v>44,100원</x:v>
       </x:c>
       <x:c r="I1201" s="1" t="str">
-        <x:v># 최소 수량 100개 이상 발송 가능
-# 동일 수신번호는 3개를 초과할 수 없습니다.</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="1202">
       <x:c r="A1202" s="3" t="str">
-        <x:v>CU</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1202" s="3" t="str">
-        <x:v>G0000008601</x:v>
+        <x:v>G0000009997</x:v>
       </x:c>
       <x:c r="C1202" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1202" s="1" t="str">
-        <x:v>[CU] 모바일상품권 3,000원</x:v>
+        <x:v>[BHC] 후라이드+양념치킨+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1202" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1202" s="4" t="str">
-        <x:v>3,000원</x:v>
+        <x:v>43,500원</x:v>
       </x:c>
       <x:c r="G1202" s="3" t="str">
         <x:v>10%</x:v>
       </x:c>
       <x:c r="H1202" s="4" t="str">
-        <x:v>2,700원</x:v>
+        <x:v>39,150원</x:v>
       </x:c>
       <x:c r="I1202" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1203">
       <x:c r="A1203" s="3" t="str">
-        <x:v>CU</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1203" s="3" t="str">
-        <x:v>G0000008600</x:v>
+        <x:v>G0000010043</x:v>
       </x:c>
       <x:c r="C1203" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1203" s="1" t="str">
-        <x:v>[CU] 모바일상품권 4,000원</x:v>
+        <x:v>[BHC] 후라이드+치즈볼+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1203" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1203" s="4" t="str">
-        <x:v>4,000원</x:v>
+        <x:v>28,000원</x:v>
       </x:c>
       <x:c r="G1203" s="3" t="str">
         <x:v>10%</x:v>
       </x:c>
       <x:c r="H1203" s="4" t="str">
-        <x:v>3,600원</x:v>
+        <x:v>25,200원</x:v>
       </x:c>
       <x:c r="I1203" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1204">
       <x:c r="A1204" s="3" t="str">
-        <x:v>CU</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1204" s="3" t="str">
-        <x:v>G0000008632</x:v>
+        <x:v>G0000009969</x:v>
       </x:c>
       <x:c r="C1204" s="3" t="str">
-        <x:v>특가상품</x:v>
+        <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1204" s="1" t="str">
-        <x:v>[CU] 모바일상품권 5,000원</x:v>
+        <x:v>[BHC] 후라이드+케이준프라이+뿌링치즈볼+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1204" s="3" t="str">
-        <x:v>30일</x:v>
+        <x:v>60일</x:v>
       </x:c>
       <x:c r="F1204" s="4" t="str">
-        <x:v>5,000원</x:v>
+        <x:v>33,000원</x:v>
       </x:c>
       <x:c r="G1204" s="3" t="str">
-        <x:v>15%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1204" s="4" t="str">
-        <x:v>4,250원</x:v>
+        <x:v>29,700원</x:v>
       </x:c>
       <x:c r="I1204" s="1" t="str">
-        <x:v># 최소 수량 100개 이상 발송 가능
-# 동일 수신번호는 3개를 초과할 수 없습니다.</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="1205">
       <x:c r="A1205" s="3" t="str">
-        <x:v>CU</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1205" s="3" t="str">
-        <x:v>G0000008599</x:v>
+        <x:v>G0000010042</x:v>
       </x:c>
       <x:c r="C1205" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1205" s="1" t="str">
-        <x:v>[CU] 모바일상품권 5,000원</x:v>
+        <x:v>[BHC] 후라이드+케이준프라이+치즈볼+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1205" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1205" s="4" t="str">
-        <x:v>5,000원</x:v>
+        <x:v>32,000원</x:v>
       </x:c>
       <x:c r="G1205" s="3" t="str">
         <x:v>10%</x:v>
       </x:c>
       <x:c r="H1205" s="4" t="str">
-        <x:v>4,500원</x:v>
+        <x:v>28,800원</x:v>
       </x:c>
       <x:c r="I1205" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1206">
       <x:c r="A1206" s="3" t="str">
-        <x:v>CU</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1206" s="3" t="str">
-        <x:v>G0000008598</x:v>
+        <x:v>G0000010041</x:v>
       </x:c>
       <x:c r="C1206" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1206" s="1" t="str">
-        <x:v>[CU] 모바일상품권 6,000원</x:v>
+        <x:v>[BHC] 후라이드+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1206" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1206" s="4" t="str">
-        <x:v>6,000원</x:v>
+        <x:v>22,500원</x:v>
       </x:c>
       <x:c r="G1206" s="3" t="str">
         <x:v>10%</x:v>
       </x:c>
       <x:c r="H1206" s="4" t="str">
-        <x:v>5,400원</x:v>
+        <x:v>20,250원</x:v>
       </x:c>
       <x:c r="I1206" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1207">
       <x:c r="A1207" s="3" t="str">
-        <x:v>CU</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1207" s="3" t="str">
-        <x:v>G0000008597</x:v>
+        <x:v>G0000009968</x:v>
       </x:c>
       <x:c r="C1207" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1207" s="1" t="str">
-        <x:v>[CU] 모바일상품권 7,000원</x:v>
+        <x:v>[BHC] 후라이드반/양념반+뿌링치즈볼+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1207" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1207" s="4" t="str">
-        <x:v>7,000원</x:v>
+        <x:v>30,000원</x:v>
       </x:c>
       <x:c r="G1207" s="3" t="str">
         <x:v>10%</x:v>
       </x:c>
       <x:c r="H1207" s="4" t="str">
-        <x:v>6,300원</x:v>
+        <x:v>27,000원</x:v>
       </x:c>
       <x:c r="I1207" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1208">
       <x:c r="A1208" s="3" t="str">
-        <x:v>CU</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1208" s="3" t="str">
-        <x:v>G0000008596</x:v>
+        <x:v>G0000010040</x:v>
       </x:c>
       <x:c r="C1208" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1208" s="1" t="str">
-        <x:v>[CU] 모바일상품권 8,000원</x:v>
+        <x:v>[BHC] 후라이드반/양념반+치즈볼+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1208" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1208" s="4" t="str">
-        <x:v>8,000원</x:v>
+        <x:v>29,000원</x:v>
       </x:c>
       <x:c r="G1208" s="3" t="str">
         <x:v>10%</x:v>
       </x:c>
       <x:c r="H1208" s="4" t="str">
-        <x:v>7,200원</x:v>
+        <x:v>26,100원</x:v>
       </x:c>
       <x:c r="I1208" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1209">
       <x:c r="A1209" s="3" t="str">
-        <x:v>CU</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1209" s="3" t="str">
-        <x:v>G0000008595</x:v>
+        <x:v>G0000010039</x:v>
       </x:c>
       <x:c r="C1209" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1209" s="1" t="str">
-        <x:v>[CU] 모바일상품권 9,000원</x:v>
+        <x:v>[BHC] 후라이드반/양념반+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1209" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1209" s="4" t="str">
-        <x:v>9,000원</x:v>
+        <x:v>23,500원</x:v>
       </x:c>
       <x:c r="G1209" s="3" t="str">
         <x:v>10%</x:v>
       </x:c>
       <x:c r="H1209" s="4" t="str">
-        <x:v>8,100원</x:v>
+        <x:v>21,150원</x:v>
       </x:c>
       <x:c r="I1209" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1210">
       <x:c r="A1210" s="3" t="str">
-        <x:v>CU</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1210" s="3" t="str">
-        <x:v>G0000008631</x:v>
+        <x:v>G0000009971</x:v>
       </x:c>
       <x:c r="C1210" s="3" t="str">
-        <x:v>특가상품</x:v>
+        <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1210" s="1" t="str">
-        <x:v>[CU] 빙그레)메로나</x:v>
+        <x:v>[BHC] 후라이드콤보+치즈볼+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1210" s="3" t="str">
-        <x:v>30일</x:v>
+        <x:v>60일</x:v>
       </x:c>
       <x:c r="F1210" s="4" t="str">
-        <x:v>1,500원</x:v>
+        <x:v>31,000원</x:v>
       </x:c>
       <x:c r="G1210" s="3" t="str">
-        <x:v>20%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1210" s="4" t="str">
-        <x:v>1,200원</x:v>
+        <x:v>27,900원</x:v>
       </x:c>
       <x:c r="I1210" s="1" t="str">
-        <x:v># 최소 수량 100개 이상 발송 가능
-# 동일 수신번호는 3개를 초과할 수 없습니다.</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="1211">
       <x:c r="A1211" s="3" t="str">
-        <x:v>CU</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1211" s="3" t="str">
-        <x:v>G0000008620</x:v>
+        <x:v>G0000009998</x:v>
       </x:c>
       <x:c r="C1211" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1211" s="1" t="str">
-        <x:v>[CU] 빙그레)메로나</x:v>
+        <x:v>[BHC] 후라이드콤보+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1211" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1211" s="4" t="str">
-        <x:v>1,500원</x:v>
+        <x:v>25,500원</x:v>
       </x:c>
       <x:c r="G1211" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1211" s="4" t="str">
-        <x:v>1,320원</x:v>
+        <x:v>22,950원</x:v>
       </x:c>
       <x:c r="I1211" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1212">
       <x:c r="A1212" s="3" t="str">
-        <x:v>CU</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1212" s="3" t="str">
-        <x:v>G0000008619</x:v>
+        <x:v>G0000009958</x:v>
       </x:c>
       <x:c r="C1212" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1212" s="1" t="str">
-        <x:v>[CU] 빙그레)바나나우유240ml</x:v>
+        <x:v>[BHC] HOT골드킹+치즈볼+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1212" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1212" s="4" t="str">
-        <x:v>1,800원</x:v>
+        <x:v>29,000원</x:v>
       </x:c>
       <x:c r="G1212" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1212" s="4" t="str">
-        <x:v>1,584원</x:v>
+        <x:v>26,100원</x:v>
       </x:c>
       <x:c r="I1212" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1213">
       <x:c r="A1213" s="3" t="str">
-        <x:v>CU</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1213" s="3" t="str">
-        <x:v>G0000008617</x:v>
+        <x:v>G0000009957</x:v>
       </x:c>
       <x:c r="C1213" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1213" s="1" t="str">
-        <x:v>[CU] 빙그레)투게더홈</x:v>
+        <x:v>[BHC] HOT골드킹+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1213" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1213" s="4" t="str">
-        <x:v>9,800원</x:v>
+        <x:v>23,500원</x:v>
       </x:c>
       <x:c r="G1213" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1213" s="4" t="str">
-        <x:v>8,624원</x:v>
+        <x:v>21,150원</x:v>
       </x:c>
       <x:c r="I1213" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1214">
       <x:c r="A1214" s="3" t="str">
-        <x:v>CU</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1214" s="3" t="str">
-        <x:v>G0000008616</x:v>
+        <x:v>G0000009960</x:v>
       </x:c>
       <x:c r="C1214" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1214" s="1" t="str">
-        <x:v>[CU] 삼양)불닭볶음면컵</x:v>
+        <x:v>[BHC] HOT골드킹콤보+치즈볼+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1214" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1214" s="4" t="str">
-        <x:v>1,800원</x:v>
+        <x:v>32,000원</x:v>
       </x:c>
       <x:c r="G1214" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1214" s="4" t="str">
-        <x:v>1,584원</x:v>
+        <x:v>28,800원</x:v>
       </x:c>
       <x:c r="I1214" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1215">
       <x:c r="A1215" s="3" t="str">
-        <x:v>CU</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1215" s="3" t="str">
-        <x:v>G0000008615</x:v>
+        <x:v>G0000009959</x:v>
       </x:c>
       <x:c r="C1215" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1215" s="1" t="str">
-        <x:v>[CU] 삼양사)상쾌환</x:v>
+        <x:v>[BHC] HOT골드킹콤보+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1215" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1215" s="4" t="str">
-        <x:v>2,900원</x:v>
+        <x:v>26,500원</x:v>
       </x:c>
       <x:c r="G1215" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1215" s="4" t="str">
-        <x:v>2,552원</x:v>
+        <x:v>23,850원</x:v>
       </x:c>
       <x:c r="I1215" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1216">
       <x:c r="A1216" s="3" t="str">
-        <x:v>CU</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1216" s="3" t="str">
-        <x:v>G0000008614</x:v>
+        <x:v>G0000010036</x:v>
       </x:c>
       <x:c r="C1216" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1216" s="1" t="str">
-        <x:v>[CU] 서울)비요뜨초코링</x:v>
+        <x:v>[BHC] HOT후라이드+치즈볼+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1216" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1216" s="4" t="str">
-        <x:v>1,800원</x:v>
+        <x:v>29,000원</x:v>
       </x:c>
       <x:c r="G1216" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1216" s="4" t="str">
-        <x:v>1,584원</x:v>
+        <x:v>26,100원</x:v>
       </x:c>
       <x:c r="I1216" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1217">
       <x:c r="A1217" s="3" t="str">
-        <x:v>CU</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1217" s="3" t="str">
-        <x:v>G0000008613</x:v>
+        <x:v>G0000009955</x:v>
       </x:c>
       <x:c r="C1217" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1217" s="1" t="str">
-        <x:v>[CU] 오뚜기)컵누들매콤소컵</x:v>
+        <x:v>[BHC] HOT후라이드+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1217" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1217" s="4" t="str">
-        <x:v>1,800원</x:v>
+        <x:v>23,500원</x:v>
       </x:c>
       <x:c r="G1217" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1217" s="4" t="str">
-        <x:v>1,584원</x:v>
+        <x:v>21,150원</x:v>
       </x:c>
       <x:c r="I1217" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1218">
       <x:c r="A1218" s="3" t="str">
-        <x:v>CU</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1218" s="3" t="str">
-        <x:v>G0000008630</x:v>
+        <x:v>G0000010038</x:v>
       </x:c>
       <x:c r="C1218" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1218" s="1" t="str">
-        <x:v>[CU] 오리온)마이구미포도1000</x:v>
+        <x:v>[BHC] HOT후라이드스틱+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1218" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1218" s="4" t="str">
-        <x:v>1,000원</x:v>
+        <x:v>25,500원</x:v>
       </x:c>
       <x:c r="G1218" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1218" s="4" t="str">
-        <x:v>880원</x:v>
+        <x:v>22,950원</x:v>
       </x:c>
       <x:c r="I1218" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1219">
       <x:c r="A1219" s="3" t="str">
-        <x:v>CU</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1219" s="3" t="str">
-        <x:v>G0000008612</x:v>
+        <x:v>G0000009956</x:v>
       </x:c>
       <x:c r="C1219" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1219" s="1" t="str">
-        <x:v>[CU] 오리온)오징어땅콩98g</x:v>
+        <x:v>[BHC] HOT후라이드콤보+뿌링치즈볼+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1219" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1219" s="4" t="str">
-        <x:v>1,500원</x:v>
+        <x:v>32,000원</x:v>
       </x:c>
       <x:c r="G1219" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1219" s="4" t="str">
-        <x:v>1,320원</x:v>
+        <x:v>28,800원</x:v>
       </x:c>
       <x:c r="I1219" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1220">
       <x:c r="A1220" s="3" t="str">
-        <x:v>CU</x:v>
+        <x:v>BHC</x:v>
       </x:c>
       <x:c r="B1220" s="3" t="str">
-        <x:v>G0000008611</x:v>
+        <x:v>G0000010037</x:v>
       </x:c>
       <x:c r="C1220" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1220" s="1" t="str">
-        <x:v>[CU] 오리온)왕꿈틀이젤리1000</x:v>
+        <x:v>[BHC] HOT후라이드콤보+콜라1.25L</x:v>
       </x:c>
       <x:c r="E1220" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1220" s="4" t="str">
-        <x:v>1,000원</x:v>
+        <x:v>25,500원</x:v>
       </x:c>
       <x:c r="G1220" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1220" s="4" t="str">
-        <x:v>880원</x:v>
+        <x:v>22,950원</x:v>
       </x:c>
       <x:c r="I1220" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1221">
       <x:c r="A1221" s="3" t="str">
-        <x:v>CU</x:v>
+        <x:v>CGV</x:v>
       </x:c>
       <x:c r="B1221" s="3" t="str">
-        <x:v>G0000008610</x:v>
+        <x:v>G0000008651</x:v>
       </x:c>
       <x:c r="C1221" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1221" s="1" t="str">
-        <x:v>[CU] 오리온)초코송이</x:v>
+        <x:v>[CJONE] CGV기프트카드 1만원권</x:v>
       </x:c>
       <x:c r="E1221" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1221" s="4" t="str">
-        <x:v>1,000원</x:v>
+        <x:v>10,000원</x:v>
       </x:c>
       <x:c r="G1221" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H1221" s="4" t="str">
-        <x:v>880원</x:v>
+        <x:v>9,800원</x:v>
       </x:c>
       <x:c r="I1221" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1222">
       <x:c r="A1222" s="3" t="str">
-        <x:v>CU</x:v>
+        <x:v>CGV</x:v>
       </x:c>
       <x:c r="B1222" s="3" t="str">
-        <x:v>G0000008609</x:v>
+        <x:v>G0000008652</x:v>
       </x:c>
       <x:c r="C1222" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1222" s="1" t="str">
-        <x:v>[CU] 크라운)마이쮸딸기</x:v>
+        <x:v>[CJONE] CGV기프트카드 2만원권</x:v>
       </x:c>
       <x:c r="E1222" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1222" s="4" t="str">
-        <x:v>800원</x:v>
+        <x:v>20,000원</x:v>
       </x:c>
       <x:c r="G1222" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H1222" s="4" t="str">
-        <x:v>704원</x:v>
+        <x:v>19,600원</x:v>
       </x:c>
       <x:c r="I1222" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1223">
       <x:c r="A1223" s="3" t="str">
-        <x:v>CU</x:v>
+        <x:v>CGV</x:v>
       </x:c>
       <x:c r="B1223" s="3" t="str">
-        <x:v>G0000008608</x:v>
+        <x:v>G0000008653</x:v>
       </x:c>
       <x:c r="C1223" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1223" s="1" t="str">
-        <x:v>[CU] 크라운)마이쮸복숭아</x:v>
+        <x:v>[CJONE] CGV기프트카드 3만원권</x:v>
       </x:c>
       <x:c r="E1223" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1223" s="4" t="str">
-        <x:v>800원</x:v>
+        <x:v>30,000원</x:v>
       </x:c>
       <x:c r="G1223" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H1223" s="4" t="str">
-        <x:v>704원</x:v>
+        <x:v>29,400원</x:v>
       </x:c>
       <x:c r="I1223" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1224">
       <x:c r="A1224" s="3" t="str">
-        <x:v>CU</x:v>
+        <x:v>CGV</x:v>
       </x:c>
       <x:c r="B1224" s="3" t="str">
-        <x:v>G0000008607</x:v>
+        <x:v>G0000008654</x:v>
       </x:c>
       <x:c r="C1224" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1224" s="1" t="str">
-        <x:v>[CU] 크라운)마이쮸포도</x:v>
+        <x:v>[CJONE] CGV기프트카드 5만원권</x:v>
       </x:c>
       <x:c r="E1224" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1224" s="4" t="str">
-        <x:v>800원</x:v>
+        <x:v>50,000원</x:v>
       </x:c>
       <x:c r="G1224" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H1224" s="4" t="str">
-        <x:v>704원</x:v>
+        <x:v>49,000원</x:v>
       </x:c>
       <x:c r="I1224" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1225">
       <x:c r="A1225" s="3" t="str">
-        <x:v>CU</x:v>
+        <x:v>CJONE</x:v>
       </x:c>
       <x:c r="B1225" s="3" t="str">
-        <x:v>G0000008606</x:v>
+        <x:v>G0000008646</x:v>
       </x:c>
       <x:c r="C1225" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1225" s="1" t="str">
-        <x:v>[CU] 크라운)새콤달콤복숭아</x:v>
+        <x:v>[CJONE] CJ기프트카드 1만원권</x:v>
       </x:c>
       <x:c r="E1225" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1225" s="4" t="str">
-        <x:v>500원</x:v>
+        <x:v>10,000원</x:v>
       </x:c>
       <x:c r="G1225" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H1225" s="4" t="str">
-        <x:v>440원</x:v>
+        <x:v>9,800원</x:v>
       </x:c>
       <x:c r="I1225" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1226">
       <x:c r="A1226" s="3" t="str">
-        <x:v>CU</x:v>
+        <x:v>CJONE</x:v>
       </x:c>
       <x:c r="B1226" s="3" t="str">
-        <x:v>G0000008605</x:v>
+        <x:v>G0000008647</x:v>
       </x:c>
       <x:c r="C1226" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1226" s="1" t="str">
-        <x:v>[CU] 크라운)새콤달콤포도</x:v>
+        <x:v>[CJONE] CJ기프트카드 2만원권</x:v>
       </x:c>
       <x:c r="E1226" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1226" s="4" t="str">
-        <x:v>500원</x:v>
+        <x:v>20,000원</x:v>
       </x:c>
       <x:c r="G1226" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H1226" s="4" t="str">
-        <x:v>440원</x:v>
+        <x:v>19,600원</x:v>
       </x:c>
       <x:c r="I1226" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1227">
       <x:c r="A1227" s="3" t="str">
-        <x:v>CU</x:v>
+        <x:v>CJONE</x:v>
       </x:c>
       <x:c r="B1227" s="3" t="str">
-        <x:v>G0000008629</x:v>
+        <x:v>G0000008648</x:v>
       </x:c>
       <x:c r="C1227" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1227" s="1" t="str">
-        <x:v>[CU] CJ)큰햇반300g</x:v>
+        <x:v>[CJONE] CJ기프트카드 3만원권</x:v>
       </x:c>
       <x:c r="E1227" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1227" s="4" t="str">
-        <x:v>2,700원</x:v>
+        <x:v>30,000원</x:v>
       </x:c>
       <x:c r="G1227" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H1227" s="4" t="str">
-        <x:v>2,376원</x:v>
+        <x:v>29,400원</x:v>
       </x:c>
       <x:c r="I1227" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1228">
       <x:c r="A1228" s="3" t="str">
-        <x:v>CU</x:v>
+        <x:v>CJONE</x:v>
       </x:c>
       <x:c r="B1228" s="3" t="str">
-        <x:v>G0000008628</x:v>
+        <x:v>G0000008649</x:v>
       </x:c>
       <x:c r="C1228" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1228" s="1" t="str">
-        <x:v>[CU] CJ)햇반210g</x:v>
+        <x:v>[CJONE] CJ기프트카드 5만원권</x:v>
       </x:c>
       <x:c r="E1228" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1228" s="4" t="str">
-        <x:v>1,950원</x:v>
+        <x:v>50,000원</x:v>
       </x:c>
       <x:c r="G1228" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H1228" s="4" t="str">
-        <x:v>1,716원</x:v>
+        <x:v>49,000원</x:v>
       </x:c>
       <x:c r="I1228" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1229">
       <x:c r="A1229" s="3" t="str">
-        <x:v>CU</x:v>
+        <x:v>CJONE</x:v>
       </x:c>
       <x:c r="B1229" s="3" t="str">
-        <x:v>G0000008627</x:v>
+        <x:v>G0000008650</x:v>
       </x:c>
       <x:c r="C1229" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1229" s="1" t="str">
-        <x:v>[CU] HEYROO미네랄워터500ml</x:v>
+        <x:v>[CJONE] CJ기프트카드 5천원권</x:v>
       </x:c>
       <x:c r="E1229" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1229" s="4" t="str">
-        <x:v>600원</x:v>
+        <x:v>5,000원</x:v>
       </x:c>
       <x:c r="G1229" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>2%</x:v>
       </x:c>
       <x:c r="H1229" s="4" t="str">
-        <x:v>528원</x:v>
+        <x:v>4,900원</x:v>
       </x:c>
       <x:c r="I1229" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1230">
       <x:c r="A1230" s="3" t="str">
         <x:v>CU</x:v>
       </x:c>
       <x:c r="B1230" s="3" t="str">
-        <x:v>G0000008626</x:v>
+        <x:v>G0000005915</x:v>
       </x:c>
       <x:c r="C1230" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1230" s="1" t="str">
-        <x:v>[CU] HK)컨디션파워병</x:v>
+        <x:v>[CU] 15,000원 상품권</x:v>
       </x:c>
       <x:c r="E1230" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1230" s="4" t="str">
-        <x:v>5,000원</x:v>
+        <x:v>15,000원</x:v>
       </x:c>
       <x:c r="G1230" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1230" s="4" t="str">
-        <x:v>4,400원</x:v>
+        <x:v>13,500원</x:v>
       </x:c>
       <x:c r="I1230" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1231">
       <x:c r="A1231" s="3" t="str">
-        <x:v>GS25</x:v>
+        <x:v>CU</x:v>
       </x:c>
       <x:c r="B1231" s="3" t="str">
-        <x:v>G0000007661</x:v>
+        <x:v>G0000008085</x:v>
       </x:c>
       <x:c r="C1231" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1231" s="1" t="str">
-        <x:v>(GS25) 빙그레)바나나우유240ML</x:v>
+        <x:v>[CU] 1만원 상품권</x:v>
       </x:c>
       <x:c r="E1231" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1231" s="4" t="str">
-        <x:v>1,800원</x:v>
+        <x:v>10,000원</x:v>
       </x:c>
       <x:c r="G1231" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1231" s="4" t="str">
-        <x:v>1,584원</x:v>
+        <x:v>9,000원</x:v>
       </x:c>
       <x:c r="I1231" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1232">
       <x:c r="A1232" s="3" t="str">
-        <x:v>GS25</x:v>
+        <x:v>CU</x:v>
       </x:c>
       <x:c r="B1232" s="3" t="str">
-        <x:v>G0000007660</x:v>
+        <x:v>G0000005916</x:v>
       </x:c>
       <x:c r="C1232" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1232" s="1" t="str">
-        <x:v>(GS25) 유어스)야쿠르트그랜드280ML</x:v>
+        <x:v>[CU] 2만원 상품권</x:v>
       </x:c>
       <x:c r="E1232" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1232" s="4" t="str">
-        <x:v>1,700원</x:v>
+        <x:v>20,000원</x:v>
       </x:c>
       <x:c r="G1232" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1232" s="4" t="str">
-        <x:v>1,496원</x:v>
+        <x:v>18,000원</x:v>
       </x:c>
       <x:c r="I1232" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1233">
       <x:c r="A1233" s="3" t="str">
-        <x:v>GS25</x:v>
+        <x:v>CU</x:v>
       </x:c>
       <x:c r="B1233" s="3" t="str">
-        <x:v>G0000006116</x:v>
+        <x:v>G0000005917</x:v>
       </x:c>
       <x:c r="C1233" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1233" s="1" t="str">
-        <x:v>(GS25) 칸타타 프리미엄라떼 275ml</x:v>
+        <x:v>[CU] 3만원 상품권</x:v>
       </x:c>
       <x:c r="E1233" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1233" s="4" t="str">
-        <x:v>2,500원</x:v>
+        <x:v>30,000원</x:v>
       </x:c>
       <x:c r="G1233" s="3" t="str">
-        <x:v>12%</x:v>
+        <x:v>10%</x:v>
       </x:c>
       <x:c r="H1233" s="4" t="str">
-        <x:v>2,200원</x:v>
+        <x:v>27,000원</x:v>
       </x:c>
       <x:c r="I1233" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1234">
       <x:c r="A1234" s="3" t="str">
-        <x:v>GS25</x:v>
+        <x:v>CU</x:v>
       </x:c>
       <x:c r="B1234" s="3" t="str">
-        <x:v>G0000005967</x:v>
+        <x:v>G0000005918</x:v>
       </x:c>
       <x:c r="C1234" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1234" s="1" t="str">
-        <x:v>[GS25] 모바일 상품권 1만 5천원권</x:v>
+        <x:v>[CU] 5만원 상품권</x:v>
       </x:c>
       <x:c r="E1234" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1234" s="4" t="str">
-        <x:v>15,000원</x:v>
+        <x:v>50,000원</x:v>
       </x:c>
       <x:c r="G1234" s="3" t="str">
         <x:v>10%</x:v>
       </x:c>
       <x:c r="H1234" s="4" t="str">
-        <x:v>13,500원</x:v>
+        <x:v>45,000원</x:v>
       </x:c>
       <x:c r="I1234" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1235">
       <x:c r="A1235" s="3" t="str">
-        <x:v>GS25</x:v>
+        <x:v>CU</x:v>
       </x:c>
       <x:c r="B1235" s="3" t="str">
-        <x:v>G0000007328</x:v>
+        <x:v>G0000008625</x:v>
       </x:c>
       <x:c r="C1235" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1235" s="1" t="str">
+        <x:v>[CU] 광동)비타500병100ml</x:v>
+      </x:c>
+      <x:c r="E1235" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1235" s="4" t="str">
+        <x:v>1,000원</x:v>
+      </x:c>
+      <x:c r="G1235" s="3" t="str">
+        <x:v>12%</x:v>
+      </x:c>
+      <x:c r="H1235" s="4" t="str">
+        <x:v>880원</x:v>
+      </x:c>
+      <x:c r="I1235" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1236">
+      <x:c r="A1236" s="3" t="str">
+        <x:v>CU</x:v>
+      </x:c>
+      <x:c r="B1236" s="3" t="str">
+        <x:v>G0000008624</x:v>
+      </x:c>
+      <x:c r="C1236" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1236" s="1" t="str">
+        <x:v>[CU] 광동)옥수수수염P500ml</x:v>
+      </x:c>
+      <x:c r="E1236" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1236" s="4" t="str">
+        <x:v>1,800원</x:v>
+      </x:c>
+      <x:c r="G1236" s="3" t="str">
+        <x:v>12%</x:v>
+      </x:c>
+      <x:c r="H1236" s="4" t="str">
+        <x:v>1,584원</x:v>
+      </x:c>
+      <x:c r="I1236" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1237">
+      <x:c r="A1237" s="3" t="str">
+        <x:v>CU</x:v>
+      </x:c>
+      <x:c r="B1237" s="3" t="str">
+        <x:v>G0000008623</x:v>
+      </x:c>
+      <x:c r="C1237" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1237" s="1" t="str">
+        <x:v>[CU] 그래미)여명808캔</x:v>
+      </x:c>
+      <x:c r="E1237" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1237" s="4" t="str">
+        <x:v>5,500원</x:v>
+      </x:c>
+      <x:c r="G1237" s="3" t="str">
+        <x:v>12%</x:v>
+      </x:c>
+      <x:c r="H1237" s="4" t="str">
+        <x:v>4,840원</x:v>
+      </x:c>
+      <x:c r="I1237" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1238">
+      <x:c r="A1238" s="3" t="str">
+        <x:v>CU</x:v>
+      </x:c>
+      <x:c r="B1238" s="3" t="str">
+        <x:v>G0000008621</x:v>
+      </x:c>
+      <x:c r="C1238" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1238" s="1" t="str">
+        <x:v>[CU] 동서)스타벅스라떼컵270ml</x:v>
+      </x:c>
+      <x:c r="E1238" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1238" s="4" t="str">
+        <x:v>2,500원</x:v>
+      </x:c>
+      <x:c r="G1238" s="3" t="str">
+        <x:v>12%</x:v>
+      </x:c>
+      <x:c r="H1238" s="4" t="str">
+        <x:v>2,200원</x:v>
+      </x:c>
+      <x:c r="I1238" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1239">
+      <x:c r="A1239" s="3" t="str">
+        <x:v>CU</x:v>
+      </x:c>
+      <x:c r="B1239" s="3" t="str">
+        <x:v>G0000009329</x:v>
+      </x:c>
+      <x:c r="C1239" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1239" s="1" t="str">
+        <x:v>[CU] 동아)박카스F</x:v>
+      </x:c>
+      <x:c r="E1239" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1239" s="4" t="str">
+        <x:v>1,000원</x:v>
+      </x:c>
+      <x:c r="G1239" s="3" t="str">
+        <x:v>12%</x:v>
+      </x:c>
+      <x:c r="H1239" s="4" t="str">
+        <x:v>880원</x:v>
+      </x:c>
+      <x:c r="I1239" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1240">
+      <x:c r="A1240" s="3" t="str">
+        <x:v>CU</x:v>
+      </x:c>
+      <x:c r="B1240" s="3" t="str">
+        <x:v>G0000008634</x:v>
+      </x:c>
+      <x:c r="C1240" s="3" t="str">
         <x:v>특가상품</x:v>
       </x:c>
-      <x:c r="D1235" s="1" t="str">
-[...2 lines deleted...]
-      <x:c r="E1235" s="3" t="str">
+      <x:c r="D1240" s="1" t="str">
+        <x:v>[CU] 모바일상품권 1,000원</x:v>
+      </x:c>
+      <x:c r="E1240" s="3" t="str">
         <x:v>30일</x:v>
       </x:c>
-      <x:c r="F1235" s="4" t="str">
-[...8 lines deleted...]
-      <x:c r="I1235" s="1" t="str">
+      <x:c r="F1240" s="4" t="str">
+        <x:v>1,000원</x:v>
+      </x:c>
+      <x:c r="G1240" s="3" t="str">
+        <x:v>15%</x:v>
+      </x:c>
+      <x:c r="H1240" s="4" t="str">
+        <x:v>850원</x:v>
+      </x:c>
+      <x:c r="I1240" s="1" t="str">
         <x:v># 최소 수량 100개 이상 발송 가능
 # 동일 수신번호는 3개를 초과할 수 없습니다.</x:v>
       </x:c>
     </x:row>
-    <x:row r="1236">
-[...143 lines deleted...]
-    </x:row>
     <x:row r="1241">
       <x:c r="A1241" s="3" t="str">
-        <x:v>GS25</x:v>
+        <x:v>CU</x:v>
       </x:c>
       <x:c r="B1241" s="3" t="str">
-        <x:v>G0000005964</x:v>
+        <x:v>G0000008604</x:v>
       </x:c>
       <x:c r="C1241" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1241" s="1" t="str">
-        <x:v>[GS25] 모바일 상품권 3만원권</x:v>
+        <x:v>[CU] 모바일상품권 1,000원</x:v>
       </x:c>
       <x:c r="E1241" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1241" s="4" t="str">
-        <x:v>30,000원</x:v>
+        <x:v>1,000원</x:v>
       </x:c>
       <x:c r="G1241" s="3" t="str">
         <x:v>10%</x:v>
       </x:c>
       <x:c r="H1241" s="4" t="str">
-        <x:v>27,000원</x:v>
+        <x:v>900원</x:v>
       </x:c>
       <x:c r="I1241" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1242">
       <x:c r="A1242" s="3" t="str">
-        <x:v>GS25</x:v>
+        <x:v>CU</x:v>
       </x:c>
       <x:c r="B1242" s="3" t="str">
-        <x:v>G0000005975</x:v>
+        <x:v>G0000008603</x:v>
       </x:c>
       <x:c r="C1242" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1242" s="1" t="str">
-        <x:v>[GS25] 모바일 상품권 3천원권</x:v>
+        <x:v>[CU] 모바일상품권 1,500원</x:v>
       </x:c>
       <x:c r="E1242" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1242" s="4" t="str">
-        <x:v>3,000원</x:v>
+        <x:v>1,500원</x:v>
       </x:c>
       <x:c r="G1242" s="3" t="str">
         <x:v>10%</x:v>
       </x:c>
       <x:c r="H1242" s="4" t="str">
-        <x:v>2,700원</x:v>
+        <x:v>1,350원</x:v>
       </x:c>
       <x:c r="I1242" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1243">
       <x:c r="A1243" s="3" t="str">
-        <x:v>GS25</x:v>
+        <x:v>CU</x:v>
       </x:c>
       <x:c r="B1243" s="3" t="str">
-        <x:v>G0000005974</x:v>
+        <x:v>G0000008602</x:v>
       </x:c>
       <x:c r="C1243" s="3" t="str">
         <x:v>일반상품</x:v>
       </x:c>
       <x:c r="D1243" s="1" t="str">
-        <x:v>[GS25] 모바일 상품권 4천원권</x:v>
+        <x:v>[CU] 모바일상품권 2,000원</x:v>
       </x:c>
       <x:c r="E1243" s="3" t="str">
         <x:v>60일</x:v>
       </x:c>
       <x:c r="F1243" s="4" t="str">
-        <x:v>4,000원</x:v>
+        <x:v>2,000원</x:v>
       </x:c>
       <x:c r="G1243" s="3" t="str">
         <x:v>10%</x:v>
       </x:c>
       <x:c r="H1243" s="4" t="str">
-        <x:v>3,600원</x:v>
+        <x:v>1,800원</x:v>
       </x:c>
       <x:c r="I1243" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1244">
       <x:c r="A1244" s="3" t="str">
-        <x:v>GS25</x:v>
+        <x:v>CU</x:v>
       </x:c>
       <x:c r="B1244" s="3" t="str">
-        <x:v>G0000005960</x:v>
+        <x:v>G0000008633</x:v>
       </x:c>
       <x:c r="C1244" s="3" t="str">
-        <x:v>일반상품</x:v>
+        <x:v>특가상품</x:v>
       </x:c>
       <x:c r="D1244" s="1" t="str">
-        <x:v>[GS25] 모바일 상품권 5만원권</x:v>
+        <x:v>[CU] 모바일상품권 3,000원</x:v>
       </x:c>
       <x:c r="E1244" s="3" t="str">
-        <x:v>60일</x:v>
+        <x:v>30일</x:v>
       </x:c>
       <x:c r="F1244" s="4" t="str">
-        <x:v>50,000원</x:v>
+        <x:v>3,000원</x:v>
       </x:c>
       <x:c r="G1244" s="3" t="str">
-        <x:v>10%</x:v>
+        <x:v>15%</x:v>
       </x:c>
       <x:c r="H1244" s="4" t="str">
-        <x:v>45,000원</x:v>
+        <x:v>2,550원</x:v>
       </x:c>
       <x:c r="I1244" s="1" t="str">
-        <x:v/>
+        <x:v># 최소 수량 100개 이상 발송 가능
+# 동일 수신번호는 3개를 초과할 수 없습니다.</x:v>
       </x:c>
     </x:row>
     <x:row r="1245">
       <x:c r="A1245" s="3" t="str">
-        <x:v>GS25</x:v>
+        <x:v>CU</x:v>
       </x:c>
       <x:c r="B1245" s="3" t="str">
-        <x:v>G0000007314</x:v>
+        <x:v>G0000008601</x:v>
       </x:c>
       <x:c r="C1245" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1245" s="1" t="str">
+        <x:v>[CU] 모바일상품권 3,000원</x:v>
+      </x:c>
+      <x:c r="E1245" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1245" s="4" t="str">
+        <x:v>3,000원</x:v>
+      </x:c>
+      <x:c r="G1245" s="3" t="str">
+        <x:v>10%</x:v>
+      </x:c>
+      <x:c r="H1245" s="4" t="str">
+        <x:v>2,700원</x:v>
+      </x:c>
+      <x:c r="I1245" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1246">
+      <x:c r="A1246" s="3" t="str">
+        <x:v>CU</x:v>
+      </x:c>
+      <x:c r="B1246" s="3" t="str">
+        <x:v>G0000008600</x:v>
+      </x:c>
+      <x:c r="C1246" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1246" s="1" t="str">
+        <x:v>[CU] 모바일상품권 4,000원</x:v>
+      </x:c>
+      <x:c r="E1246" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1246" s="4" t="str">
+        <x:v>4,000원</x:v>
+      </x:c>
+      <x:c r="G1246" s="3" t="str">
+        <x:v>10%</x:v>
+      </x:c>
+      <x:c r="H1246" s="4" t="str">
+        <x:v>3,600원</x:v>
+      </x:c>
+      <x:c r="I1246" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1247">
+      <x:c r="A1247" s="3" t="str">
+        <x:v>CU</x:v>
+      </x:c>
+      <x:c r="B1247" s="3" t="str">
+        <x:v>G0000008632</x:v>
+      </x:c>
+      <x:c r="C1247" s="3" t="str">
         <x:v>특가상품</x:v>
       </x:c>
-      <x:c r="D1245" s="1" t="str">
-[...2 lines deleted...]
-      <x:c r="E1245" s="3" t="str">
+      <x:c r="D1247" s="1" t="str">
+        <x:v>[CU] 모바일상품권 5,000원</x:v>
+      </x:c>
+      <x:c r="E1247" s="3" t="str">
         <x:v>30일</x:v>
       </x:c>
-      <x:c r="F1245" s="4" t="str">
+      <x:c r="F1247" s="4" t="str">
         <x:v>5,000원</x:v>
       </x:c>
-      <x:c r="G1245" s="3" t="str">
+      <x:c r="G1247" s="3" t="str">
         <x:v>15%</x:v>
       </x:c>
-      <x:c r="H1245" s="4" t="str">
+      <x:c r="H1247" s="4" t="str">
         <x:v>4,250원</x:v>
       </x:c>
-      <x:c r="I1245" s="1" t="str">
+      <x:c r="I1247" s="1" t="str">
+        <x:v>
+# 동일 수신번호는 1개를 초과할 수 없습니다.</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1248">
+      <x:c r="A1248" s="3" t="str">
+        <x:v>CU</x:v>
+      </x:c>
+      <x:c r="B1248" s="3" t="str">
+        <x:v>G0000008599</x:v>
+      </x:c>
+      <x:c r="C1248" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1248" s="1" t="str">
+        <x:v>[CU] 모바일상품권 5,000원</x:v>
+      </x:c>
+      <x:c r="E1248" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1248" s="4" t="str">
+        <x:v>5,000원</x:v>
+      </x:c>
+      <x:c r="G1248" s="3" t="str">
+        <x:v>10%</x:v>
+      </x:c>
+      <x:c r="H1248" s="4" t="str">
+        <x:v>4,500원</x:v>
+      </x:c>
+      <x:c r="I1248" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1249">
+      <x:c r="A1249" s="3" t="str">
+        <x:v>CU</x:v>
+      </x:c>
+      <x:c r="B1249" s="3" t="str">
+        <x:v>G0000008598</x:v>
+      </x:c>
+      <x:c r="C1249" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1249" s="1" t="str">
+        <x:v>[CU] 모바일상품권 6,000원</x:v>
+      </x:c>
+      <x:c r="E1249" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1249" s="4" t="str">
+        <x:v>6,000원</x:v>
+      </x:c>
+      <x:c r="G1249" s="3" t="str">
+        <x:v>10%</x:v>
+      </x:c>
+      <x:c r="H1249" s="4" t="str">
+        <x:v>5,400원</x:v>
+      </x:c>
+      <x:c r="I1249" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1250">
+      <x:c r="A1250" s="3" t="str">
+        <x:v>CU</x:v>
+      </x:c>
+      <x:c r="B1250" s="3" t="str">
+        <x:v>G0000008597</x:v>
+      </x:c>
+      <x:c r="C1250" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1250" s="1" t="str">
+        <x:v>[CU] 모바일상품권 7,000원</x:v>
+      </x:c>
+      <x:c r="E1250" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1250" s="4" t="str">
+        <x:v>7,000원</x:v>
+      </x:c>
+      <x:c r="G1250" s="3" t="str">
+        <x:v>10%</x:v>
+      </x:c>
+      <x:c r="H1250" s="4" t="str">
+        <x:v>6,300원</x:v>
+      </x:c>
+      <x:c r="I1250" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1251">
+      <x:c r="A1251" s="3" t="str">
+        <x:v>CU</x:v>
+      </x:c>
+      <x:c r="B1251" s="3" t="str">
+        <x:v>G0000008596</x:v>
+      </x:c>
+      <x:c r="C1251" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1251" s="1" t="str">
+        <x:v>[CU] 모바일상품권 8,000원</x:v>
+      </x:c>
+      <x:c r="E1251" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1251" s="4" t="str">
+        <x:v>8,000원</x:v>
+      </x:c>
+      <x:c r="G1251" s="3" t="str">
+        <x:v>10%</x:v>
+      </x:c>
+      <x:c r="H1251" s="4" t="str">
+        <x:v>7,200원</x:v>
+      </x:c>
+      <x:c r="I1251" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1252">
+      <x:c r="A1252" s="3" t="str">
+        <x:v>CU</x:v>
+      </x:c>
+      <x:c r="B1252" s="3" t="str">
+        <x:v>G0000008595</x:v>
+      </x:c>
+      <x:c r="C1252" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1252" s="1" t="str">
+        <x:v>[CU] 모바일상품권 9,000원</x:v>
+      </x:c>
+      <x:c r="E1252" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1252" s="4" t="str">
+        <x:v>9,000원</x:v>
+      </x:c>
+      <x:c r="G1252" s="3" t="str">
+        <x:v>10%</x:v>
+      </x:c>
+      <x:c r="H1252" s="4" t="str">
+        <x:v>8,100원</x:v>
+      </x:c>
+      <x:c r="I1252" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1253">
+      <x:c r="A1253" s="3" t="str">
+        <x:v>CU</x:v>
+      </x:c>
+      <x:c r="B1253" s="3" t="str">
+        <x:v>G0000008631</x:v>
+      </x:c>
+      <x:c r="C1253" s="3" t="str">
+        <x:v>특가상품</x:v>
+      </x:c>
+      <x:c r="D1253" s="1" t="str">
+        <x:v>[CU] 빙그레)메로나</x:v>
+      </x:c>
+      <x:c r="E1253" s="3" t="str">
+        <x:v>30일</x:v>
+      </x:c>
+      <x:c r="F1253" s="4" t="str">
+        <x:v>1,500원</x:v>
+      </x:c>
+      <x:c r="G1253" s="3" t="str">
+        <x:v>20%</x:v>
+      </x:c>
+      <x:c r="H1253" s="4" t="str">
+        <x:v>1,200원</x:v>
+      </x:c>
+      <x:c r="I1253" s="1" t="str">
         <x:v># 최소 수량 100개 이상 발송 가능
 # 동일 수신번호는 3개를 초과할 수 없습니다.</x:v>
       </x:c>
     </x:row>
-    <x:row r="1246">
-[...230 lines deleted...]
-    </x:row>
     <x:row r="1254">
       <x:c r="A1254" s="3" t="str">
-        <x:v>GS칼텍스</x:v>
+        <x:v>CU</x:v>
       </x:c>
       <x:c r="B1254" s="3" t="str">
-        <x:v>G0000007452</x:v>
+        <x:v>G0000008620</x:v>
       </x:c>
       <x:c r="C1254" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1254" s="1" t="str">
+        <x:v>[CU] 빙그레)메로나</x:v>
+      </x:c>
+      <x:c r="E1254" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1254" s="4" t="str">
+        <x:v>1,500원</x:v>
+      </x:c>
+      <x:c r="G1254" s="3" t="str">
+        <x:v>12%</x:v>
+      </x:c>
+      <x:c r="H1254" s="4" t="str">
+        <x:v>1,320원</x:v>
+      </x:c>
+      <x:c r="I1254" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1255">
+      <x:c r="A1255" s="3" t="str">
+        <x:v>CU</x:v>
+      </x:c>
+      <x:c r="B1255" s="3" t="str">
+        <x:v>G0000008619</x:v>
+      </x:c>
+      <x:c r="C1255" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1255" s="1" t="str">
+        <x:v>[CU] 빙그레)바나나우유240ml</x:v>
+      </x:c>
+      <x:c r="E1255" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1255" s="4" t="str">
+        <x:v>1,800원</x:v>
+      </x:c>
+      <x:c r="G1255" s="3" t="str">
+        <x:v>12%</x:v>
+      </x:c>
+      <x:c r="H1255" s="4" t="str">
+        <x:v>1,584원</x:v>
+      </x:c>
+      <x:c r="I1255" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1256">
+      <x:c r="A1256" s="3" t="str">
+        <x:v>CU</x:v>
+      </x:c>
+      <x:c r="B1256" s="3" t="str">
+        <x:v>G0000008617</x:v>
+      </x:c>
+      <x:c r="C1256" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1256" s="1" t="str">
+        <x:v>[CU] 빙그레)투게더홈</x:v>
+      </x:c>
+      <x:c r="E1256" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1256" s="4" t="str">
+        <x:v>9,800원</x:v>
+      </x:c>
+      <x:c r="G1256" s="3" t="str">
+        <x:v>12%</x:v>
+      </x:c>
+      <x:c r="H1256" s="4" t="str">
+        <x:v>8,624원</x:v>
+      </x:c>
+      <x:c r="I1256" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1257">
+      <x:c r="A1257" s="3" t="str">
+        <x:v>CU</x:v>
+      </x:c>
+      <x:c r="B1257" s="3" t="str">
+        <x:v>G0000008616</x:v>
+      </x:c>
+      <x:c r="C1257" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1257" s="1" t="str">
+        <x:v>[CU] 삼양)불닭볶음면컵</x:v>
+      </x:c>
+      <x:c r="E1257" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1257" s="4" t="str">
+        <x:v>1,800원</x:v>
+      </x:c>
+      <x:c r="G1257" s="3" t="str">
+        <x:v>12%</x:v>
+      </x:c>
+      <x:c r="H1257" s="4" t="str">
+        <x:v>1,584원</x:v>
+      </x:c>
+      <x:c r="I1257" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1258">
+      <x:c r="A1258" s="3" t="str">
+        <x:v>CU</x:v>
+      </x:c>
+      <x:c r="B1258" s="3" t="str">
+        <x:v>G0000008615</x:v>
+      </x:c>
+      <x:c r="C1258" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1258" s="1" t="str">
+        <x:v>[CU] 삼양사)상쾌환</x:v>
+      </x:c>
+      <x:c r="E1258" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1258" s="4" t="str">
+        <x:v>2,900원</x:v>
+      </x:c>
+      <x:c r="G1258" s="3" t="str">
+        <x:v>12%</x:v>
+      </x:c>
+      <x:c r="H1258" s="4" t="str">
+        <x:v>2,552원</x:v>
+      </x:c>
+      <x:c r="I1258" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1259">
+      <x:c r="A1259" s="3" t="str">
+        <x:v>CU</x:v>
+      </x:c>
+      <x:c r="B1259" s="3" t="str">
+        <x:v>G0000008614</x:v>
+      </x:c>
+      <x:c r="C1259" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1259" s="1" t="str">
+        <x:v>[CU] 서울)비요뜨초코링</x:v>
+      </x:c>
+      <x:c r="E1259" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1259" s="4" t="str">
+        <x:v>1,800원</x:v>
+      </x:c>
+      <x:c r="G1259" s="3" t="str">
+        <x:v>12%</x:v>
+      </x:c>
+      <x:c r="H1259" s="4" t="str">
+        <x:v>1,584원</x:v>
+      </x:c>
+      <x:c r="I1259" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1260">
+      <x:c r="A1260" s="3" t="str">
+        <x:v>CU</x:v>
+      </x:c>
+      <x:c r="B1260" s="3" t="str">
+        <x:v>G0000008613</x:v>
+      </x:c>
+      <x:c r="C1260" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1260" s="1" t="str">
+        <x:v>[CU] 오뚜기)컵누들매콤소컵</x:v>
+      </x:c>
+      <x:c r="E1260" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1260" s="4" t="str">
+        <x:v>1,800원</x:v>
+      </x:c>
+      <x:c r="G1260" s="3" t="str">
+        <x:v>12%</x:v>
+      </x:c>
+      <x:c r="H1260" s="4" t="str">
+        <x:v>1,584원</x:v>
+      </x:c>
+      <x:c r="I1260" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1261">
+      <x:c r="A1261" s="3" t="str">
+        <x:v>CU</x:v>
+      </x:c>
+      <x:c r="B1261" s="3" t="str">
+        <x:v>G0000008630</x:v>
+      </x:c>
+      <x:c r="C1261" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1261" s="1" t="str">
+        <x:v>[CU] 오리온)마이구미포도1000</x:v>
+      </x:c>
+      <x:c r="E1261" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1261" s="4" t="str">
+        <x:v>1,000원</x:v>
+      </x:c>
+      <x:c r="G1261" s="3" t="str">
+        <x:v>12%</x:v>
+      </x:c>
+      <x:c r="H1261" s="4" t="str">
+        <x:v>880원</x:v>
+      </x:c>
+      <x:c r="I1261" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1262">
+      <x:c r="A1262" s="3" t="str">
+        <x:v>CU</x:v>
+      </x:c>
+      <x:c r="B1262" s="3" t="str">
+        <x:v>G0000008612</x:v>
+      </x:c>
+      <x:c r="C1262" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1262" s="1" t="str">
+        <x:v>[CU] 오리온)오징어땅콩98g</x:v>
+      </x:c>
+      <x:c r="E1262" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1262" s="4" t="str">
+        <x:v>1,500원</x:v>
+      </x:c>
+      <x:c r="G1262" s="3" t="str">
+        <x:v>12%</x:v>
+      </x:c>
+      <x:c r="H1262" s="4" t="str">
+        <x:v>1,320원</x:v>
+      </x:c>
+      <x:c r="I1262" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1263">
+      <x:c r="A1263" s="3" t="str">
+        <x:v>CU</x:v>
+      </x:c>
+      <x:c r="B1263" s="3" t="str">
+        <x:v>G0000008611</x:v>
+      </x:c>
+      <x:c r="C1263" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1263" s="1" t="str">
+        <x:v>[CU] 오리온)왕꿈틀이젤리1000</x:v>
+      </x:c>
+      <x:c r="E1263" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1263" s="4" t="str">
+        <x:v>1,000원</x:v>
+      </x:c>
+      <x:c r="G1263" s="3" t="str">
+        <x:v>12%</x:v>
+      </x:c>
+      <x:c r="H1263" s="4" t="str">
+        <x:v>880원</x:v>
+      </x:c>
+      <x:c r="I1263" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1264">
+      <x:c r="A1264" s="3" t="str">
+        <x:v>CU</x:v>
+      </x:c>
+      <x:c r="B1264" s="3" t="str">
+        <x:v>G0000008610</x:v>
+      </x:c>
+      <x:c r="C1264" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1264" s="1" t="str">
+        <x:v>[CU] 오리온)초코송이</x:v>
+      </x:c>
+      <x:c r="E1264" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1264" s="4" t="str">
+        <x:v>1,000원</x:v>
+      </x:c>
+      <x:c r="G1264" s="3" t="str">
+        <x:v>12%</x:v>
+      </x:c>
+      <x:c r="H1264" s="4" t="str">
+        <x:v>880원</x:v>
+      </x:c>
+      <x:c r="I1264" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1265">
+      <x:c r="A1265" s="3" t="str">
+        <x:v>CU</x:v>
+      </x:c>
+      <x:c r="B1265" s="3" t="str">
+        <x:v>G0000008609</x:v>
+      </x:c>
+      <x:c r="C1265" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1265" s="1" t="str">
+        <x:v>[CU] 크라운)마이쮸딸기</x:v>
+      </x:c>
+      <x:c r="E1265" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1265" s="4" t="str">
+        <x:v>800원</x:v>
+      </x:c>
+      <x:c r="G1265" s="3" t="str">
+        <x:v>12%</x:v>
+      </x:c>
+      <x:c r="H1265" s="4" t="str">
+        <x:v>704원</x:v>
+      </x:c>
+      <x:c r="I1265" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1266">
+      <x:c r="A1266" s="3" t="str">
+        <x:v>CU</x:v>
+      </x:c>
+      <x:c r="B1266" s="3" t="str">
+        <x:v>G0000008608</x:v>
+      </x:c>
+      <x:c r="C1266" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1266" s="1" t="str">
+        <x:v>[CU] 크라운)마이쮸복숭아</x:v>
+      </x:c>
+      <x:c r="E1266" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1266" s="4" t="str">
+        <x:v>800원</x:v>
+      </x:c>
+      <x:c r="G1266" s="3" t="str">
+        <x:v>12%</x:v>
+      </x:c>
+      <x:c r="H1266" s="4" t="str">
+        <x:v>704원</x:v>
+      </x:c>
+      <x:c r="I1266" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1267">
+      <x:c r="A1267" s="3" t="str">
+        <x:v>CU</x:v>
+      </x:c>
+      <x:c r="B1267" s="3" t="str">
+        <x:v>G0000008607</x:v>
+      </x:c>
+      <x:c r="C1267" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1267" s="1" t="str">
+        <x:v>[CU] 크라운)마이쮸포도</x:v>
+      </x:c>
+      <x:c r="E1267" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1267" s="4" t="str">
+        <x:v>800원</x:v>
+      </x:c>
+      <x:c r="G1267" s="3" t="str">
+        <x:v>12%</x:v>
+      </x:c>
+      <x:c r="H1267" s="4" t="str">
+        <x:v>704원</x:v>
+      </x:c>
+      <x:c r="I1267" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1268">
+      <x:c r="A1268" s="3" t="str">
+        <x:v>CU</x:v>
+      </x:c>
+      <x:c r="B1268" s="3" t="str">
+        <x:v>G0000008606</x:v>
+      </x:c>
+      <x:c r="C1268" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1268" s="1" t="str">
+        <x:v>[CU] 크라운)새콤달콤복숭아</x:v>
+      </x:c>
+      <x:c r="E1268" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1268" s="4" t="str">
+        <x:v>500원</x:v>
+      </x:c>
+      <x:c r="G1268" s="3" t="str">
+        <x:v>12%</x:v>
+      </x:c>
+      <x:c r="H1268" s="4" t="str">
+        <x:v>440원</x:v>
+      </x:c>
+      <x:c r="I1268" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1269">
+      <x:c r="A1269" s="3" t="str">
+        <x:v>CU</x:v>
+      </x:c>
+      <x:c r="B1269" s="3" t="str">
+        <x:v>G0000008605</x:v>
+      </x:c>
+      <x:c r="C1269" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1269" s="1" t="str">
+        <x:v>[CU] 크라운)새콤달콤포도</x:v>
+      </x:c>
+      <x:c r="E1269" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1269" s="4" t="str">
+        <x:v>500원</x:v>
+      </x:c>
+      <x:c r="G1269" s="3" t="str">
+        <x:v>12%</x:v>
+      </x:c>
+      <x:c r="H1269" s="4" t="str">
+        <x:v>440원</x:v>
+      </x:c>
+      <x:c r="I1269" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1270">
+      <x:c r="A1270" s="3" t="str">
+        <x:v>CU</x:v>
+      </x:c>
+      <x:c r="B1270" s="3" t="str">
+        <x:v>G0000008629</x:v>
+      </x:c>
+      <x:c r="C1270" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1270" s="1" t="str">
+        <x:v>[CU] CJ)큰햇반300g</x:v>
+      </x:c>
+      <x:c r="E1270" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1270" s="4" t="str">
+        <x:v>2,700원</x:v>
+      </x:c>
+      <x:c r="G1270" s="3" t="str">
+        <x:v>12%</x:v>
+      </x:c>
+      <x:c r="H1270" s="4" t="str">
+        <x:v>2,376원</x:v>
+      </x:c>
+      <x:c r="I1270" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1271">
+      <x:c r="A1271" s="3" t="str">
+        <x:v>CU</x:v>
+      </x:c>
+      <x:c r="B1271" s="3" t="str">
+        <x:v>G0000008628</x:v>
+      </x:c>
+      <x:c r="C1271" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1271" s="1" t="str">
+        <x:v>[CU] CJ)햇반210g</x:v>
+      </x:c>
+      <x:c r="E1271" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1271" s="4" t="str">
+        <x:v>1,950원</x:v>
+      </x:c>
+      <x:c r="G1271" s="3" t="str">
+        <x:v>12%</x:v>
+      </x:c>
+      <x:c r="H1271" s="4" t="str">
+        <x:v>1,716원</x:v>
+      </x:c>
+      <x:c r="I1271" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1272">
+      <x:c r="A1272" s="3" t="str">
+        <x:v>CU</x:v>
+      </x:c>
+      <x:c r="B1272" s="3" t="str">
+        <x:v>G0000008627</x:v>
+      </x:c>
+      <x:c r="C1272" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1272" s="1" t="str">
+        <x:v>[CU] HEYROO미네랄워터500ml</x:v>
+      </x:c>
+      <x:c r="E1272" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1272" s="4" t="str">
+        <x:v>600원</x:v>
+      </x:c>
+      <x:c r="G1272" s="3" t="str">
+        <x:v>12%</x:v>
+      </x:c>
+      <x:c r="H1272" s="4" t="str">
+        <x:v>528원</x:v>
+      </x:c>
+      <x:c r="I1272" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1273">
+      <x:c r="A1273" s="3" t="str">
+        <x:v>CU</x:v>
+      </x:c>
+      <x:c r="B1273" s="3" t="str">
+        <x:v>G0000008626</x:v>
+      </x:c>
+      <x:c r="C1273" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1273" s="1" t="str">
+        <x:v>[CU] HK)컨디션파워병</x:v>
+      </x:c>
+      <x:c r="E1273" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1273" s="4" t="str">
+        <x:v>5,000원</x:v>
+      </x:c>
+      <x:c r="G1273" s="3" t="str">
+        <x:v>12%</x:v>
+      </x:c>
+      <x:c r="H1273" s="4" t="str">
+        <x:v>4,400원</x:v>
+      </x:c>
+      <x:c r="I1273" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1274">
+      <x:c r="A1274" s="3" t="str">
+        <x:v>GS25</x:v>
+      </x:c>
+      <x:c r="B1274" s="3" t="str">
+        <x:v>G0000007661</x:v>
+      </x:c>
+      <x:c r="C1274" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1274" s="1" t="str">
+        <x:v>(GS25) 빙그레)바나나우유240ML</x:v>
+      </x:c>
+      <x:c r="E1274" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1274" s="4" t="str">
+        <x:v>1,800원</x:v>
+      </x:c>
+      <x:c r="G1274" s="3" t="str">
+        <x:v>12%</x:v>
+      </x:c>
+      <x:c r="H1274" s="4" t="str">
+        <x:v>1,584원</x:v>
+      </x:c>
+      <x:c r="I1274" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1275">
+      <x:c r="A1275" s="3" t="str">
+        <x:v>GS25</x:v>
+      </x:c>
+      <x:c r="B1275" s="3" t="str">
+        <x:v>G0000007660</x:v>
+      </x:c>
+      <x:c r="C1275" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1275" s="1" t="str">
+        <x:v>(GS25) 유어스)야쿠르트그랜드280ML</x:v>
+      </x:c>
+      <x:c r="E1275" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1275" s="4" t="str">
+        <x:v>1,700원</x:v>
+      </x:c>
+      <x:c r="G1275" s="3" t="str">
+        <x:v>12%</x:v>
+      </x:c>
+      <x:c r="H1275" s="4" t="str">
+        <x:v>1,496원</x:v>
+      </x:c>
+      <x:c r="I1275" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1276">
+      <x:c r="A1276" s="3" t="str">
+        <x:v>GS25</x:v>
+      </x:c>
+      <x:c r="B1276" s="3" t="str">
+        <x:v>G0000006116</x:v>
+      </x:c>
+      <x:c r="C1276" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1276" s="1" t="str">
+        <x:v>(GS25) 칸타타 프리미엄라떼 275ml</x:v>
+      </x:c>
+      <x:c r="E1276" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1276" s="4" t="str">
+        <x:v>2,500원</x:v>
+      </x:c>
+      <x:c r="G1276" s="3" t="str">
+        <x:v>12%</x:v>
+      </x:c>
+      <x:c r="H1276" s="4" t="str">
+        <x:v>2,200원</x:v>
+      </x:c>
+      <x:c r="I1276" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1277">
+      <x:c r="A1277" s="3" t="str">
+        <x:v>GS25</x:v>
+      </x:c>
+      <x:c r="B1277" s="3" t="str">
+        <x:v>G0000005967</x:v>
+      </x:c>
+      <x:c r="C1277" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1277" s="1" t="str">
+        <x:v>[GS25] 모바일 상품권 1만 5천원권</x:v>
+      </x:c>
+      <x:c r="E1277" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1277" s="4" t="str">
+        <x:v>15,000원</x:v>
+      </x:c>
+      <x:c r="G1277" s="3" t="str">
+        <x:v>10%</x:v>
+      </x:c>
+      <x:c r="H1277" s="4" t="str">
+        <x:v>13,500원</x:v>
+      </x:c>
+      <x:c r="I1277" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1278">
+      <x:c r="A1278" s="3" t="str">
+        <x:v>GS25</x:v>
+      </x:c>
+      <x:c r="B1278" s="3" t="str">
+        <x:v>G0000007328</x:v>
+      </x:c>
+      <x:c r="C1278" s="3" t="str">
         <x:v>특가상품</x:v>
       </x:c>
-      <x:c r="D1254" s="1" t="str">
-[...2 lines deleted...]
-      <x:c r="E1254" s="3" t="str">
+      <x:c r="D1278" s="1" t="str">
+        <x:v>[GS25] 모바일 상품권 1만원권</x:v>
+      </x:c>
+      <x:c r="E1278" s="3" t="str">
         <x:v>30일</x:v>
       </x:c>
-      <x:c r="F1254" s="4" t="str">
+      <x:c r="F1278" s="4" t="str">
         <x:v>10,000원</x:v>
       </x:c>
-      <x:c r="G1254" s="3" t="str">
-[...5 lines deleted...]
-      <x:c r="I1254" s="1" t="str">
+      <x:c r="G1278" s="3" t="str">
+        <x:v>13%</x:v>
+      </x:c>
+      <x:c r="H1278" s="4" t="str">
+        <x:v>8,700원</x:v>
+      </x:c>
+      <x:c r="I1278" s="1" t="str">
+        <x:v>
+# 동일 수신번호는 1개를 초과할 수 없습니다.</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1279">
+      <x:c r="A1279" s="3" t="str">
+        <x:v>GS25</x:v>
+      </x:c>
+      <x:c r="B1279" s="3" t="str">
+        <x:v>G0000005968</x:v>
+      </x:c>
+      <x:c r="C1279" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1279" s="1" t="str">
+        <x:v>[GS25] 모바일 상품권 1만원권</x:v>
+      </x:c>
+      <x:c r="E1279" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1279" s="4" t="str">
+        <x:v>10,000원</x:v>
+      </x:c>
+      <x:c r="G1279" s="3" t="str">
+        <x:v>10%</x:v>
+      </x:c>
+      <x:c r="H1279" s="4" t="str">
+        <x:v>9,000원</x:v>
+      </x:c>
+      <x:c r="I1279" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1280">
+      <x:c r="A1280" s="3" t="str">
+        <x:v>GS25</x:v>
+      </x:c>
+      <x:c r="B1280" s="3" t="str">
+        <x:v>G0000005977</x:v>
+      </x:c>
+      <x:c r="C1280" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1280" s="1" t="str">
+        <x:v>[GS25] 모바일 상품권 1천원권</x:v>
+      </x:c>
+      <x:c r="E1280" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1280" s="4" t="str">
+        <x:v>1,000원</x:v>
+      </x:c>
+      <x:c r="G1280" s="3" t="str">
+        <x:v>10%</x:v>
+      </x:c>
+      <x:c r="H1280" s="4" t="str">
+        <x:v>900원</x:v>
+      </x:c>
+      <x:c r="I1280" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1281">
+      <x:c r="A1281" s="3" t="str">
+        <x:v>GS25</x:v>
+      </x:c>
+      <x:c r="B1281" s="3" t="str">
+        <x:v>G0000005965</x:v>
+      </x:c>
+      <x:c r="C1281" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1281" s="1" t="str">
+        <x:v>[GS25] 모바일 상품권 2만 5천원권</x:v>
+      </x:c>
+      <x:c r="E1281" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1281" s="4" t="str">
+        <x:v>25,000원</x:v>
+      </x:c>
+      <x:c r="G1281" s="3" t="str">
+        <x:v>10%</x:v>
+      </x:c>
+      <x:c r="H1281" s="4" t="str">
+        <x:v>22,500원</x:v>
+      </x:c>
+      <x:c r="I1281" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1282">
+      <x:c r="A1282" s="3" t="str">
+        <x:v>GS25</x:v>
+      </x:c>
+      <x:c r="B1282" s="3" t="str">
+        <x:v>G0000005966</x:v>
+      </x:c>
+      <x:c r="C1282" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1282" s="1" t="str">
+        <x:v>[GS25] 모바일 상품권 2만원권</x:v>
+      </x:c>
+      <x:c r="E1282" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1282" s="4" t="str">
+        <x:v>20,000원</x:v>
+      </x:c>
+      <x:c r="G1282" s="3" t="str">
+        <x:v>10%</x:v>
+      </x:c>
+      <x:c r="H1282" s="4" t="str">
+        <x:v>18,000원</x:v>
+      </x:c>
+      <x:c r="I1282" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1283">
+      <x:c r="A1283" s="3" t="str">
+        <x:v>GS25</x:v>
+      </x:c>
+      <x:c r="B1283" s="3" t="str">
+        <x:v>G0000005976</x:v>
+      </x:c>
+      <x:c r="C1283" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1283" s="1" t="str">
+        <x:v>[GS25] 모바일 상품권 2천원권</x:v>
+      </x:c>
+      <x:c r="E1283" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1283" s="4" t="str">
+        <x:v>2,000원</x:v>
+      </x:c>
+      <x:c r="G1283" s="3" t="str">
+        <x:v>10%</x:v>
+      </x:c>
+      <x:c r="H1283" s="4" t="str">
+        <x:v>1,800원</x:v>
+      </x:c>
+      <x:c r="I1283" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1284">
+      <x:c r="A1284" s="3" t="str">
+        <x:v>GS25</x:v>
+      </x:c>
+      <x:c r="B1284" s="3" t="str">
+        <x:v>G0000005964</x:v>
+      </x:c>
+      <x:c r="C1284" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1284" s="1" t="str">
+        <x:v>[GS25] 모바일 상품권 3만원권</x:v>
+      </x:c>
+      <x:c r="E1284" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1284" s="4" t="str">
+        <x:v>30,000원</x:v>
+      </x:c>
+      <x:c r="G1284" s="3" t="str">
+        <x:v>10%</x:v>
+      </x:c>
+      <x:c r="H1284" s="4" t="str">
+        <x:v>27,000원</x:v>
+      </x:c>
+      <x:c r="I1284" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1285">
+      <x:c r="A1285" s="3" t="str">
+        <x:v>GS25</x:v>
+      </x:c>
+      <x:c r="B1285" s="3" t="str">
+        <x:v>G0000005975</x:v>
+      </x:c>
+      <x:c r="C1285" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1285" s="1" t="str">
+        <x:v>[GS25] 모바일 상품권 3천원권</x:v>
+      </x:c>
+      <x:c r="E1285" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1285" s="4" t="str">
+        <x:v>3,000원</x:v>
+      </x:c>
+      <x:c r="G1285" s="3" t="str">
+        <x:v>10%</x:v>
+      </x:c>
+      <x:c r="H1285" s="4" t="str">
+        <x:v>2,700원</x:v>
+      </x:c>
+      <x:c r="I1285" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1286">
+      <x:c r="A1286" s="3" t="str">
+        <x:v>GS25</x:v>
+      </x:c>
+      <x:c r="B1286" s="3" t="str">
+        <x:v>G0000005974</x:v>
+      </x:c>
+      <x:c r="C1286" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1286" s="1" t="str">
+        <x:v>[GS25] 모바일 상품권 4천원권</x:v>
+      </x:c>
+      <x:c r="E1286" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1286" s="4" t="str">
+        <x:v>4,000원</x:v>
+      </x:c>
+      <x:c r="G1286" s="3" t="str">
+        <x:v>10%</x:v>
+      </x:c>
+      <x:c r="H1286" s="4" t="str">
+        <x:v>3,600원</x:v>
+      </x:c>
+      <x:c r="I1286" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1287">
+      <x:c r="A1287" s="3" t="str">
+        <x:v>GS25</x:v>
+      </x:c>
+      <x:c r="B1287" s="3" t="str">
+        <x:v>G0000005960</x:v>
+      </x:c>
+      <x:c r="C1287" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1287" s="1" t="str">
+        <x:v>[GS25] 모바일 상품권 5만원권</x:v>
+      </x:c>
+      <x:c r="E1287" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1287" s="4" t="str">
+        <x:v>50,000원</x:v>
+      </x:c>
+      <x:c r="G1287" s="3" t="str">
+        <x:v>10%</x:v>
+      </x:c>
+      <x:c r="H1287" s="4" t="str">
+        <x:v>45,000원</x:v>
+      </x:c>
+      <x:c r="I1287" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1288">
+      <x:c r="A1288" s="3" t="str">
+        <x:v>GS25</x:v>
+      </x:c>
+      <x:c r="B1288" s="3" t="str">
+        <x:v>G0000007314</x:v>
+      </x:c>
+      <x:c r="C1288" s="3" t="str">
+        <x:v>특가상품</x:v>
+      </x:c>
+      <x:c r="D1288" s="1" t="str">
+        <x:v>[GS25] 모바일 상품권 5천원권</x:v>
+      </x:c>
+      <x:c r="E1288" s="3" t="str">
+        <x:v>30일</x:v>
+      </x:c>
+      <x:c r="F1288" s="4" t="str">
+        <x:v>5,000원</x:v>
+      </x:c>
+      <x:c r="G1288" s="3" t="str">
+        <x:v>15%</x:v>
+      </x:c>
+      <x:c r="H1288" s="4" t="str">
+        <x:v>4,250원</x:v>
+      </x:c>
+      <x:c r="I1288" s="1" t="str">
         <x:v># 최소 수량 100개 이상 발송 가능
 # 동일 수신번호는 3개를 초과할 수 없습니다.</x:v>
       </x:c>
     </x:row>
-    <x:row r="1255">
-      <x:c r="A1255" s="3" t="str">
+    <x:row r="1289">
+      <x:c r="A1289" s="3" t="str">
+        <x:v>GS25</x:v>
+      </x:c>
+      <x:c r="B1289" s="3" t="str">
+        <x:v>G0000005973</x:v>
+      </x:c>
+      <x:c r="C1289" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1289" s="1" t="str">
+        <x:v>[GS25] 모바일 상품권 5천원권</x:v>
+      </x:c>
+      <x:c r="E1289" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1289" s="4" t="str">
+        <x:v>5,000원</x:v>
+      </x:c>
+      <x:c r="G1289" s="3" t="str">
+        <x:v>10%</x:v>
+      </x:c>
+      <x:c r="H1289" s="4" t="str">
+        <x:v>4,500원</x:v>
+      </x:c>
+      <x:c r="I1289" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1290">
+      <x:c r="A1290" s="3" t="str">
+        <x:v>GS25</x:v>
+      </x:c>
+      <x:c r="B1290" s="3" t="str">
+        <x:v>G0000005972</x:v>
+      </x:c>
+      <x:c r="C1290" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1290" s="1" t="str">
+        <x:v>[GS25] 모바일 상품권 6천원권</x:v>
+      </x:c>
+      <x:c r="E1290" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1290" s="4" t="str">
+        <x:v>6,000원</x:v>
+      </x:c>
+      <x:c r="G1290" s="3" t="str">
+        <x:v>10%</x:v>
+      </x:c>
+      <x:c r="H1290" s="4" t="str">
+        <x:v>5,400원</x:v>
+      </x:c>
+      <x:c r="I1290" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1291">
+      <x:c r="A1291" s="3" t="str">
+        <x:v>GS25</x:v>
+      </x:c>
+      <x:c r="B1291" s="3" t="str">
+        <x:v>G0000005971</x:v>
+      </x:c>
+      <x:c r="C1291" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1291" s="1" t="str">
+        <x:v>[GS25] 모바일 상품권 7천원권</x:v>
+      </x:c>
+      <x:c r="E1291" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1291" s="4" t="str">
+        <x:v>7,000원</x:v>
+      </x:c>
+      <x:c r="G1291" s="3" t="str">
+        <x:v>10%</x:v>
+      </x:c>
+      <x:c r="H1291" s="4" t="str">
+        <x:v>6,300원</x:v>
+      </x:c>
+      <x:c r="I1291" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1292">
+      <x:c r="A1292" s="3" t="str">
+        <x:v>GS25</x:v>
+      </x:c>
+      <x:c r="B1292" s="3" t="str">
+        <x:v>G0000005970</x:v>
+      </x:c>
+      <x:c r="C1292" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1292" s="1" t="str">
+        <x:v>[GS25] 모바일 상품권 8천원권</x:v>
+      </x:c>
+      <x:c r="E1292" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1292" s="4" t="str">
+        <x:v>8,000원</x:v>
+      </x:c>
+      <x:c r="G1292" s="3" t="str">
+        <x:v>10%</x:v>
+      </x:c>
+      <x:c r="H1292" s="4" t="str">
+        <x:v>7,200원</x:v>
+      </x:c>
+      <x:c r="I1292" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1293">
+      <x:c r="A1293" s="3" t="str">
+        <x:v>GS25</x:v>
+      </x:c>
+      <x:c r="B1293" s="3" t="str">
+        <x:v>G0000005969</x:v>
+      </x:c>
+      <x:c r="C1293" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1293" s="1" t="str">
+        <x:v>[GS25] 모바일 상품권 9천원권</x:v>
+      </x:c>
+      <x:c r="E1293" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1293" s="4" t="str">
+        <x:v>9,000원</x:v>
+      </x:c>
+      <x:c r="G1293" s="3" t="str">
+        <x:v>10%</x:v>
+      </x:c>
+      <x:c r="H1293" s="4" t="str">
+        <x:v>8,100원</x:v>
+      </x:c>
+      <x:c r="I1293" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1294">
+      <x:c r="A1294" s="3" t="str">
         <x:v>GS칼텍스</x:v>
       </x:c>
-      <x:c r="B1255" s="3" t="str">
+      <x:c r="B1294" s="3" t="str">
+        <x:v>G0000005930</x:v>
+      </x:c>
+      <x:c r="C1294" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1294" s="1" t="str">
+        <x:v>[GS칼텍스모바일주유권] 1,000원 상품권</x:v>
+      </x:c>
+      <x:c r="E1294" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1294" s="4" t="str">
+        <x:v>1,000원</x:v>
+      </x:c>
+      <x:c r="G1294" s="3" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H1294" s="4" t="str">
+        <x:v>1,000원</x:v>
+      </x:c>
+      <x:c r="I1294" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1295">
+      <x:c r="A1295" s="3" t="str">
+        <x:v>GS칼텍스</x:v>
+      </x:c>
+      <x:c r="B1295" s="3" t="str">
+        <x:v>G0000005940</x:v>
+      </x:c>
+      <x:c r="C1295" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1295" s="1" t="str">
+        <x:v>[GS칼텍스모바일주유권] 12,000원 상품권</x:v>
+      </x:c>
+      <x:c r="E1295" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1295" s="4" t="str">
+        <x:v>12,000원</x:v>
+      </x:c>
+      <x:c r="G1295" s="3" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H1295" s="4" t="str">
+        <x:v>12,000원</x:v>
+      </x:c>
+      <x:c r="I1295" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1296">
+      <x:c r="A1296" s="3" t="str">
+        <x:v>GS칼텍스</x:v>
+      </x:c>
+      <x:c r="B1296" s="3" t="str">
+        <x:v>G0000005941</x:v>
+      </x:c>
+      <x:c r="C1296" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1296" s="1" t="str">
+        <x:v>[GS칼텍스모바일주유권] 15,000원 상품권</x:v>
+      </x:c>
+      <x:c r="E1296" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1296" s="4" t="str">
+        <x:v>15,000원</x:v>
+      </x:c>
+      <x:c r="G1296" s="3" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H1296" s="4" t="str">
+        <x:v>15,000원</x:v>
+      </x:c>
+      <x:c r="I1296" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1297">
+      <x:c r="A1297" s="3" t="str">
+        <x:v>GS칼텍스</x:v>
+      </x:c>
+      <x:c r="B1297" s="3" t="str">
+        <x:v>G0000007452</x:v>
+      </x:c>
+      <x:c r="C1297" s="3" t="str">
+        <x:v>특가상품</x:v>
+      </x:c>
+      <x:c r="D1297" s="1" t="str">
+        <x:v>[GS칼텍스모바일주유권] 1만원 상품권 </x:v>
+      </x:c>
+      <x:c r="E1297" s="3" t="str">
+        <x:v>30일</x:v>
+      </x:c>
+      <x:c r="F1297" s="4" t="str">
+        <x:v>10,000원</x:v>
+      </x:c>
+      <x:c r="G1297" s="3" t="str">
+        <x:v>7%</x:v>
+      </x:c>
+      <x:c r="H1297" s="4" t="str">
+        <x:v>9,300원</x:v>
+      </x:c>
+      <x:c r="I1297" s="1" t="str">
+        <x:v>
+# 동일 수신번호는 1개를 초과할 수 없습니다.</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1298">
+      <x:c r="A1298" s="3" t="str">
+        <x:v>GS칼텍스</x:v>
+      </x:c>
+      <x:c r="B1298" s="3" t="str">
         <x:v>G0000005939</x:v>
       </x:c>
-      <x:c r="C1255" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="D1255" s="1" t="str">
+      <x:c r="C1298" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1298" s="1" t="str">
         <x:v>[GS칼텍스모바일주유권] 1만원 상품권</x:v>
       </x:c>
-      <x:c r="E1255" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="F1255" s="4" t="str">
+      <x:c r="E1298" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1298" s="4" t="str">
         <x:v>10,000원</x:v>
       </x:c>
-      <x:c r="G1255" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="H1255" s="4" t="str">
+      <x:c r="G1298" s="3" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H1298" s="4" t="str">
         <x:v>10,000원</x:v>
       </x:c>
-      <x:c r="I1255" s="1" t="str">
-[...4 lines deleted...]
-      <x:c r="A1256" s="3" t="str">
+      <x:c r="I1298" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1299">
+      <x:c r="A1299" s="3" t="str">
         <x:v>GS칼텍스</x:v>
       </x:c>
-      <x:c r="B1256" s="3" t="str">
+      <x:c r="B1299" s="3" t="str">
         <x:v>G0000005931</x:v>
       </x:c>
-      <x:c r="C1256" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="D1256" s="1" t="str">
+      <x:c r="C1299" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1299" s="1" t="str">
         <x:v>[GS칼텍스모바일주유권] 2,000원 상품권</x:v>
       </x:c>
-      <x:c r="E1256" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="F1256" s="4" t="str">
+      <x:c r="E1299" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1299" s="4" t="str">
         <x:v>2,000원</x:v>
       </x:c>
-      <x:c r="G1256" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="H1256" s="4" t="str">
+      <x:c r="G1299" s="3" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H1299" s="4" t="str">
         <x:v>2,000원</x:v>
       </x:c>
-      <x:c r="I1256" s="1" t="str">
-[...4 lines deleted...]
-      <x:c r="A1257" s="3" t="str">
+      <x:c r="I1299" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1300">
+      <x:c r="A1300" s="3" t="str">
         <x:v>GS칼텍스</x:v>
       </x:c>
-      <x:c r="B1257" s="3" t="str">
+      <x:c r="B1300" s="3" t="str">
         <x:v>G0000005942</x:v>
       </x:c>
-      <x:c r="C1257" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="D1257" s="1" t="str">
+      <x:c r="C1300" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1300" s="1" t="str">
         <x:v>[GS칼텍스모바일주유권] 2만원 상품권</x:v>
       </x:c>
-      <x:c r="E1257" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="F1257" s="4" t="str">
+      <x:c r="E1300" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1300" s="4" t="str">
         <x:v>20,000원</x:v>
       </x:c>
-      <x:c r="G1257" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="H1257" s="4" t="str">
+      <x:c r="G1300" s="3" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H1300" s="4" t="str">
         <x:v>20,000원</x:v>
       </x:c>
-      <x:c r="I1257" s="1" t="str">
-[...4 lines deleted...]
-      <x:c r="A1258" s="3" t="str">
+      <x:c r="I1300" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1301">
+      <x:c r="A1301" s="3" t="str">
         <x:v>GS칼텍스</x:v>
       </x:c>
-      <x:c r="B1258" s="3" t="str">
+      <x:c r="B1301" s="3" t="str">
         <x:v>G0000005932</x:v>
       </x:c>
-      <x:c r="C1258" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="D1258" s="1" t="str">
+      <x:c r="C1301" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1301" s="1" t="str">
         <x:v>[GS칼텍스모바일주유권] 3,000원 상품권</x:v>
       </x:c>
-      <x:c r="E1258" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="F1258" s="4" t="str">
+      <x:c r="E1301" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1301" s="4" t="str">
         <x:v>3,000원</x:v>
       </x:c>
-      <x:c r="G1258" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="H1258" s="4" t="str">
+      <x:c r="G1301" s="3" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H1301" s="4" t="str">
         <x:v>3,000원</x:v>
       </x:c>
-      <x:c r="I1258" s="1" t="str">
-[...4 lines deleted...]
-      <x:c r="A1259" s="3" t="str">
+      <x:c r="I1301" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1302">
+      <x:c r="A1302" s="3" t="str">
         <x:v>GS칼텍스</x:v>
       </x:c>
-      <x:c r="B1259" s="3" t="str">
+      <x:c r="B1302" s="3" t="str">
         <x:v>G0000005943</x:v>
       </x:c>
-      <x:c r="C1259" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="D1259" s="1" t="str">
+      <x:c r="C1302" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1302" s="1" t="str">
         <x:v>[GS칼텍스모바일주유권] 3만원 상품권</x:v>
       </x:c>
-      <x:c r="E1259" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="F1259" s="4" t="str">
+      <x:c r="E1302" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1302" s="4" t="str">
         <x:v>30,000원</x:v>
       </x:c>
-      <x:c r="G1259" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="H1259" s="4" t="str">
+      <x:c r="G1302" s="3" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H1302" s="4" t="str">
         <x:v>30,000원</x:v>
       </x:c>
-      <x:c r="I1259" s="1" t="str">
-[...4 lines deleted...]
-      <x:c r="A1260" s="3" t="str">
+      <x:c r="I1302" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1303">
+      <x:c r="A1303" s="3" t="str">
         <x:v>GS칼텍스</x:v>
       </x:c>
-      <x:c r="B1260" s="3" t="str">
+      <x:c r="B1303" s="3" t="str">
         <x:v>G0000005933</x:v>
       </x:c>
-      <x:c r="C1260" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="D1260" s="1" t="str">
+      <x:c r="C1303" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1303" s="1" t="str">
         <x:v>[GS칼텍스모바일주유권] 4,000원 상품권</x:v>
       </x:c>
-      <x:c r="E1260" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="F1260" s="4" t="str">
+      <x:c r="E1303" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1303" s="4" t="str">
         <x:v>4,000원</x:v>
       </x:c>
-      <x:c r="G1260" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="H1260" s="4" t="str">
+      <x:c r="G1303" s="3" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H1303" s="4" t="str">
         <x:v>4,000원</x:v>
       </x:c>
-      <x:c r="I1260" s="1" t="str">
-[...4 lines deleted...]
-      <x:c r="A1261" s="3" t="str">
+      <x:c r="I1303" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1304">
+      <x:c r="A1304" s="3" t="str">
         <x:v>GS칼텍스</x:v>
       </x:c>
-      <x:c r="B1261" s="3" t="str">
+      <x:c r="B1304" s="3" t="str">
         <x:v>G0000007453</x:v>
       </x:c>
-      <x:c r="C1261" s="3" t="str">
+      <x:c r="C1304" s="3" t="str">
         <x:v>특가상품</x:v>
       </x:c>
-      <x:c r="D1261" s="1" t="str">
+      <x:c r="D1304" s="1" t="str">
         <x:v>[GS칼텍스모바일주유권] 5,000원 상품권 </x:v>
       </x:c>
-      <x:c r="E1261" s="3" t="str">
+      <x:c r="E1304" s="3" t="str">
         <x:v>30일</x:v>
       </x:c>
-      <x:c r="F1261" s="4" t="str">
+      <x:c r="F1304" s="4" t="str">
         <x:v>5,000원</x:v>
       </x:c>
-      <x:c r="G1261" s="3" t="str">
+      <x:c r="G1304" s="3" t="str">
         <x:v>7%</x:v>
       </x:c>
-      <x:c r="H1261" s="4" t="str">
+      <x:c r="H1304" s="4" t="str">
         <x:v>4,650원</x:v>
       </x:c>
-      <x:c r="I1261" s="1" t="str">
+      <x:c r="I1304" s="1" t="str">
         <x:v># 최소 수량 100개 이상 발송 가능
 # 동일 수신번호는 3개를 초과할 수 없습니다.</x:v>
       </x:c>
     </x:row>
-    <x:row r="1262">
-      <x:c r="A1262" s="3" t="str">
+    <x:row r="1305">
+      <x:c r="A1305" s="3" t="str">
         <x:v>GS칼텍스</x:v>
       </x:c>
-      <x:c r="B1262" s="3" t="str">
+      <x:c r="B1305" s="3" t="str">
         <x:v>G0000005934</x:v>
       </x:c>
-      <x:c r="C1262" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="D1262" s="1" t="str">
+      <x:c r="C1305" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1305" s="1" t="str">
         <x:v>[GS칼텍스모바일주유권] 5,000원 상품권</x:v>
       </x:c>
-      <x:c r="E1262" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="F1262" s="4" t="str">
+      <x:c r="E1305" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1305" s="4" t="str">
         <x:v>5,000원</x:v>
       </x:c>
-      <x:c r="G1262" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="H1262" s="4" t="str">
+      <x:c r="G1305" s="3" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H1305" s="4" t="str">
         <x:v>5,000원</x:v>
       </x:c>
-      <x:c r="I1262" s="1" t="str">
-[...4 lines deleted...]
-      <x:c r="A1263" s="3" t="str">
+      <x:c r="I1305" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1306">
+      <x:c r="A1306" s="3" t="str">
         <x:v>GS칼텍스</x:v>
       </x:c>
-      <x:c r="B1263" s="3" t="str">
+      <x:c r="B1306" s="3" t="str">
         <x:v>G0000005944</x:v>
       </x:c>
-      <x:c r="C1263" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="D1263" s="1" t="str">
+      <x:c r="C1306" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1306" s="1" t="str">
         <x:v>[GS칼텍스모바일주유권] 5만원 상품권</x:v>
       </x:c>
-      <x:c r="E1263" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="F1263" s="4" t="str">
+      <x:c r="E1306" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1306" s="4" t="str">
         <x:v>50,000원</x:v>
       </x:c>
-      <x:c r="G1263" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="H1263" s="4" t="str">
+      <x:c r="G1306" s="3" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H1306" s="4" t="str">
         <x:v>50,000원</x:v>
       </x:c>
-      <x:c r="I1263" s="1" t="str">
-[...4 lines deleted...]
-      <x:c r="A1264" s="3" t="str">
+      <x:c r="I1306" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1307">
+      <x:c r="A1307" s="3" t="str">
         <x:v>GS칼텍스</x:v>
       </x:c>
-      <x:c r="B1264" s="3" t="str">
+      <x:c r="B1307" s="3" t="str">
         <x:v>G0000005935</x:v>
       </x:c>
-      <x:c r="C1264" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="D1264" s="1" t="str">
+      <x:c r="C1307" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1307" s="1" t="str">
         <x:v>[GS칼텍스모바일주유권] 6,000원 상품권</x:v>
       </x:c>
-      <x:c r="E1264" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="F1264" s="4" t="str">
+      <x:c r="E1307" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1307" s="4" t="str">
         <x:v>6,000원</x:v>
       </x:c>
-      <x:c r="G1264" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="H1264" s="4" t="str">
+      <x:c r="G1307" s="3" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H1307" s="4" t="str">
         <x:v>6,000원</x:v>
       </x:c>
-      <x:c r="I1264" s="1" t="str">
-[...4 lines deleted...]
-      <x:c r="A1265" s="3" t="str">
+      <x:c r="I1307" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1308">
+      <x:c r="A1308" s="3" t="str">
         <x:v>GS칼텍스</x:v>
       </x:c>
-      <x:c r="B1265" s="3" t="str">
+      <x:c r="B1308" s="3" t="str">
         <x:v>G0000005936</x:v>
       </x:c>
-      <x:c r="C1265" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="D1265" s="1" t="str">
+      <x:c r="C1308" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1308" s="1" t="str">
         <x:v>[GS칼텍스모바일주유권] 7,000원 상품권</x:v>
       </x:c>
-      <x:c r="E1265" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="F1265" s="4" t="str">
+      <x:c r="E1308" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1308" s="4" t="str">
         <x:v>7,000원</x:v>
       </x:c>
-      <x:c r="G1265" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="H1265" s="4" t="str">
+      <x:c r="G1308" s="3" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H1308" s="4" t="str">
         <x:v>7,000원</x:v>
       </x:c>
-      <x:c r="I1265" s="1" t="str">
-[...4 lines deleted...]
-      <x:c r="A1266" s="3" t="str">
+      <x:c r="I1308" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1309">
+      <x:c r="A1309" s="3" t="str">
         <x:v>GS칼텍스</x:v>
       </x:c>
-      <x:c r="B1266" s="3" t="str">
+      <x:c r="B1309" s="3" t="str">
         <x:v>G0000005937</x:v>
       </x:c>
-      <x:c r="C1266" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="D1266" s="1" t="str">
+      <x:c r="C1309" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1309" s="1" t="str">
         <x:v>[GS칼텍스모바일주유권] 8,000원 상품권</x:v>
       </x:c>
-      <x:c r="E1266" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="F1266" s="4" t="str">
+      <x:c r="E1309" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1309" s="4" t="str">
         <x:v>8,000원</x:v>
       </x:c>
-      <x:c r="G1266" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="H1266" s="4" t="str">
+      <x:c r="G1309" s="3" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H1309" s="4" t="str">
         <x:v>8,000원</x:v>
       </x:c>
-      <x:c r="I1266" s="1" t="str">
-[...4 lines deleted...]
-      <x:c r="A1267" s="3" t="str">
+      <x:c r="I1309" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1310">
+      <x:c r="A1310" s="3" t="str">
         <x:v>GS칼텍스</x:v>
       </x:c>
-      <x:c r="B1267" s="3" t="str">
+      <x:c r="B1310" s="3" t="str">
         <x:v>G0000005938</x:v>
       </x:c>
-      <x:c r="C1267" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="D1267" s="1" t="str">
+      <x:c r="C1310" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1310" s="1" t="str">
         <x:v>[GS칼텍스모바일주유권] 9,000원 상품권</x:v>
       </x:c>
-      <x:c r="E1267" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="F1267" s="4" t="str">
+      <x:c r="E1310" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1310" s="4" t="str">
         <x:v>9,000원</x:v>
       </x:c>
-      <x:c r="G1267" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="H1267" s="4" t="str">
+      <x:c r="G1310" s="3" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H1310" s="4" t="str">
         <x:v>9,000원</x:v>
       </x:c>
-      <x:c r="I1267" s="1" t="str">
-[...4 lines deleted...]
-      <x:c r="A1268" s="3" t="str">
+      <x:c r="I1310" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1311">
+      <x:c r="A1311" s="3" t="str">
         <x:v>GS칼텍스/홈플러스</x:v>
       </x:c>
-      <x:c r="B1268" s="3" t="str">
+      <x:c r="B1311" s="3" t="str">
         <x:v>G0000005945</x:v>
       </x:c>
-      <x:c r="C1268" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="D1268" s="1" t="str">
+      <x:c r="C1311" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1311" s="1" t="str">
         <x:v>[GS칼텍스&amp;홈플러스] 1,000원 상품권</x:v>
       </x:c>
-      <x:c r="E1268" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="F1268" s="4" t="str">
+      <x:c r="E1311" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1311" s="4" t="str">
         <x:v>1,000원</x:v>
       </x:c>
-      <x:c r="G1268" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="H1268" s="4" t="str">
+      <x:c r="G1311" s="3" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H1311" s="4" t="str">
         <x:v>1,000원</x:v>
       </x:c>
-      <x:c r="I1268" s="1" t="str">
-[...4 lines deleted...]
-      <x:c r="A1269" s="3" t="str">
+      <x:c r="I1311" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1312">
+      <x:c r="A1312" s="3" t="str">
         <x:v>GS칼텍스/홈플러스</x:v>
       </x:c>
-      <x:c r="B1269" s="3" t="str">
+      <x:c r="B1312" s="3" t="str">
         <x:v>G0000005955</x:v>
       </x:c>
-      <x:c r="C1269" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="D1269" s="1" t="str">
+      <x:c r="C1312" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1312" s="1" t="str">
         <x:v>[GS칼텍스&amp;홈플러스] 15,000원 상품권</x:v>
       </x:c>
-      <x:c r="E1269" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="F1269" s="4" t="str">
+      <x:c r="E1312" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1312" s="4" t="str">
         <x:v>15,000원</x:v>
       </x:c>
-      <x:c r="G1269" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="H1269" s="4" t="str">
+      <x:c r="G1312" s="3" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H1312" s="4" t="str">
         <x:v>15,000원</x:v>
       </x:c>
-      <x:c r="I1269" s="1" t="str">
-[...4 lines deleted...]
-      <x:c r="A1270" s="3" t="str">
+      <x:c r="I1312" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1313">
+      <x:c r="A1313" s="3" t="str">
         <x:v>GS칼텍스/홈플러스</x:v>
       </x:c>
-      <x:c r="B1270" s="3" t="str">
+      <x:c r="B1313" s="3" t="str">
         <x:v>G0000005954</x:v>
       </x:c>
-      <x:c r="C1270" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="D1270" s="1" t="str">
+      <x:c r="C1313" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1313" s="1" t="str">
         <x:v>[GS칼텍스&amp;홈플러스] 1만원 상품권</x:v>
       </x:c>
-      <x:c r="E1270" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="F1270" s="4" t="str">
+      <x:c r="E1313" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1313" s="4" t="str">
         <x:v>10,000원</x:v>
       </x:c>
-      <x:c r="G1270" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="H1270" s="4" t="str">
+      <x:c r="G1313" s="3" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H1313" s="4" t="str">
         <x:v>10,000원</x:v>
       </x:c>
-      <x:c r="I1270" s="1" t="str">
-[...4 lines deleted...]
-      <x:c r="A1271" s="3" t="str">
+      <x:c r="I1313" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1314">
+      <x:c r="A1314" s="3" t="str">
         <x:v>GS칼텍스/홈플러스</x:v>
       </x:c>
-      <x:c r="B1271" s="3" t="str">
+      <x:c r="B1314" s="3" t="str">
         <x:v>G0000005946</x:v>
       </x:c>
-      <x:c r="C1271" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="D1271" s="1" t="str">
+      <x:c r="C1314" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1314" s="1" t="str">
         <x:v>[GS칼텍스&amp;홈플러스] 2,000원 상품권</x:v>
       </x:c>
-      <x:c r="E1271" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="F1271" s="4" t="str">
+      <x:c r="E1314" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1314" s="4" t="str">
         <x:v>2,000원</x:v>
       </x:c>
-      <x:c r="G1271" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="H1271" s="4" t="str">
+      <x:c r="G1314" s="3" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H1314" s="4" t="str">
         <x:v>2,000원</x:v>
       </x:c>
-      <x:c r="I1271" s="1" t="str">
-[...4 lines deleted...]
-      <x:c r="A1272" s="3" t="str">
+      <x:c r="I1314" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1315">
+      <x:c r="A1315" s="3" t="str">
         <x:v>GS칼텍스/홈플러스</x:v>
       </x:c>
-      <x:c r="B1272" s="3" t="str">
+      <x:c r="B1315" s="3" t="str">
         <x:v>G0000005959</x:v>
       </x:c>
-      <x:c r="C1272" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="D1272" s="1" t="str">
+      <x:c r="C1315" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1315" s="1" t="str">
         <x:v>[GS칼텍스&amp;홈플러스] 25,000원 상품권</x:v>
       </x:c>
-      <x:c r="E1272" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="F1272" s="4" t="str">
+      <x:c r="E1315" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1315" s="4" t="str">
         <x:v>25,000원</x:v>
       </x:c>
-      <x:c r="G1272" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="H1272" s="4" t="str">
+      <x:c r="G1315" s="3" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H1315" s="4" t="str">
         <x:v>25,000원</x:v>
       </x:c>
-      <x:c r="I1272" s="1" t="str">
-[...4 lines deleted...]
-      <x:c r="A1273" s="3" t="str">
+      <x:c r="I1315" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1316">
+      <x:c r="A1316" s="3" t="str">
         <x:v>GS칼텍스/홈플러스</x:v>
       </x:c>
-      <x:c r="B1273" s="3" t="str">
+      <x:c r="B1316" s="3" t="str">
         <x:v>G0000005956</x:v>
       </x:c>
-      <x:c r="C1273" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="D1273" s="1" t="str">
+      <x:c r="C1316" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1316" s="1" t="str">
         <x:v>[GS칼텍스&amp;홈플러스] 2만원 상품권</x:v>
       </x:c>
-      <x:c r="E1273" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="F1273" s="4" t="str">
+      <x:c r="E1316" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1316" s="4" t="str">
         <x:v>20,000원</x:v>
       </x:c>
-      <x:c r="G1273" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="H1273" s="4" t="str">
+      <x:c r="G1316" s="3" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H1316" s="4" t="str">
         <x:v>20,000원</x:v>
       </x:c>
-      <x:c r="I1273" s="1" t="str">
-[...4 lines deleted...]
-      <x:c r="A1274" s="3" t="str">
+      <x:c r="I1316" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1317">
+      <x:c r="A1317" s="3" t="str">
         <x:v>GS칼텍스/홈플러스</x:v>
       </x:c>
-      <x:c r="B1274" s="3" t="str">
+      <x:c r="B1317" s="3" t="str">
         <x:v>G0000005947</x:v>
       </x:c>
-      <x:c r="C1274" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="D1274" s="1" t="str">
+      <x:c r="C1317" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1317" s="1" t="str">
         <x:v>[GS칼텍스&amp;홈플러스] 3,000원 상품권</x:v>
       </x:c>
-      <x:c r="E1274" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="F1274" s="4" t="str">
+      <x:c r="E1317" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1317" s="4" t="str">
         <x:v>3,000원</x:v>
       </x:c>
-      <x:c r="G1274" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="H1274" s="4" t="str">
+      <x:c r="G1317" s="3" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H1317" s="4" t="str">
         <x:v>3,000원</x:v>
       </x:c>
-      <x:c r="I1274" s="1" t="str">
-[...4 lines deleted...]
-      <x:c r="A1275" s="3" t="str">
+      <x:c r="I1317" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1318">
+      <x:c r="A1318" s="3" t="str">
         <x:v>GS칼텍스/홈플러스</x:v>
       </x:c>
-      <x:c r="B1275" s="3" t="str">
+      <x:c r="B1318" s="3" t="str">
         <x:v>G0000005957</x:v>
       </x:c>
-      <x:c r="C1275" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="D1275" s="1" t="str">
+      <x:c r="C1318" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1318" s="1" t="str">
         <x:v>[GS칼텍스&amp;홈플러스] 3만원 상품권</x:v>
       </x:c>
-      <x:c r="E1275" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="F1275" s="4" t="str">
+      <x:c r="E1318" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1318" s="4" t="str">
         <x:v>30,000원</x:v>
       </x:c>
-      <x:c r="G1275" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="H1275" s="4" t="str">
+      <x:c r="G1318" s="3" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H1318" s="4" t="str">
         <x:v>30,000원</x:v>
       </x:c>
-      <x:c r="I1275" s="1" t="str">
-[...4 lines deleted...]
-      <x:c r="A1276" s="3" t="str">
+      <x:c r="I1318" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1319">
+      <x:c r="A1319" s="3" t="str">
         <x:v>GS칼텍스/홈플러스</x:v>
       </x:c>
-      <x:c r="B1276" s="3" t="str">
+      <x:c r="B1319" s="3" t="str">
         <x:v>G0000005948</x:v>
       </x:c>
-      <x:c r="C1276" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="D1276" s="1" t="str">
+      <x:c r="C1319" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1319" s="1" t="str">
         <x:v>[GS칼텍스&amp;홈플러스] 4,000원 상품권</x:v>
       </x:c>
-      <x:c r="E1276" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="F1276" s="4" t="str">
+      <x:c r="E1319" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1319" s="4" t="str">
         <x:v>4,000원</x:v>
       </x:c>
-      <x:c r="G1276" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="H1276" s="4" t="str">
+      <x:c r="G1319" s="3" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H1319" s="4" t="str">
         <x:v>4,000원</x:v>
       </x:c>
-      <x:c r="I1276" s="1" t="str">
-[...4 lines deleted...]
-      <x:c r="A1277" s="3" t="str">
+      <x:c r="I1319" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1320">
+      <x:c r="A1320" s="3" t="str">
         <x:v>GS칼텍스/홈플러스</x:v>
       </x:c>
-      <x:c r="B1277" s="3" t="str">
+      <x:c r="B1320" s="3" t="str">
         <x:v>G0000005949</x:v>
       </x:c>
-      <x:c r="C1277" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="D1277" s="1" t="str">
+      <x:c r="C1320" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1320" s="1" t="str">
         <x:v>[GS칼텍스&amp;홈플러스] 5,000원 상품권</x:v>
       </x:c>
-      <x:c r="E1277" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="F1277" s="4" t="str">
+      <x:c r="E1320" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1320" s="4" t="str">
         <x:v>5,000원</x:v>
       </x:c>
-      <x:c r="G1277" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="H1277" s="4" t="str">
+      <x:c r="G1320" s="3" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H1320" s="4" t="str">
         <x:v>5,000원</x:v>
       </x:c>
-      <x:c r="I1277" s="1" t="str">
-[...4 lines deleted...]
-      <x:c r="A1278" s="3" t="str">
+      <x:c r="I1320" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1321">
+      <x:c r="A1321" s="3" t="str">
         <x:v>GS칼텍스/홈플러스</x:v>
       </x:c>
-      <x:c r="B1278" s="3" t="str">
+      <x:c r="B1321" s="3" t="str">
         <x:v>G0000005958</x:v>
       </x:c>
-      <x:c r="C1278" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="D1278" s="1" t="str">
+      <x:c r="C1321" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1321" s="1" t="str">
         <x:v>[GS칼텍스&amp;홈플러스] 5만원 상품권</x:v>
       </x:c>
-      <x:c r="E1278" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="F1278" s="4" t="str">
+      <x:c r="E1321" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1321" s="4" t="str">
         <x:v>50,000원</x:v>
       </x:c>
-      <x:c r="G1278" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="H1278" s="4" t="str">
+      <x:c r="G1321" s="3" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H1321" s="4" t="str">
         <x:v>50,000원</x:v>
       </x:c>
-      <x:c r="I1278" s="1" t="str">
-[...4 lines deleted...]
-      <x:c r="A1279" s="3" t="str">
+      <x:c r="I1321" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1322">
+      <x:c r="A1322" s="3" t="str">
         <x:v>GS칼텍스/홈플러스</x:v>
       </x:c>
-      <x:c r="B1279" s="3" t="str">
+      <x:c r="B1322" s="3" t="str">
         <x:v>G0000005950</x:v>
       </x:c>
-      <x:c r="C1279" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="D1279" s="1" t="str">
+      <x:c r="C1322" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1322" s="1" t="str">
         <x:v>[GS칼텍스&amp;홈플러스] 6,000원 상품권</x:v>
       </x:c>
-      <x:c r="E1279" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="F1279" s="4" t="str">
+      <x:c r="E1322" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1322" s="4" t="str">
         <x:v>6,000원</x:v>
       </x:c>
-      <x:c r="G1279" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="H1279" s="4" t="str">
+      <x:c r="G1322" s="3" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H1322" s="4" t="str">
         <x:v>6,000원</x:v>
       </x:c>
-      <x:c r="I1279" s="1" t="str">
-[...4 lines deleted...]
-      <x:c r="A1280" s="3" t="str">
+      <x:c r="I1322" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1323">
+      <x:c r="A1323" s="3" t="str">
         <x:v>GS칼텍스/홈플러스</x:v>
       </x:c>
-      <x:c r="B1280" s="3" t="str">
+      <x:c r="B1323" s="3" t="str">
         <x:v>G0000005951</x:v>
       </x:c>
-      <x:c r="C1280" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="D1280" s="1" t="str">
+      <x:c r="C1323" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1323" s="1" t="str">
         <x:v>[GS칼텍스&amp;홈플러스] 7,000원 상품권</x:v>
       </x:c>
-      <x:c r="E1280" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="F1280" s="4" t="str">
+      <x:c r="E1323" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1323" s="4" t="str">
         <x:v>7,000원</x:v>
       </x:c>
-      <x:c r="G1280" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="H1280" s="4" t="str">
+      <x:c r="G1323" s="3" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H1323" s="4" t="str">
         <x:v>7,000원</x:v>
       </x:c>
-      <x:c r="I1280" s="1" t="str">
-[...4 lines deleted...]
-      <x:c r="A1281" s="3" t="str">
+      <x:c r="I1323" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1324">
+      <x:c r="A1324" s="3" t="str">
         <x:v>GS칼텍스/홈플러스</x:v>
       </x:c>
-      <x:c r="B1281" s="3" t="str">
+      <x:c r="B1324" s="3" t="str">
         <x:v>G0000005952</x:v>
       </x:c>
-      <x:c r="C1281" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="D1281" s="1" t="str">
+      <x:c r="C1324" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1324" s="1" t="str">
         <x:v>[GS칼텍스&amp;홈플러스] 8,000원 상품권</x:v>
       </x:c>
-      <x:c r="E1281" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="F1281" s="4" t="str">
+      <x:c r="E1324" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1324" s="4" t="str">
         <x:v>8,000원</x:v>
       </x:c>
-      <x:c r="G1281" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="H1281" s="4" t="str">
+      <x:c r="G1324" s="3" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H1324" s="4" t="str">
         <x:v>8,000원</x:v>
       </x:c>
-      <x:c r="I1281" s="1" t="str">
-[...4 lines deleted...]
-      <x:c r="A1282" s="3" t="str">
+      <x:c r="I1324" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1325">
+      <x:c r="A1325" s="3" t="str">
         <x:v>GS칼텍스/홈플러스</x:v>
       </x:c>
-      <x:c r="B1282" s="3" t="str">
+      <x:c r="B1325" s="3" t="str">
         <x:v>G0000005953</x:v>
       </x:c>
-      <x:c r="C1282" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="D1282" s="1" t="str">
+      <x:c r="C1325" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1325" s="1" t="str">
         <x:v>[GS칼텍스&amp;홈플러스] 9,000원 상품권</x:v>
       </x:c>
-      <x:c r="E1282" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="F1282" s="4" t="str">
+      <x:c r="E1325" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1325" s="4" t="str">
         <x:v>9,000원</x:v>
       </x:c>
-      <x:c r="G1282" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="H1282" s="4" t="str">
+      <x:c r="G1325" s="3" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H1325" s="4" t="str">
         <x:v>9,000원</x:v>
       </x:c>
-      <x:c r="I1282" s="1" t="str">
-[...4 lines deleted...]
-      <x:c r="A1283" s="3" t="str">
+      <x:c r="I1325" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1326">
+      <x:c r="A1326" s="3" t="str">
         <x:v>H.Point</x:v>
       </x:c>
-      <x:c r="B1283" s="3" t="str">
+      <x:c r="B1326" s="3" t="str">
         <x:v>G0000008765</x:v>
       </x:c>
-      <x:c r="C1283" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="D1283" s="1" t="str">
+      <x:c r="C1326" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1326" s="1" t="str">
         <x:v>[H.Point] 적립쿠폰 1만원</x:v>
       </x:c>
-      <x:c r="E1283" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="F1283" s="4" t="str">
+      <x:c r="E1326" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1326" s="4" t="str">
         <x:v>10,000원</x:v>
       </x:c>
-      <x:c r="G1283" s="3" t="str">
+      <x:c r="G1326" s="3" t="str">
         <x:v>2%</x:v>
       </x:c>
-      <x:c r="H1283" s="4" t="str">
+      <x:c r="H1326" s="4" t="str">
         <x:v>9,800원</x:v>
       </x:c>
-      <x:c r="I1283" s="1" t="str">
-[...4 lines deleted...]
-      <x:c r="A1284" s="3" t="str">
+      <x:c r="I1326" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1327">
+      <x:c r="A1327" s="3" t="str">
         <x:v>H.Point</x:v>
       </x:c>
-      <x:c r="B1284" s="3" t="str">
+      <x:c r="B1327" s="3" t="str">
         <x:v>G0000008766</x:v>
       </x:c>
-      <x:c r="C1284" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="D1284" s="1" t="str">
+      <x:c r="C1327" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1327" s="1" t="str">
         <x:v>[H.Point] 적립쿠폰 2만원</x:v>
       </x:c>
-      <x:c r="E1284" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="F1284" s="4" t="str">
+      <x:c r="E1327" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1327" s="4" t="str">
         <x:v>20,000원</x:v>
       </x:c>
-      <x:c r="G1284" s="3" t="str">
+      <x:c r="G1327" s="3" t="str">
         <x:v>2%</x:v>
       </x:c>
-      <x:c r="H1284" s="4" t="str">
+      <x:c r="H1327" s="4" t="str">
         <x:v>19,600원</x:v>
       </x:c>
-      <x:c r="I1284" s="1" t="str">
-[...4 lines deleted...]
-      <x:c r="A1285" s="3" t="str">
+      <x:c r="I1327" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1328">
+      <x:c r="A1328" s="3" t="str">
         <x:v>H.Point</x:v>
       </x:c>
-      <x:c r="B1285" s="3" t="str">
+      <x:c r="B1328" s="3" t="str">
         <x:v>G0000008767</x:v>
       </x:c>
-      <x:c r="C1285" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="D1285" s="1" t="str">
+      <x:c r="C1328" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1328" s="1" t="str">
         <x:v>[H.Point] 적립쿠폰 3만원</x:v>
       </x:c>
-      <x:c r="E1285" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="F1285" s="4" t="str">
+      <x:c r="E1328" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1328" s="4" t="str">
         <x:v>30,000원</x:v>
       </x:c>
-      <x:c r="G1285" s="3" t="str">
+      <x:c r="G1328" s="3" t="str">
         <x:v>2%</x:v>
       </x:c>
-      <x:c r="H1285" s="4" t="str">
+      <x:c r="H1328" s="4" t="str">
         <x:v>29,400원</x:v>
       </x:c>
-      <x:c r="I1285" s="1" t="str">
-[...4 lines deleted...]
-      <x:c r="A1286" s="3" t="str">
+      <x:c r="I1328" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1329">
+      <x:c r="A1329" s="3" t="str">
         <x:v>H.Point</x:v>
       </x:c>
-      <x:c r="B1286" s="3" t="str">
+      <x:c r="B1329" s="3" t="str">
         <x:v>G0000008768</x:v>
       </x:c>
-      <x:c r="C1286" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="D1286" s="1" t="str">
+      <x:c r="C1329" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1329" s="1" t="str">
         <x:v>[H.Point] 적립쿠폰 5만원</x:v>
       </x:c>
-      <x:c r="E1286" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="F1286" s="4" t="str">
+      <x:c r="E1329" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1329" s="4" t="str">
         <x:v>50,000원</x:v>
       </x:c>
-      <x:c r="G1286" s="3" t="str">
+      <x:c r="G1329" s="3" t="str">
         <x:v>2%</x:v>
       </x:c>
-      <x:c r="H1286" s="4" t="str">
+      <x:c r="H1329" s="4" t="str">
         <x:v>49,000원</x:v>
       </x:c>
-      <x:c r="I1286" s="1" t="str">
-[...4 lines deleted...]
-      <x:c r="A1287" s="3" t="str">
+      <x:c r="I1329" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1330">
+      <x:c r="A1330" s="3" t="str">
         <x:v>H.Point</x:v>
       </x:c>
-      <x:c r="B1287" s="3" t="str">
+      <x:c r="B1330" s="3" t="str">
         <x:v>G0000008769</x:v>
       </x:c>
-      <x:c r="C1287" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="D1287" s="1" t="str">
+      <x:c r="C1330" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1330" s="1" t="str">
         <x:v>[H.Point] 적립쿠폰 5천원</x:v>
       </x:c>
-      <x:c r="E1287" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="F1287" s="4" t="str">
+      <x:c r="E1330" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1330" s="4" t="str">
         <x:v>5,000원</x:v>
       </x:c>
-      <x:c r="G1287" s="3" t="str">
+      <x:c r="G1330" s="3" t="str">
         <x:v>2%</x:v>
       </x:c>
-      <x:c r="H1287" s="4" t="str">
+      <x:c r="H1330" s="4" t="str">
         <x:v>4,900원</x:v>
       </x:c>
-      <x:c r="I1287" s="1" t="str">
-[...4 lines deleted...]
-      <x:c r="A1288" s="3" t="str">
+      <x:c r="I1330" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1331">
+      <x:c r="A1331" s="3" t="str">
         <x:v>SK엔크린</x:v>
       </x:c>
-      <x:c r="B1288" s="3" t="str">
+      <x:c r="B1331" s="3" t="str">
         <x:v>G0000005926</x:v>
       </x:c>
-      <x:c r="C1288" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="D1288" s="1" t="str">
+      <x:c r="C1331" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1331" s="1" t="str">
         <x:v>(SK모바일주유권) 1만원권</x:v>
       </x:c>
-      <x:c r="E1288" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="F1288" s="4" t="str">
+      <x:c r="E1331" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1331" s="4" t="str">
         <x:v>10,000원</x:v>
       </x:c>
-      <x:c r="G1288" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="H1288" s="4" t="str">
+      <x:c r="G1331" s="3" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H1331" s="4" t="str">
         <x:v>10,000원</x:v>
       </x:c>
-      <x:c r="I1288" s="1" t="str">
-[...4 lines deleted...]
-      <x:c r="A1289" s="3" t="str">
+      <x:c r="I1331" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1332">
+      <x:c r="A1332" s="3" t="str">
         <x:v>SK엔크린</x:v>
       </x:c>
-      <x:c r="B1289" s="3" t="str">
+      <x:c r="B1332" s="3" t="str">
         <x:v>G0000005927</x:v>
       </x:c>
-      <x:c r="C1289" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="D1289" s="1" t="str">
+      <x:c r="C1332" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1332" s="1" t="str">
         <x:v>(SK모바일주유권) 2만원권</x:v>
       </x:c>
-      <x:c r="E1289" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="F1289" s="4" t="str">
+      <x:c r="E1332" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1332" s="4" t="str">
         <x:v>20,000원</x:v>
       </x:c>
-      <x:c r="G1289" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="H1289" s="4" t="str">
+      <x:c r="G1332" s="3" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H1332" s="4" t="str">
         <x:v>20,000원</x:v>
       </x:c>
-      <x:c r="I1289" s="1" t="str">
-[...4 lines deleted...]
-      <x:c r="A1290" s="3" t="str">
+      <x:c r="I1332" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1333">
+      <x:c r="A1333" s="3" t="str">
         <x:v>SK엔크린</x:v>
       </x:c>
-      <x:c r="B1290" s="3" t="str">
+      <x:c r="B1333" s="3" t="str">
         <x:v>G0000005928</x:v>
       </x:c>
-      <x:c r="C1290" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="D1290" s="1" t="str">
+      <x:c r="C1333" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1333" s="1" t="str">
         <x:v>(SK모바일주유권) 3만원권</x:v>
       </x:c>
-      <x:c r="E1290" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="F1290" s="4" t="str">
+      <x:c r="E1333" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1333" s="4" t="str">
         <x:v>30,000원</x:v>
       </x:c>
-      <x:c r="G1290" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="H1290" s="4" t="str">
+      <x:c r="G1333" s="3" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H1333" s="4" t="str">
         <x:v>30,000원</x:v>
       </x:c>
-      <x:c r="I1290" s="1" t="str">
-[...4 lines deleted...]
-      <x:c r="A1291" s="3" t="str">
+      <x:c r="I1333" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1334">
+      <x:c r="A1334" s="3" t="str">
         <x:v>SK엔크린</x:v>
       </x:c>
-      <x:c r="B1291" s="3" t="str">
+      <x:c r="B1334" s="3" t="str">
         <x:v>G0000005923</x:v>
       </x:c>
-      <x:c r="C1291" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="D1291" s="1" t="str">
+      <x:c r="C1334" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1334" s="1" t="str">
         <x:v>(SK모바일주유권) 3천원권</x:v>
       </x:c>
-      <x:c r="E1291" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="F1291" s="4" t="str">
+      <x:c r="E1334" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1334" s="4" t="str">
         <x:v>3,000원</x:v>
       </x:c>
-      <x:c r="G1291" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="H1291" s="4" t="str">
+      <x:c r="G1334" s="3" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H1334" s="4" t="str">
         <x:v>3,000원</x:v>
       </x:c>
-      <x:c r="I1291" s="1" t="str">
-[...4 lines deleted...]
-      <x:c r="A1292" s="3" t="str">
+      <x:c r="I1334" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1335">
+      <x:c r="A1335" s="3" t="str">
         <x:v>SK엔크린</x:v>
       </x:c>
-      <x:c r="B1292" s="3" t="str">
+      <x:c r="B1335" s="3" t="str">
         <x:v>G0000005929</x:v>
       </x:c>
-      <x:c r="C1292" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="D1292" s="1" t="str">
+      <x:c r="C1335" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1335" s="1" t="str">
         <x:v>(SK모바일주유권) 5만원권</x:v>
       </x:c>
-      <x:c r="E1292" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="F1292" s="4" t="str">
+      <x:c r="E1335" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1335" s="4" t="str">
         <x:v>50,000원</x:v>
       </x:c>
-      <x:c r="G1292" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="H1292" s="4" t="str">
+      <x:c r="G1335" s="3" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H1335" s="4" t="str">
         <x:v>50,000원</x:v>
       </x:c>
-      <x:c r="I1292" s="1" t="str">
-[...4 lines deleted...]
-      <x:c r="A1293" s="3" t="str">
+      <x:c r="I1335" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1336">
+      <x:c r="A1336" s="3" t="str">
         <x:v>SK엔크린</x:v>
       </x:c>
-      <x:c r="B1293" s="3" t="str">
+      <x:c r="B1336" s="3" t="str">
         <x:v>G0000005924</x:v>
       </x:c>
-      <x:c r="C1293" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="D1293" s="1" t="str">
+      <x:c r="C1336" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1336" s="1" t="str">
         <x:v>(SK모바일주유권) 5천원권</x:v>
       </x:c>
-      <x:c r="E1293" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="F1293" s="4" t="str">
+      <x:c r="E1336" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1336" s="4" t="str">
         <x:v>5,000원</x:v>
       </x:c>
-      <x:c r="G1293" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="H1293" s="4" t="str">
+      <x:c r="G1336" s="3" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H1336" s="4" t="str">
         <x:v>5,000원</x:v>
       </x:c>
-      <x:c r="I1293" s="1" t="str">
-[...4 lines deleted...]
-      <x:c r="A1294" s="3" t="str">
+      <x:c r="I1336" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1337">
+      <x:c r="A1337" s="3" t="str">
         <x:v>SK엔크린</x:v>
       </x:c>
-      <x:c r="B1294" s="3" t="str">
+      <x:c r="B1337" s="3" t="str">
         <x:v>G0000005925</x:v>
       </x:c>
-      <x:c r="C1294" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="D1294" s="1" t="str">
+      <x:c r="C1337" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1337" s="1" t="str">
         <x:v>(SK모바일주유권) 7천원권</x:v>
       </x:c>
-      <x:c r="E1294" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="F1294" s="4" t="str">
+      <x:c r="E1337" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1337" s="4" t="str">
         <x:v>7,000원</x:v>
       </x:c>
-      <x:c r="G1294" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="H1294" s="4" t="str">
+      <x:c r="G1337" s="3" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H1337" s="4" t="str">
         <x:v>7,000원</x:v>
       </x:c>
-      <x:c r="I1294" s="1" t="str">
-[...4 lines deleted...]
-      <x:c r="A1295" s="3" t="str">
+      <x:c r="I1337" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1338">
+      <x:c r="A1338" s="3" t="str">
         <x:v>SK주유/이마트</x:v>
       </x:c>
-      <x:c r="B1295" s="3" t="str">
+      <x:c r="B1338" s="3" t="str">
         <x:v>G0000006971</x:v>
       </x:c>
-      <x:c r="C1295" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="D1295" s="1" t="str">
+      <x:c r="C1338" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1338" s="1" t="str">
         <x:v>(SK주유/이마트) 1만원 금액권</x:v>
       </x:c>
-      <x:c r="E1295" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="F1295" s="4" t="str">
+      <x:c r="E1338" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1338" s="4" t="str">
         <x:v>10,000원</x:v>
       </x:c>
-      <x:c r="G1295" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="H1295" s="4" t="str">
+      <x:c r="G1338" s="3" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H1338" s="4" t="str">
         <x:v>10,000원</x:v>
       </x:c>
-      <x:c r="I1295" s="1" t="str">
-[...4 lines deleted...]
-      <x:c r="A1296" s="3" t="str">
+      <x:c r="I1338" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1339">
+      <x:c r="A1339" s="3" t="str">
         <x:v>SK주유/이마트</x:v>
       </x:c>
-      <x:c r="B1296" s="3" t="str">
+      <x:c r="B1339" s="3" t="str">
         <x:v>G0000006972</x:v>
       </x:c>
-      <x:c r="C1296" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="D1296" s="1" t="str">
+      <x:c r="C1339" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1339" s="1" t="str">
         <x:v>(SK주유/이마트) 1천원 금액권</x:v>
       </x:c>
-      <x:c r="E1296" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="F1296" s="4" t="str">
+      <x:c r="E1339" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1339" s="4" t="str">
         <x:v>1,000원</x:v>
       </x:c>
-      <x:c r="G1296" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="H1296" s="4" t="str">
+      <x:c r="G1339" s="3" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H1339" s="4" t="str">
         <x:v>1,000원</x:v>
       </x:c>
-      <x:c r="I1296" s="1" t="str">
-[...4 lines deleted...]
-      <x:c r="A1297" s="3" t="str">
+      <x:c r="I1339" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1340">
+      <x:c r="A1340" s="3" t="str">
         <x:v>SK주유/이마트</x:v>
       </x:c>
-      <x:c r="B1297" s="3" t="str">
+      <x:c r="B1340" s="3" t="str">
         <x:v>G0000006973</x:v>
       </x:c>
-      <x:c r="C1297" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="D1297" s="1" t="str">
+      <x:c r="C1340" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1340" s="1" t="str">
         <x:v>(SK주유/이마트) 2만5천원 금액권</x:v>
       </x:c>
-      <x:c r="E1297" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="F1297" s="4" t="str">
+      <x:c r="E1340" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1340" s="4" t="str">
         <x:v>25,000원</x:v>
       </x:c>
-      <x:c r="G1297" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="H1297" s="4" t="str">
+      <x:c r="G1340" s="3" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H1340" s="4" t="str">
         <x:v>25,000원</x:v>
       </x:c>
-      <x:c r="I1297" s="1" t="str">
-[...4 lines deleted...]
-      <x:c r="A1298" s="3" t="str">
+      <x:c r="I1340" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1341">
+      <x:c r="A1341" s="3" t="str">
         <x:v>SK주유/이마트</x:v>
       </x:c>
-      <x:c r="B1298" s="3" t="str">
+      <x:c r="B1341" s="3" t="str">
         <x:v>G0000006974</x:v>
       </x:c>
-      <x:c r="C1298" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="D1298" s="1" t="str">
+      <x:c r="C1341" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1341" s="1" t="str">
         <x:v>(SK주유/이마트) 2만원 금액권</x:v>
       </x:c>
-      <x:c r="E1298" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="F1298" s="4" t="str">
+      <x:c r="E1341" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1341" s="4" t="str">
         <x:v>20,000원</x:v>
       </x:c>
-      <x:c r="G1298" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="H1298" s="4" t="str">
+      <x:c r="G1341" s="3" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H1341" s="4" t="str">
         <x:v>20,000원</x:v>
       </x:c>
-      <x:c r="I1298" s="1" t="str">
-[...4 lines deleted...]
-      <x:c r="A1299" s="3" t="str">
+      <x:c r="I1341" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1342">
+      <x:c r="A1342" s="3" t="str">
         <x:v>SK주유/이마트</x:v>
       </x:c>
-      <x:c r="B1299" s="3" t="str">
+      <x:c r="B1342" s="3" t="str">
         <x:v>G0000006975</x:v>
       </x:c>
-      <x:c r="C1299" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="D1299" s="1" t="str">
+      <x:c r="C1342" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1342" s="1" t="str">
         <x:v>(SK주유/이마트) 3만원 금액권</x:v>
       </x:c>
-      <x:c r="E1299" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="F1299" s="4" t="str">
+      <x:c r="E1342" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1342" s="4" t="str">
         <x:v>30,000원</x:v>
       </x:c>
-      <x:c r="G1299" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="H1299" s="4" t="str">
+      <x:c r="G1342" s="3" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H1342" s="4" t="str">
         <x:v>30,000원</x:v>
       </x:c>
-      <x:c r="I1299" s="1" t="str">
-[...4 lines deleted...]
-      <x:c r="A1300" s="3" t="str">
+      <x:c r="I1342" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1343">
+      <x:c r="A1343" s="3" t="str">
         <x:v>SK주유/이마트</x:v>
       </x:c>
-      <x:c r="B1300" s="3" t="str">
+      <x:c r="B1343" s="3" t="str">
         <x:v>G0000006976</x:v>
       </x:c>
-      <x:c r="C1300" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="D1300" s="1" t="str">
+      <x:c r="C1343" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1343" s="1" t="str">
         <x:v>(SK주유/이마트) 3천원 금액권</x:v>
       </x:c>
-      <x:c r="E1300" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="F1300" s="4" t="str">
+      <x:c r="E1343" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1343" s="4" t="str">
         <x:v>3,000원</x:v>
       </x:c>
-      <x:c r="G1300" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="H1300" s="4" t="str">
+      <x:c r="G1343" s="3" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H1343" s="4" t="str">
         <x:v>3,000원</x:v>
       </x:c>
-      <x:c r="I1300" s="1" t="str">
-[...4 lines deleted...]
-      <x:c r="A1301" s="3" t="str">
+      <x:c r="I1343" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1344">
+      <x:c r="A1344" s="3" t="str">
         <x:v>SK주유/이마트</x:v>
       </x:c>
-      <x:c r="B1301" s="3" t="str">
+      <x:c r="B1344" s="3" t="str">
         <x:v>G0000006977</x:v>
       </x:c>
-      <x:c r="C1301" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="D1301" s="1" t="str">
+      <x:c r="C1344" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1344" s="1" t="str">
         <x:v>(SK주유/이마트) 4만원 금액권</x:v>
       </x:c>
-      <x:c r="E1301" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="F1301" s="4" t="str">
+      <x:c r="E1344" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1344" s="4" t="str">
         <x:v>40,000원</x:v>
       </x:c>
-      <x:c r="G1301" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="H1301" s="4" t="str">
+      <x:c r="G1344" s="3" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H1344" s="4" t="str">
         <x:v>40,000원</x:v>
       </x:c>
-      <x:c r="I1301" s="1" t="str">
-[...4 lines deleted...]
-      <x:c r="A1302" s="3" t="str">
+      <x:c r="I1344" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1345">
+      <x:c r="A1345" s="3" t="str">
         <x:v>SK주유/이마트</x:v>
       </x:c>
-      <x:c r="B1302" s="3" t="str">
+      <x:c r="B1345" s="3" t="str">
         <x:v>G0000006978</x:v>
       </x:c>
-      <x:c r="C1302" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="D1302" s="1" t="str">
+      <x:c r="C1345" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1345" s="1" t="str">
         <x:v>(SK주유/이마트) 5만원 금액권</x:v>
       </x:c>
-      <x:c r="E1302" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="F1302" s="4" t="str">
+      <x:c r="E1345" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1345" s="4" t="str">
         <x:v>50,000원</x:v>
       </x:c>
-      <x:c r="G1302" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="H1302" s="4" t="str">
+      <x:c r="G1345" s="3" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H1345" s="4" t="str">
         <x:v>50,000원</x:v>
       </x:c>
-      <x:c r="I1302" s="1" t="str">
-[...4 lines deleted...]
-      <x:c r="A1303" s="3" t="str">
+      <x:c r="I1345" s="1" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1346">
+      <x:c r="A1346" s="3" t="str">
         <x:v>SK주유/이마트</x:v>
       </x:c>
-      <x:c r="B1303" s="3" t="str">
+      <x:c r="B1346" s="3" t="str">
         <x:v>G0000006979</x:v>
       </x:c>
-      <x:c r="C1303" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="D1303" s="1" t="str">
+      <x:c r="C1346" s="3" t="str">
+        <x:v>일반상품</x:v>
+      </x:c>
+      <x:c r="D1346" s="1" t="str">
         <x:v>(SK주유/이마트) 5천원 금액권</x:v>
       </x:c>
-      <x:c r="E1303" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="F1303" s="4" t="str">
+      <x:c r="E1346" s="3" t="str">
+        <x:v>60일</x:v>
+      </x:c>
+      <x:c r="F1346" s="4" t="str">
         <x:v>5,000원</x:v>
       </x:c>
-      <x:c r="G1303" s="3" t="str">
-[...2 lines deleted...]
-      <x:c r="H1303" s="4" t="str">
+      <x:c r="G1346" s="3" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H1346" s="4" t="str">
         <x:v>5,000원</x:v>
       </x:c>
-      <x:c r="I1303" s="1" t="str">
+      <x:c r="I1346" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>