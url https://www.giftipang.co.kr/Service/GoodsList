--- v1 (2026-03-01)
+++ v2 (2026-03-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc523ae7386943f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf68b0d23d0f47d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rc66d11a787c740b3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Ra416a788b88544e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts>
     <x:font>
       <x:sz val="10"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:b/>
       <x:color rgb="FFFFFF"/>
     </x:font>
   </x:fonts>
   <x:fills>
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="solid">
@@ -56,51 +56,51 @@
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs>
     <x:xf/>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="1" fillId="2" borderId="1" applyFill="1" applyAlignment="1">
       <x:alignment horizontal="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="right" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc66d11a787c740b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d251e4cc96e4fad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra416a788b88544e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3ced32119674852" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="22.7109375" bestFit="1" customWidth="1"/>
     <x:col min="2" max="2" width="24.7109375" bestFit="1" customWidth="1"/>
     <x:col min="3" max="3" width="10.7109375" bestFit="1" customWidth="1"/>
     <x:col min="4" max="4" width="110.7109375" bestFit="1" customWidth="1"/>
     <x:col min="5" max="5" width="12.7109375" bestFit="1" customWidth="1"/>
     <x:col min="6" max="6" width="18.7109375" bestFit="1" customWidth="1"/>
     <x:col min="7" max="7" width="8.7109375" bestFit="1" customWidth="1"/>
     <x:col min="8" max="8" width="18.7109375" bestFit="1" customWidth="1"/>
     <x:col min="9" max="9" width="100.7109375" bestFit="1" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" s="2" t="str">
         <x:v>브랜드</x:v>
       </x:c>
       <x:c r="B1" s="2" t="str">
         <x:v>상품코드</x:v>
       </x:c>
       <x:c r="C1" s="2" t="str">
         <x:v>상품형태</x:v>